--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -777,74 +777,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> nebo </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B512FC2" w14:textId="1021E741" w:rsidR="005B2CCC" w:rsidRDefault="00650483" w:rsidP="005B2CCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="120" w:afterLines="300" w:after="720" w:line="264" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) vlastník nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">rekreaci, </w:t>
+        <w:t xml:space="preserve">b) vlastník nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, </w:t>
       </w:r>
       <w:r w:rsidR="005B2CCC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
+        <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ve které není přihlášená žádná fyzická osoba a která je umístěna na území </w:t>
       </w:r>
       <w:r w:rsidR="005B2CCC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>obce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD1F209" w14:textId="4F5E0318" w:rsidR="00420423" w:rsidRPr="009E188F" w:rsidRDefault="005B2CCC" w:rsidP="005B2CCC">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="120" w:after="60" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1939,67 +1923,57 @@
         </w:numPr>
         <w:spacing w:before="120" w:after="60" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>je osobou</w:t>
       </w:r>
       <w:r w:rsidR="00D00C1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> starší </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>80-ti</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">80-ti </w:t>
       </w:r>
       <w:r w:rsidR="00D00C1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>let</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FAF20D" w14:textId="2E7A4C00" w:rsidR="00131160" w:rsidRPr="002E0EAD" w:rsidRDefault="00DB170B" w:rsidP="004977C3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="60" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2285,98 +2259,116 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="ED7D31"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70682557" w14:textId="77777777" w:rsidR="004977C3" w:rsidRDefault="004977C3" w:rsidP="004977C3">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E363E22" w14:textId="1DB14021" w:rsidR="00AB240E" w:rsidRDefault="00AB240E" w:rsidP="00AB240E">
+    <w:p w14:paraId="0E363E22" w14:textId="3A29D745" w:rsidR="00AB240E" w:rsidRDefault="00AB240E" w:rsidP="00AB240E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Zrušuje se obecně závazná vyhláška č.</w:t>
       </w:r>
+      <w:r w:rsidR="00F44DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
       <w:r w:rsidR="00D00C1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00D00C1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2022 Obecně závazná vyhláška obce Odrovice o místním poplatku za obecní systém odpadového hospodářství</w:t>
+        <w:t>o místním poplatku za obecní systém odpadového hospodářství</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ze dne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2816,58 +2808,58 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A05EA6" w:rsidRPr="00EB7FA0" w:rsidSect="000C42D4">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="993" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="693B7E17" w14:textId="77777777" w:rsidR="00F5066F" w:rsidRDefault="00F5066F">
+    <w:p w14:paraId="37E3661B" w14:textId="77777777" w:rsidR="00F170CA" w:rsidRDefault="00F170CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D8D2596" w14:textId="77777777" w:rsidR="00F5066F" w:rsidRDefault="00F5066F">
+    <w:p w14:paraId="4F3FC310" w14:textId="77777777" w:rsidR="00F170CA" w:rsidRDefault="00F170CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2938,58 +2930,58 @@
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="002478DA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1532C1E2" w14:textId="77777777" w:rsidR="00B10E4F" w:rsidRDefault="00B10E4F">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="525AEFEC" w14:textId="77777777" w:rsidR="004E6B00" w:rsidRDefault="004E6B00"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02F82045" w14:textId="77777777" w:rsidR="00F5066F" w:rsidRDefault="00F5066F">
+    <w:p w14:paraId="50B9945F" w14:textId="77777777" w:rsidR="00F170CA" w:rsidRDefault="00F170CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="412E5687" w14:textId="77777777" w:rsidR="00F5066F" w:rsidRDefault="00F5066F">
+    <w:p w14:paraId="4C369D73" w14:textId="77777777" w:rsidR="00F170CA" w:rsidRDefault="00F170CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0438978E" w14:textId="7D19587D" w:rsidR="00FE4569" w:rsidRPr="004977C3" w:rsidRDefault="00FE4569" w:rsidP="004977C3">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004977C3">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -7892,51 +7884,51 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00131160"/>
@@ -8290,50 +8282,51 @@
     <w:rsid w:val="00A904E7"/>
     <w:rsid w:val="00A97118"/>
     <w:rsid w:val="00AA6703"/>
     <w:rsid w:val="00AA6F21"/>
     <w:rsid w:val="00AB240E"/>
     <w:rsid w:val="00AB30F4"/>
     <w:rsid w:val="00AB44BF"/>
     <w:rsid w:val="00AC18A4"/>
     <w:rsid w:val="00AD1777"/>
     <w:rsid w:val="00AD70DA"/>
     <w:rsid w:val="00AD79BB"/>
     <w:rsid w:val="00AD7BCB"/>
     <w:rsid w:val="00AE57A6"/>
     <w:rsid w:val="00AF0AC9"/>
     <w:rsid w:val="00AF41F3"/>
     <w:rsid w:val="00B0176F"/>
     <w:rsid w:val="00B0185F"/>
     <w:rsid w:val="00B0476F"/>
     <w:rsid w:val="00B0696E"/>
     <w:rsid w:val="00B0781C"/>
     <w:rsid w:val="00B10E4F"/>
     <w:rsid w:val="00B12EE6"/>
     <w:rsid w:val="00B272BC"/>
     <w:rsid w:val="00B36221"/>
     <w:rsid w:val="00B369A7"/>
+    <w:rsid w:val="00B43F63"/>
     <w:rsid w:val="00B47464"/>
     <w:rsid w:val="00B63BFF"/>
     <w:rsid w:val="00B66C8E"/>
     <w:rsid w:val="00B71306"/>
     <w:rsid w:val="00B75719"/>
     <w:rsid w:val="00B76495"/>
     <w:rsid w:val="00B806F8"/>
     <w:rsid w:val="00B82D08"/>
     <w:rsid w:val="00B86441"/>
     <w:rsid w:val="00BA1E8D"/>
     <w:rsid w:val="00BB3316"/>
     <w:rsid w:val="00BC17DA"/>
     <w:rsid w:val="00BC3CDA"/>
     <w:rsid w:val="00BE129A"/>
     <w:rsid w:val="00BE5A16"/>
     <w:rsid w:val="00BF1BC6"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C119A6"/>
     <w:rsid w:val="00C158F3"/>
     <w:rsid w:val="00C17467"/>
     <w:rsid w:val="00C21A46"/>
     <w:rsid w:val="00C3174D"/>
     <w:rsid w:val="00C31C1A"/>
     <w:rsid w:val="00C349FE"/>
     <w:rsid w:val="00C35DC9"/>
@@ -8423,57 +8416,59 @@
     <w:rsid w:val="00E64A72"/>
     <w:rsid w:val="00E67F73"/>
     <w:rsid w:val="00E7558A"/>
     <w:rsid w:val="00E80C5F"/>
     <w:rsid w:val="00E86AD7"/>
     <w:rsid w:val="00E907D6"/>
     <w:rsid w:val="00EA5146"/>
     <w:rsid w:val="00EA64B3"/>
     <w:rsid w:val="00EB46BB"/>
     <w:rsid w:val="00EB523E"/>
     <w:rsid w:val="00EB693C"/>
     <w:rsid w:val="00EB7FA0"/>
     <w:rsid w:val="00EC3687"/>
     <w:rsid w:val="00EC4C7A"/>
     <w:rsid w:val="00EC6633"/>
     <w:rsid w:val="00EE07B0"/>
     <w:rsid w:val="00EE28B9"/>
     <w:rsid w:val="00EE550B"/>
     <w:rsid w:val="00EF21C3"/>
     <w:rsid w:val="00EF3152"/>
     <w:rsid w:val="00EF6E61"/>
     <w:rsid w:val="00EF75E1"/>
     <w:rsid w:val="00F079DC"/>
     <w:rsid w:val="00F137F9"/>
     <w:rsid w:val="00F147E2"/>
+    <w:rsid w:val="00F170CA"/>
     <w:rsid w:val="00F17586"/>
     <w:rsid w:val="00F27A1E"/>
     <w:rsid w:val="00F3374C"/>
     <w:rsid w:val="00F3733B"/>
     <w:rsid w:val="00F4024F"/>
     <w:rsid w:val="00F41241"/>
     <w:rsid w:val="00F42FDC"/>
+    <w:rsid w:val="00F44DFF"/>
     <w:rsid w:val="00F5066F"/>
     <w:rsid w:val="00F51F7D"/>
     <w:rsid w:val="00F53039"/>
     <w:rsid w:val="00F55DE6"/>
     <w:rsid w:val="00F663ED"/>
     <w:rsid w:val="00F716C9"/>
     <w:rsid w:val="00F71D1C"/>
     <w:rsid w:val="00F8166C"/>
     <w:rsid w:val="00F91DE1"/>
     <w:rsid w:val="00FB319D"/>
     <w:rsid w:val="00FB336E"/>
     <w:rsid w:val="00FB3701"/>
     <w:rsid w:val="00FC4FAC"/>
     <w:rsid w:val="00FE0AB1"/>
     <w:rsid w:val="00FE34F1"/>
     <w:rsid w:val="00FE4569"/>
     <w:rsid w:val="00FF3B40"/>
     <w:rsid w:val="00FF5646"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -9498,69 +9493,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8CB410D-E7FA-4994-8F8B-C2A20A37A1D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>672</Words>
-  <Characters>3970</Characters>
+  <Words>667</Words>
+  <Characters>3937</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
+  <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Metodický materiál</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerstvo financí</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4633</CharactersWithSpaces>
+  <CharactersWithSpaces>4595</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Metodický materiál</dc:title>
   <dc:subject/>
   <dc:creator>Mgr. Lukáš Toman</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>