--- v0 (2025-12-16)
+++ v1 (2026-02-06)
@@ -144,51 +144,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F3652">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kterou se vydává požární řád obce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3ED49C" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="576F6FAA" w14:textId="5D33844E" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="576F6FAA" w14:textId="3C3EF585" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastupitelstvo </w:t>
       </w:r>
       <w:r w:rsidRPr="001F3652">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -204,51 +204,67 @@
         <w:t>Kuchařovice</w:t>
       </w:r>
       <w:r w:rsidRPr="001F3652">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> se na svém zasedání </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">konaném dne </w:t>
       </w:r>
       <w:r w:rsidR="00E31A2A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>27.11.2025</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="003F75DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.11.2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> usneslo vydat na základě § 29 odst. 1 písm. o) bod 1 zákona č. 133/1985 Sb., o požární ochraně, ve znění pozdějších předpisů (dále jen „zákon o požární ochraně“), a v souladu s § 10 písm. d) a § 84 odst. 2</w:t>
       </w:r>
       <w:r w:rsidR="00630470">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
@@ -2877,147 +2893,117 @@
               </w:rPr>
               <w:t>JPO HZS Jihomoravského kraje – HS Znojmo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1027" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4793A49C" w14:textId="77777777" w:rsidR="00646981" w:rsidRPr="00646981" w:rsidRDefault="00646981" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00646981">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>JSDHo</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Kuchařovice</w:t>
+              <w:t>JSDHo Kuchařovice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1027" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="061ECDFE" w14:textId="77777777" w:rsidR="00646981" w:rsidRPr="00646981" w:rsidRDefault="00646981" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00646981">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>JSDHo</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Suchohrdly</w:t>
+              <w:t>JSDHo Suchohrdly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66D12A2A" w14:textId="77777777" w:rsidR="00646981" w:rsidRPr="00646981" w:rsidRDefault="00646981" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00646981">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>JSDHo</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Únanov</w:t>
+              <w:t>JSDHo Únanov</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00646981" w:rsidRPr="00646981" w14:paraId="3C45D340" w14:textId="77777777" w:rsidTr="00A52940">
         <w:trPr>
           <w:trHeight w:val="1332"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49006ABD" w14:textId="77777777" w:rsidR="00646981" w:rsidRPr="00646981" w:rsidRDefault="00646981" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3222,67 +3208,57 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>JPO – jednotka požární ochrany (příloha k zákonu o požární ochraně),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="492456CC" w14:textId="77777777" w:rsidR="00646981" w:rsidRPr="00646981" w:rsidRDefault="00646981" w:rsidP="00646981">
       <w:pPr>
         <w:pStyle w:val="Hlava"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00646981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>JSDHo</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> – jednotka sboru dobrovolných hasičů obce,</w:t>
+        <w:t>JSDHo – jednotka sboru dobrovolných hasičů obce,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12229AAB" w14:textId="77777777" w:rsidR="00646981" w:rsidRPr="00646981" w:rsidRDefault="00646981" w:rsidP="00646981">
       <w:pPr>
         <w:pStyle w:val="Hlava"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646981">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>HS – hasičská stanice,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54943B55" w14:textId="77777777" w:rsidR="00646981" w:rsidRPr="00646981" w:rsidRDefault="00646981" w:rsidP="00646981">
       <w:pPr>
         <w:pStyle w:val="Hlava"/>
@@ -3829,67 +3805,57 @@
       </w:tr>
       <w:tr w:rsidR="005235B9" w:rsidRPr="001D1AA7" w14:paraId="364F81FE" w14:textId="77777777" w:rsidTr="00A52940">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7459AB6D" w14:textId="77777777" w:rsidR="005235B9" w:rsidRPr="005235B9" w:rsidRDefault="005235B9" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005235B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>JSDHo</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Kuchařovice</w:t>
+              <w:t>JSDHo Kuchařovice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1343" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F1261C5" w14:textId="77777777" w:rsidR="005235B9" w:rsidRPr="005235B9" w:rsidRDefault="005235B9" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005235B9">
               <w:rPr>
@@ -3905,80 +3871,52 @@
           <w:tcPr>
             <w:tcW w:w="2216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3D8F11" w14:textId="77777777" w:rsidR="005235B9" w:rsidRPr="005235B9" w:rsidRDefault="005235B9" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005235B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1x DA-L1Z Iveco </w:t>
+              <w:t>1x DA-L1Z Iveco Daily, 1x PS 12, 1x PS 8, 1x PMČ PH-800, 1x EC PH-Progress</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="415" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27A66A7A" w14:textId="77777777" w:rsidR="005235B9" w:rsidRPr="001D1AA7" w:rsidRDefault="005235B9" w:rsidP="00A52940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D1AA7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -6350,71 +6288,71 @@
         <w:pStyle w:val="Zkladntextodsazen2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00686504">
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1762D11A" w14:textId="77777777" w:rsidR="003D1519" w:rsidRDefault="003D1519">
+    <w:p w14:paraId="0296A4B3" w14:textId="77777777" w:rsidR="00FA587E" w:rsidRDefault="00FA587E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29A43E23" w14:textId="77777777" w:rsidR="003D1519" w:rsidRDefault="003D1519">
+    <w:p w14:paraId="6F509457" w14:textId="77777777" w:rsidR="00FA587E" w:rsidRDefault="00FA587E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -6437,58 +6375,58 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="081F25E3" w14:textId="77777777" w:rsidR="003D1519" w:rsidRDefault="003D1519">
+    <w:p w14:paraId="15D5F30E" w14:textId="77777777" w:rsidR="00FA587E" w:rsidRDefault="00FA587E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6340E0EC" w14:textId="77777777" w:rsidR="003D1519" w:rsidRDefault="003D1519">
+    <w:p w14:paraId="07B1B28D" w14:textId="77777777" w:rsidR="00FA587E" w:rsidRDefault="00FA587E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0A5141FD" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00036DE6" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036DE6">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00036DE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 27 odst. 2 písm. b) bod 5 zákona o požární ochraně</w:t>
@@ -11176,51 +11114,50 @@
   <w:num w:numId="42" w16cid:durableId="1793093691">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="877544703">
     <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1141769764">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1269851135">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="984507038">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="2116438939">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E1DB2"/>
     <w:rsid w:val="00015BC7"/>
@@ -11232,50 +11169,51 @@
     <w:rsid w:val="000C01AD"/>
     <w:rsid w:val="000E3719"/>
     <w:rsid w:val="00167FA5"/>
     <w:rsid w:val="00176F5A"/>
     <w:rsid w:val="001908F6"/>
     <w:rsid w:val="001A31D3"/>
     <w:rsid w:val="001D0B27"/>
     <w:rsid w:val="001E2224"/>
     <w:rsid w:val="001F3652"/>
     <w:rsid w:val="00212C35"/>
     <w:rsid w:val="00213118"/>
     <w:rsid w:val="00224B0D"/>
     <w:rsid w:val="0024722A"/>
     <w:rsid w:val="00264860"/>
     <w:rsid w:val="002A6033"/>
     <w:rsid w:val="002B3198"/>
     <w:rsid w:val="002D539B"/>
     <w:rsid w:val="002F1F16"/>
     <w:rsid w:val="00314D04"/>
     <w:rsid w:val="00373EC1"/>
     <w:rsid w:val="00380BCE"/>
     <w:rsid w:val="003B12D9"/>
     <w:rsid w:val="003D1519"/>
     <w:rsid w:val="003E454A"/>
     <w:rsid w:val="003F468D"/>
+    <w:rsid w:val="003F75DE"/>
     <w:rsid w:val="00405204"/>
     <w:rsid w:val="004154AF"/>
     <w:rsid w:val="004602FC"/>
     <w:rsid w:val="0047018D"/>
     <w:rsid w:val="00470C68"/>
     <w:rsid w:val="00474A50"/>
     <w:rsid w:val="00477C4B"/>
     <w:rsid w:val="00485025"/>
     <w:rsid w:val="004F52A1"/>
     <w:rsid w:val="00506910"/>
     <w:rsid w:val="00513323"/>
     <w:rsid w:val="005235B9"/>
     <w:rsid w:val="00533F5B"/>
     <w:rsid w:val="0054059F"/>
     <w:rsid w:val="005844F1"/>
     <w:rsid w:val="00595B01"/>
     <w:rsid w:val="005D3312"/>
     <w:rsid w:val="006026C5"/>
     <w:rsid w:val="00614F22"/>
     <w:rsid w:val="00617BDE"/>
     <w:rsid w:val="0062451D"/>
     <w:rsid w:val="00630470"/>
     <w:rsid w:val="00641107"/>
     <w:rsid w:val="0064245C"/>
     <w:rsid w:val="00646981"/>
@@ -11305,50 +11243,51 @@
     <w:rsid w:val="00804441"/>
     <w:rsid w:val="00817C6D"/>
     <w:rsid w:val="00821ED6"/>
     <w:rsid w:val="00823768"/>
     <w:rsid w:val="008335F5"/>
     <w:rsid w:val="008524BB"/>
     <w:rsid w:val="00854183"/>
     <w:rsid w:val="00871053"/>
     <w:rsid w:val="00876251"/>
     <w:rsid w:val="008B5E32"/>
     <w:rsid w:val="008B7348"/>
     <w:rsid w:val="008C0752"/>
     <w:rsid w:val="008C7339"/>
     <w:rsid w:val="008D5B82"/>
     <w:rsid w:val="008F0540"/>
     <w:rsid w:val="008F28C3"/>
     <w:rsid w:val="00937FA4"/>
     <w:rsid w:val="0094420F"/>
     <w:rsid w:val="0094501D"/>
     <w:rsid w:val="00947A8B"/>
     <w:rsid w:val="0095368E"/>
     <w:rsid w:val="00964068"/>
     <w:rsid w:val="009662E7"/>
     <w:rsid w:val="0096656C"/>
     <w:rsid w:val="00966E6A"/>
+    <w:rsid w:val="00975AFD"/>
     <w:rsid w:val="009A3B45"/>
     <w:rsid w:val="009B06AB"/>
     <w:rsid w:val="009B33F1"/>
     <w:rsid w:val="009D1880"/>
     <w:rsid w:val="00A03E81"/>
     <w:rsid w:val="00A30821"/>
     <w:rsid w:val="00A62621"/>
     <w:rsid w:val="00A97662"/>
     <w:rsid w:val="00AA2424"/>
     <w:rsid w:val="00AA71D0"/>
     <w:rsid w:val="00AB3845"/>
     <w:rsid w:val="00AB72E6"/>
     <w:rsid w:val="00AC1E54"/>
     <w:rsid w:val="00AD1EB1"/>
     <w:rsid w:val="00B0386E"/>
     <w:rsid w:val="00B04E79"/>
     <w:rsid w:val="00B20050"/>
     <w:rsid w:val="00B2513F"/>
     <w:rsid w:val="00B26438"/>
     <w:rsid w:val="00B940A8"/>
     <w:rsid w:val="00BB5A2B"/>
     <w:rsid w:val="00C032C9"/>
     <w:rsid w:val="00C1273A"/>
     <w:rsid w:val="00C20E68"/>
     <w:rsid w:val="00C82D9F"/>
@@ -11360,50 +11299,51 @@
     <w:rsid w:val="00CD7EB4"/>
     <w:rsid w:val="00D0105C"/>
     <w:rsid w:val="00D052DB"/>
     <w:rsid w:val="00D21DE2"/>
     <w:rsid w:val="00D330E8"/>
     <w:rsid w:val="00D6536B"/>
     <w:rsid w:val="00D800DA"/>
     <w:rsid w:val="00D966CD"/>
     <w:rsid w:val="00DF2532"/>
     <w:rsid w:val="00E122C4"/>
     <w:rsid w:val="00E27608"/>
     <w:rsid w:val="00E31920"/>
     <w:rsid w:val="00E31A2A"/>
     <w:rsid w:val="00E93304"/>
     <w:rsid w:val="00E963F9"/>
     <w:rsid w:val="00EA6865"/>
     <w:rsid w:val="00EB68DE"/>
     <w:rsid w:val="00EC4D93"/>
     <w:rsid w:val="00ED0C75"/>
     <w:rsid w:val="00EE2A3B"/>
     <w:rsid w:val="00EF37CD"/>
     <w:rsid w:val="00F235C4"/>
     <w:rsid w:val="00F44A56"/>
     <w:rsid w:val="00F53232"/>
     <w:rsid w:val="00F64363"/>
+    <w:rsid w:val="00FA587E"/>
     <w:rsid w:val="00FA6CB4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -12218,50 +12158,52 @@
   <w:style w:type="paragraph" w:styleId="Titulek">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005235B9"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -12506,55 +12448,55 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAE5A110-7127-4949-9167-480558434884}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
+  <Pages>1</Pages>
   <Words>1227</Words>
   <Characters>7241</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>60</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MV ČR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>8452</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>