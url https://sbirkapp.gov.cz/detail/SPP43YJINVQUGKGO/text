--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -1,677 +1,685 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="2DE3052D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2DE3052D" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:right="16"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="page1"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Obec Chotěšice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794A4B5D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="794A4B5D" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="43" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="323A1B95" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="323A1B95" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:right="16"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zastupitelstvo obce Chotěšice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A40F313" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7A40F313" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="366" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28BA18D7" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="28BA18D7" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:left="2124" w:right="2140" w:firstLine="12"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Obecně závazná vyhláška obce Chotěšice o stanovení místního koeficientu pro obec</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0657AA2E" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-    <w:p w14:paraId="6C28516B" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0657AA2E" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C28516B" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="351" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61C8643D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="61C8643D" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Zastupitelstvo obce Chotěšice se na svém zasedání dne 30.9.2025 usneslo vydat na základě</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBA676D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5FBA676D" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="60" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D1EB6B0" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0D1EB6B0" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="229"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="auto"/>
         <w:ind w:left="4" w:hanging="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>12 odst. 1 písm. a) bod 1 zákona č. 338/1992 Sb., o dani z nemovitých věcí, ve znění pozdějších předpisů (dále jen „zákon o dani z nemovitých věcí“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E533B9A" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-    <w:p w14:paraId="0A226F98" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6E533B9A" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A226F98" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="332" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="661FDC61" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="661FDC61" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:right="-3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Čl. 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F565DFC" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F565DFC" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="157" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F608A33" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5F608A33" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:right="16"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Místní koeficient pro obec</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A2B7E6" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="15A2B7E6" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="160" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E759F37" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1E759F37" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1124"/>
         </w:tabs>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="1124" w:hanging="416"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Obec Chotěšice stanovuje místní koeficient pro obec ve výši 2 .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2169BE59" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2169BE59" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="164" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70B82D1A" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="70B82D1A" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1137"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:left="4" w:firstLine="704"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Místní koeficient pro obec se vztahuje na všechny nemovité věci na území celé obce Chotěšice s výjimkou pozemků zařazených do skupiny vybraných zemědělských pozemků, trvalých travních porostů nebo nevyužitelných ostatních ploch.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A7374E" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="64A7374E" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="393" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0184B9" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7E0184B9" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="4304"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Čl. 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4DA1CC" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1B4DA1CC" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="157" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C44DADE" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0C44DADE" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="4064"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488D1C43" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="488D1C43" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="157" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68821738" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="68821738" w14:textId="6576F28B" w:rsidR="00A710FB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="704"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Tato vyhláška nabývá účinnosti dnem 1. ledna 2025.</w:t>
+        <w:t>Tato vyhláška nabývá účinnosti dnem 1. ledna 202</w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-    <w:p w14:paraId="22D51AF1" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+      <w:r w:rsidR="00A45D2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C1BA39" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="601218B6" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314AEF8F" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22D51AF1" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="210" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="764" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3760"/>
         <w:gridCol w:w="3840"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000" w14:paraId="145B31F4" w14:textId="77777777">
+      <w:tr w:rsidR="00A710FB" w14:paraId="145B31F4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="253"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3760" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="647748CB" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:p w14:paraId="647748CB" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:right="1010"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="99"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="99"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4F308B42" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F308B42" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:left="990"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="99"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="99"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000" w14:paraId="11824649" w14:textId="77777777">
+      <w:tr w:rsidR="00A710FB" w14:paraId="11824649" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3760" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0998225B" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0998225B" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:right="990"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="94"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="94"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Tomáš Peřina v.r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6A9FD4" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2C6A9FD4" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:left="990"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="93"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="93"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ing. Jaroslava Baráková v.r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000" w14:paraId="37F9F243" w14:textId="77777777">
+      <w:tr w:rsidR="00A710FB" w14:paraId="37F9F243" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3760" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCF0FD2" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4DCF0FD2" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:right="990"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="91"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="91"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>starosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3840" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9ED910" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1B9ED910" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:ind w:left="990"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="91"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:w w:val="91"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>místostarosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0ACFB7B4" w14:textId="1D3FDA6D" w:rsidR="00000000" w:rsidRDefault="0002610F">
+    <w:p w14:paraId="0ACFB7B4" w14:textId="1D3FDA6D" w:rsidR="00A710FB" w:rsidRDefault="0002610F">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:w w:val="91"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="285336BC" wp14:editId="0D1FEFD1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>2276475</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1828800" cy="8890"/>
@@ -704,309 +712,309 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1828800" cy="8890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC7332E" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5DC7332E" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00000000">
+        <w:sectPr w:rsidR="00A710FB">
           <w:pgSz w:w="11900" w:h="16838"/>
           <w:pgMar w:top="1415" w:right="1406" w:bottom="1440" w:left="1416" w:header="0" w:footer="0" w:gutter="0"/>
           <w:cols w:space="0" w:equalWidth="0">
             <w:col w:w="9084"/>
           </w:cols>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E034DCB" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
-[...152 lines deleted...]
-    <w:p w14:paraId="25941889" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3E034DCB" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FCC35AC" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7833C18D" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="749535A8" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B385C8E" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C436410" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2062A7A9" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C6BCD0" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A4636CC" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B13BFF" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1457AAA3" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0239F294" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="041BD68F" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B02E7AC" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="797E7309" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03100EB8" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A11526E" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
+      <w:pPr>
+        <w:spacing w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25941889" w14:textId="77777777" w:rsidR="00A710FB" w:rsidRDefault="00A710FB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D7E10B1" w14:textId="77777777" w:rsidR="00BD5339" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="124"/>
         </w:tabs>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="124" w:hanging="124"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>§ 12ab odst. 1 a 6 zákona o dani z nemovitých věcí.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BD5339">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16838"/>
       <w:pgMar w:top="1415" w:right="1406" w:bottom="1440" w:left="1416" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="0" w:equalWidth="0">
         <w:col w:w="9084"/>
       </w:cols>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66334872"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1153,100 +1161,106 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1618565589">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1994021421">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="721749826">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC32A1"/>
     <w:rsid w:val="0002610F"/>
+    <w:rsid w:val="00482733"/>
+    <w:rsid w:val="0086077D"/>
+    <w:rsid w:val="00A45D2D"/>
+    <w:rsid w:val="00A710FB"/>
     <w:rsid w:val="00BD5339"/>
     <w:rsid w:val="00CC32A1"/>
+    <w:rsid w:val="00F448F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1D50DE26"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A12616CD-C06B-4C19-86FF-2930CF808B83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1605,74 +1619,75 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="windows-1252"/>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>