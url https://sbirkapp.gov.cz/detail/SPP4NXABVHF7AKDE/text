--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,29 +1,28 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00A262B2" w:rsidRDefault="00A262B2" w:rsidP="00C32A7D">
@@ -2796,612 +2795,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00364A38">
         <w:t xml:space="preserve">l se </w:t>
       </w:r>
       <w:r w:rsidR="003B2E5C">
         <w:t>doplňuje text „770 l“.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B2E5C" w:rsidRDefault="003B2E5C" w:rsidP="001158EC">
       <w:pPr>
         <w:ind w:left="284" w:firstLine="76"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003B2E5C" w:rsidRDefault="003B2E5C" w:rsidP="0088644E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Za přílohu č. 2 se doplňuje nová příloha č. 3, která zní:</w:t>
-      </w:r>
+        <w:t>Za přílohu č. 2 se doplňuje nová příloha č. 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7B37">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w:rsidR="003B2E5C" w:rsidRDefault="003B2E5C" w:rsidP="00B03B28">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005247E5" w:rsidRPr="005247E5" w:rsidRDefault="005247E5" w:rsidP="005247E5">
-[...28 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:p w:rsidR="007927C7" w:rsidRDefault="007927C7" w:rsidP="005247E5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...501 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="003B2E5C" w:rsidRDefault="003B2E5C" w:rsidP="003B2E5C">
-      <w:pPr>
-[...13 lines deleted...]
-    <w:p w:rsidR="00ED304C" w:rsidRDefault="00ED304C" w:rsidP="003B2E5C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003B2E5C" w:rsidRDefault="003B2E5C" w:rsidP="003B2E5C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w:rsidR="009835BF" w:rsidRPr="009835BF" w:rsidRDefault="009835BF" w:rsidP="009835BF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009835BF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -3586,52 +3042,50 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00983E4A" w:rsidRDefault="00983E4A" w:rsidP="0095188F">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00983E4A" w:rsidRDefault="00983E4A" w:rsidP="0095188F">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B60D04" w:rsidRDefault="00B60D04" w:rsidP="0095188F">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w:rsidR="00B60D04" w:rsidRDefault="00B60D04" w:rsidP="00A178EE">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B60D04" w:rsidRDefault="00B60D04" w:rsidP="00A178EE">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B60D04" w:rsidRDefault="00B60D04" w:rsidP="00A178EE">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3670,58 +3124,58 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00557C9F" w:rsidRDefault="00557C9F" w:rsidP="00803348">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00557C9F" w:rsidRDefault="00557C9F" w:rsidP="00803348">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -5712,50 +5166,51 @@
     <w:rsid w:val="00942B2B"/>
     <w:rsid w:val="009456B8"/>
     <w:rsid w:val="0094636C"/>
     <w:rsid w:val="009468C5"/>
     <w:rsid w:val="00947CEA"/>
     <w:rsid w:val="0095188F"/>
     <w:rsid w:val="009527A8"/>
     <w:rsid w:val="00954376"/>
     <w:rsid w:val="00955B87"/>
     <w:rsid w:val="009835BF"/>
     <w:rsid w:val="00983E4A"/>
     <w:rsid w:val="00984179"/>
     <w:rsid w:val="0098725E"/>
     <w:rsid w:val="00987D44"/>
     <w:rsid w:val="00987EF3"/>
     <w:rsid w:val="00992D05"/>
     <w:rsid w:val="00993E00"/>
     <w:rsid w:val="009A186E"/>
     <w:rsid w:val="009A2E7E"/>
     <w:rsid w:val="009A35C9"/>
     <w:rsid w:val="009B4B68"/>
     <w:rsid w:val="009B76B9"/>
     <w:rsid w:val="009B7774"/>
     <w:rsid w:val="009B7CA2"/>
     <w:rsid w:val="009C47D7"/>
+    <w:rsid w:val="009D72F3"/>
     <w:rsid w:val="009F27E8"/>
     <w:rsid w:val="009F2B03"/>
     <w:rsid w:val="009F7D4F"/>
     <w:rsid w:val="00A03522"/>
     <w:rsid w:val="00A04389"/>
     <w:rsid w:val="00A0688C"/>
     <w:rsid w:val="00A1028B"/>
     <w:rsid w:val="00A1540F"/>
     <w:rsid w:val="00A178EE"/>
     <w:rsid w:val="00A262B2"/>
     <w:rsid w:val="00A26A6A"/>
     <w:rsid w:val="00A306E6"/>
     <w:rsid w:val="00A309FB"/>
     <w:rsid w:val="00A360DF"/>
     <w:rsid w:val="00A407F7"/>
     <w:rsid w:val="00A44BDC"/>
     <w:rsid w:val="00A44E01"/>
     <w:rsid w:val="00A51318"/>
     <w:rsid w:val="00A636DF"/>
     <w:rsid w:val="00A65C4A"/>
     <w:rsid w:val="00A70B89"/>
     <w:rsid w:val="00A81111"/>
     <w:rsid w:val="00A82E15"/>
     <w:rsid w:val="00A8417E"/>
     <w:rsid w:val="00A86CD1"/>
@@ -5781,50 +5236,51 @@
     <w:rsid w:val="00B342E5"/>
     <w:rsid w:val="00B40D56"/>
     <w:rsid w:val="00B41579"/>
     <w:rsid w:val="00B41D2A"/>
     <w:rsid w:val="00B459C6"/>
     <w:rsid w:val="00B47449"/>
     <w:rsid w:val="00B5198B"/>
     <w:rsid w:val="00B56F0B"/>
     <w:rsid w:val="00B5705F"/>
     <w:rsid w:val="00B60D04"/>
     <w:rsid w:val="00B61AE3"/>
     <w:rsid w:val="00B61DCD"/>
     <w:rsid w:val="00B640B7"/>
     <w:rsid w:val="00B64840"/>
     <w:rsid w:val="00B87BA8"/>
     <w:rsid w:val="00B97741"/>
     <w:rsid w:val="00BA1871"/>
     <w:rsid w:val="00BA79F8"/>
     <w:rsid w:val="00BA7BF3"/>
     <w:rsid w:val="00BB113F"/>
     <w:rsid w:val="00BB28E1"/>
     <w:rsid w:val="00BC2218"/>
     <w:rsid w:val="00BD4BF3"/>
     <w:rsid w:val="00BD4D0E"/>
     <w:rsid w:val="00BE3665"/>
+    <w:rsid w:val="00BE7B37"/>
     <w:rsid w:val="00BF4FFD"/>
     <w:rsid w:val="00C002C9"/>
     <w:rsid w:val="00C048B3"/>
     <w:rsid w:val="00C13023"/>
     <w:rsid w:val="00C14B29"/>
     <w:rsid w:val="00C152BE"/>
     <w:rsid w:val="00C20F8E"/>
     <w:rsid w:val="00C220DD"/>
     <w:rsid w:val="00C32A7D"/>
     <w:rsid w:val="00C365E2"/>
     <w:rsid w:val="00C43583"/>
     <w:rsid w:val="00C467A8"/>
     <w:rsid w:val="00C510B3"/>
     <w:rsid w:val="00C53D60"/>
     <w:rsid w:val="00C6573C"/>
     <w:rsid w:val="00C662B9"/>
     <w:rsid w:val="00C715A5"/>
     <w:rsid w:val="00C7301D"/>
     <w:rsid w:val="00C84F33"/>
     <w:rsid w:val="00C92913"/>
     <w:rsid w:val="00CA235D"/>
     <w:rsid w:val="00CC4191"/>
     <w:rsid w:val="00CC472A"/>
     <w:rsid w:val="00CC4924"/>
     <w:rsid w:val="00CC550E"/>
@@ -5924,50 +5380,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7BCF5CCA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5AD3814D-A769-415C-BCBE-F80158A78862}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6498,51 +5955,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="2087533013">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odpady.plzen.eu/mesto-a-odpady/sberne-dvory-na-uzemi-mesta-plzne.aspx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mapy.plzen.eu/mapy-a-aplikace/sluzby/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odpady.plzen.eu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mapy.plzen.eu/mapy-a-aplikace/sluzby/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odpady.plzen.eu/mesto-a-odpady/sberne-dvory-na-uzemi-mesta-plzne.aspx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mapy.plzen.eu/mapy-a-aplikace/sluzby/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://odpady.plzen.eu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mapy.plzen.eu/mapy-a-aplikace/sluzby/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6805,87 +6262,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1C3D55D-060A-40E6-A103-CCB2402A0D1D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9746840-325D-4E22-A17B-50597B97CAFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8031</Characters>
+  <Pages>4</Pages>
+  <Words>1245</Words>
+  <Characters>7824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
+  <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SITmP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9285</CharactersWithSpaces>
+  <CharactersWithSpaces>9051</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="42" baseType="variant">
       <vt:variant>
         <vt:i4>1769541</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mapy.plzen.eu/mapy-a-aplikace/sluzby/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4390983</vt:i4>
       </vt:variant>
       <vt:variant>