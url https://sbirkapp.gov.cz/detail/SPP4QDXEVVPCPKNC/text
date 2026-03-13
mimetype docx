--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -1,45699 +1,14086 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...8 lines deleted...]
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" mc:Ignorable="w14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="265085BE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>OBECNĚ ZÁVAZNÁ VYHLÁŠKA č. 1/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A27A249" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D89C9AC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A0AAEC5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Požární řád obce Lužice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DF6287" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="52D3C044" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2083C7C6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A93ACF3" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zastupitelstvo obce Lužice se dne 24. října 2025 usneslo vydat v souladu s ustanoveními § 10 písm. d) a § 84 odst. 2 písm. h) zákona č.128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů (dále jen „zákon o obcích“), § 29 odst.1 písm. o) body 1 a 2 zákona č.133/1985 Sb., o požární ochraně, ve znění pozdějších předpisů (dále jen „zákon o požární ochraně“), a na základě ustanovení § 15 nařízení vlády č. 172/2001 Sb., k provedení zákona o požární ochraně, tuto obecně závaznou vyhlášku:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5EE50F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl w:val="0"/>
-[...66 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="698630CF" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Článek 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0B7686" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Základní ustanovení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECEE026" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2179FA1B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Požární řád obce Lužice upravuje organizaci a zásady zabezpečení požární ochrany na území obce za účelem ochrany zdraví občanů, jejich životů a majetku před požáry.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7CB1A7" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="4DB83752" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:i w:val="1"/>
-[...932 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Článek 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2F34F5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...570 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vymezení činnosti osob pověřených zabezpečením požární ochrany </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410F719F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0886B9B5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...26 lines deleted...]
-        <w:t>ch</w:t>
+        <w:t>Dle zákona o obcích</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
-[...47 lines deleted...]
-        <w:t>ě</w:t>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a zákona o požární ochraně</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
-[...148 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> odpovídá za plnění povinností na úseku požární ochrany na území obce starosta obce.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338EF92C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF9CB1A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...445 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">Zastupitelstvo obce Lužice projednává stav požární ochrany v obci nejméně jedenkrát ročně a vždy po závažných mimořádných událostech, majících vztah k požární ochraně, poskytování pomoci při </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>živelných</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> pohromách a jiných mimořádných událostech.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF16E2D" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C1C8400" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...188 lines deleted...]
-        <w:t>ě</w:t>
+        <w:t>K zabezpečení úkolů podle odstavce 1 obec Lužice pověřuje kontrolou dodržování povinností stanovených předpisy o požární ochraně</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
-[...135 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ve stanoveném rozsahu pověřenou osobu. Konkrétní určení osob/osoby a rozsah působnosti je součástí dokumentace obce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D00AAB3" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="5DA15F6E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="12D6E6F7" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596749B3" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...277 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Podmínky požární bezpečnosti při činnostech, v objektech nebo v době zvýšeného nebezpečí vzniku požáru se zřetelem na místní situaci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A834C2A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...898 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Za činnosti, při kterých hrozí nebezpečí vzniku požáru, se dle místních </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>podmínek  považuje</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: stavební a výrobní činnost, zemědělská činnost zejména v období letních měsíců, práce v </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>lese</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a to zvláště v době se zvýšeným nebezpečím vzniku požáru. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">Za dobu se zvýšeným nebezpečím vzniku požáru se dle místních podmínek považuje období od 15. 5. do 15. 10. kalendářního roku. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Pro bezpečné provádění těchto činností obec Lužice stanovuje tyto podmínky:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0DD5ED" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...142 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>spalování hořlavých látek na volném prostranství</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, kterým se pro účely tohoto požárního řádu rozumí např. veřejné prostranství</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nebo jiné – neveřejné prostranství, s výjimkou plošného vypalování porostů, které je zakázáno právním předpisem.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...334 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD4C9CE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...349 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>místo spalování hořlavých látek se volí tak, aby nedošlo ke vznícení okolních hořlavých předmětů, porostů a hořlavých konstrukcí objektů vlivem sálavého tepla, úletem žhavých částic, vedením tepla apod.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714E9C1B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FC7A174" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...238 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>ohniště musí být zabezpečeno tak, aby nedošlo k přenesení ohně přes suché porosty nebo okolní hořlavý materiál na další prostory mimo ohniště,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5889E3D6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...109 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>při spalování být na místě k dispozici hasicí prostředky,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF67CF5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57249247" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...445 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>spalování není možné provádět plošným způsobem a nesmí se provádět v období dlouhodobého sucha,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
-          <w14:textFill>
-[...237 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> při vysokých venkovních teplotách a za větrného počasí, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310C8E60" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49BED7E2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...181 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>spalování hořlavých látek smí provádět pouze osoba starší 18 let, osoby mladší mohou tuto činnost provádět jen za dozoru osoby starší 18 let,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396CDF3B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20BCA404" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...250 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>oheň se nesmí ponechávat bez dozoru a ohniště lze opustit až po úplném vyhasnutí ohně, jeho zalití vodou nebo zasypáním zeminou. Po dobu 8 hodin od ukončení spalování je nutné místo kontrolovat,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FECEF29" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...139 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>povinnosti, zákazy a jiná omezení stanovená zvláštními právními předpisy nejsou tímto dotčeny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA00390" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br w:type="textWrapping"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B574F7" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...227 lines deleted...]
-        <w:t>í</w:t>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rozdělávání ohňů na volném prostranství</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, kterým se pro účely tohoto požárního řádu rozumí např. veřejné prostranství</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="8"/>
-[...209 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nebo jiné – neveřejné prostranství. Pro bezpečné provádění těchto činností stanovuje obec následující podmínky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645516C6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F578B43" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...230 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">místo rozdělávání ohně se volí obdobným způsobem, jak je stanoveno v článku 3 odst. 1 písm. a) tohoto požárního řádu, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C86614E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A4FD09D" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...302 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>místo pro rozdělávání ohně musí být izolováno od hořlavých látek, např. obložením kameny, vytvořením ochranného pásma nebo odkopáním půdy kolem ohniště,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43030AB9" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66BF466D" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...158 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>oheň smí rozdělávat jen osoba starší 18 let, osoby mladší mohou rozdělávat oheň jen za přítomnosti osoby starší 18 let,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FDC107" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BE305ED" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...170 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>oheň se nesmí ponechávat bez dozoru a ohniště lze opustit až po úplném vyhasnutí ohně, jeho zalití vodou nebo zasypáním zeminou,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6753DF" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A099F1A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...146 lines deleted...]
-        <w:t>edpisem,</w:t>
+        <w:t>ohně nelze rozdělávat v lese a ve vzdálenosti do 50 m od okraje lesa, s výjimkou stanovenou zvláštním právním předpisem,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="9"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E29837C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A5FA1F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...169 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ohně nelze rozdělávat v období dlouhého sucha, vysokých venkovních teplot a za větrného počasí.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F795B71" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="643" w:hanging="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>c)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>manipulace s otevřeným ohněm a žhavými předměty</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:br w:type="textWrapping"/>
-[...162 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...168 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Pro bezpečné provádění těchto činností stanovuje obec následující podmínky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB5D245" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="23508134" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...356 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:t>zapálené svíčky, louče, petrolejové lampy apod. musí být umístěny na nehořlavé podložky v dostatečné vzdálenosti od závěsů, záclon nebo hořlavých předmětů, nesmí být ponechány bez dozoru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...132 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>a musí být zajištěny proti převrhnutí,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62795D17" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F513D8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...334 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>žhavé předměty musí být uloženy na požárně bezpečná místa a nevychladlý popel z topidel a saze z komína musí být uloženy do nehořlavých uzavíratelných nádob tak, aby se zabránilo rozfoukání jejich obsahu.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2907332A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1442A91A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...853 lines deleted...]
-        <w:t>edpis,</w:t>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>svařování</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, jímž se rozumí tepelné spojování, drážkování a tepelné dělení kovových i nekovových materiálů, pokud jsou prováděny otevřeným plamenem, elektrickým obloukem, plazmou, elektrickým odporem, laserem, třením, aluminotermickým svařováním, jakož i používání elektrických pájedel a benzinových pájecích lamp a používání otevřeného ohně při nahřívání živic z tavných nádob. Podmínky pro bezpečné provádění těchto činností stanoví zvláštní právní předpis,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="10"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5E11ED" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...56 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>manipulace s hořlavými kapalinami</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...1 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...170 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Pro bezpečné provádění těchto činností stanovuje obec následující podmínky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE295E1" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="529C97FA" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...409 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>přelévání nebo přečerpání hořlavých kapalin lze provádět pouze do obalů, nádob, kontejnerů k tomu účelu určených a na místech dostatečně větraných a v dostatečné vzdálenosti od možných zdrojů zapálení,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7F3759" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="177B2FE5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...241 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>při činnosti podle předchozího odstavce je zakázáno kouřit a manipulovat s otevřeným ohněm, stejné podmínky platí pro nanášení hořlavých barev a laků,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE92082" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6990FD88" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...471 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>další zákazy a omezení při skladování a ukládání hořlavých kapalin fyzickými osobami jsou stanoveny zvláštním právním předpisem.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
-          <w14:textFill>
-[...22 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:footnoteReference w:id="12"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5B303B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="175641DF" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6329B3FE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...136 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>manipulace s hořlavými plyny a hoření podporujícími plyny</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...1 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...157 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Pro bezpečné provádění těchto činností stanovuje obec následující podmínky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51EB0904" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C5ADF4" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...313 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>při manipulaci s hořlavými plyny je zakázáno kouřit a používat otevřený oheň; stejně tak se zakazuje požívat otevřeného ohně ke zkoušení netěsnosti obalů, armatur, hadic a rozvodů s hořlavými plyny,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAF38C3" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F2189DA" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...193 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>lahve a sudy s hořlavými plyny musí být chráněny před nárazem, lahve musí být zajištěny proti pádu a sudy proti samovolnému pohybu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B23129" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3314B7E1" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...497 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>další zákazy a omezení při skladování a ukládání hořlavých plynů fyzickými osobami jsou stanoveny zvláštním právním předpisem.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
-          <w14:textFill>
-[...22 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDEFF3E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F2B275" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66B51089" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...255 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>používání zábavné pyrotechniky</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Pro bezpečné provádění těchto činností stanovuje obec   následující podmínky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B485666" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="31275FD9" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...121 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>zábavnou pyrotechniku lze používat pouze k účelu a způsobem stanoveným dle návodu k použití,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E94C4AC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C49E735" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...522 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>používání zábavné pyrotechniky nesmí být prováděno v době zvýšeného sucha nebo v blízkosti ploch s uskladněným senem, slámou, suchých luk, lesů, a elektrického vedení. Obzvláště nebezpečné je používání těchto výrobků při velkém shromáždění osob a dětí bez dozoru dospělých nebo osob pod vlivem alkoholu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A37A53B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="43CAC57D" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...227 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>za veškeré případné škody vzniklé v souvislosti s manipulací nese vždy odpovědnost osoba manipulující, a to i v případě, pokud bylo s výrobkem manipulováno v souladu s návodem k použití.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55072C64" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...96 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>v období sklizně, skladování pícnin a obilovin</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...1 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...163 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Pro bezpečné provádění těchto činností stanovuje obec následující podmínky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3EEC52" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="7BFCC028" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...409 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>nepoužívat otevřený oheň a nekouřit ve vzdálenosti menší než 15 m od pozemků s obilím, od volných skladů (stohů) sena, slámy, v uzavřených skladech sena a slámy (seníky a stodoly) a ve vzdálenosti menší než 15 m od těchto skladů a při práci na </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>obilných  polích</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A64AB7B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7313455A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...134 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>spalovat zbytky slámy a sena lze jen za podmínek stanovených v článku 3 odst.1 písm. a) tohoto požárního řádu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45588C53" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="900"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="710C2517" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...7 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="79F7D47E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="339FF0C4" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...146 lines deleted...]
-        <w:t>stroji,</w:t>
+        <w:t>mechanizační prostředky používané při sklizni a uskladňování vybavit vhodnými hasicími přístroji,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="13"/>
-[...148 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="14"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> udržovat je v řádném technickém stavu, pravidelně je čistit od nánosů olejů a organického prachu, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E466F2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A4E2049" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...314 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>sklízený produkt se nesmí dostat do kontaktu s horkými částmi strojů (např. výfuků) a je nutno provádět pravidelně kontrolu, zda nedochází k usazení sena nebo slámy na horké povrchy a pohyblivé části strojů,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52399092" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="900"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="056C1B24" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...163 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>při sklizni mít u sebe mobilní telefon k okamžitému přivolání pomoci v případě požáru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F59EF59" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:firstLine="348"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="583FF6CF" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="28EC35FF" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...85 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t xml:space="preserve"> během kalendářního roku může být vyhlášeno </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...1012 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>období dlouhodobého sucha</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Tj. období s dlouhodobým nedostatkem srážek, nízkou půdní a vzdušnou vlhkostí, s dlouhodobě vysokou teplotou vzduchu. Období dlouhodobého sucha vyhlašuje podle místních podmínek starosta obce. V tomto období se považuje za bezpečné, když je dodržován přísný zákaz kouření a rozdělávání ohňů, používání otevřeného ohně a odhazování žhavých, hořících nebo doutnajících předmětů a nedopalků cigaret například v lesních porostech, v suchých travních porostech, na plochách zemědělských kultur, ve skladech pícnin, obilovin, slámy a úsušků a </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>v místech využívaných k rekreačním účelům.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E04677" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...578 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>topné období</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, za něž se pro účely toho požárního řádu považuje zpravidla období od 15. 10. do 15. 5. následujícího kalendářního roku, kdy jsou používány spotřebiče paliv určené k vytápění. Obec považuje používání spotřebičů paliv určených k vytápění za </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>bezpečné</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> pokud jsou dodržovány následující podmínky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EFBFA01" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="43B2C9BC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...1147 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">dodržování bezpečnostní vzdálenosti spotřebičů paliv od povrchů stavebních </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>konstrukcí,  podlahové</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> krytiny a dalších hořlavých předmětů, které jsou stanoveny v původní dokumentaci výrobce nebo dovozce spotřebiče (např. v návodu k obsluze). V ostatních případech dodržování bezpečné vzdálenosti spotřebičů od hořlavých hmot stanovuje vyhláška,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
-          <w14:textFill>
-[...17 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:footnoteReference w:id="15"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF2152D" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="900"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E233E0F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...313 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">dodržování bezpečnostní vzdálenosti kouřovodů od povrchů stavební konstrukce z hořlavých hmot, tj. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>400 - 200</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> mm dle ČSN 06 1201, pokud tyto bezpečnostní vzdálenosti nebyly stanoveny zkouškami v příslušném zkušebním ústavu, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19108FB5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B65C675" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...277 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>udržování komínů a kouřovodů v takovém stavebně technickém stavu, aby byla zajištěna požární bezpečnost při provozu připojených tepelných spotřebičů,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7B36B7" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63EEFDDE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...313 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>dodržování bezpečné vzdálenosti 1 m od vnějšího povrchu komínového tělesa v případě uložení hořlavých látek v půdních a sklepních prostorách,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628E235C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01EF67FA" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...301 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>zachovávání volného přístupu nejméně 1 m k vybíracím a vymetacím dvířkům, komínovým lávkám a jejich udržování v bezpečném stavu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58749658" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BB8947A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...575 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>zabezpečování čištění a kontroly komínů vlastníky nebo správci objektů ve lhůtách a způsobem stanoveným zvláštním právním předpisem,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
-          <w14:textFill>
-[...16 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:footnoteReference w:id="16"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4324C305" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="745A6138" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...422 lines deleted...]
-        <w:t>eny.</w:t>
+        <w:t>zákazy a jiná opatření při instalaci, umísťování, užívání, obsluze a údržbě spotřebičů paliv určených k vytápění objektů stanovené zvláštními právními předpisy nejsou výše uvedenými články dotčeny.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="16"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="17"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A508958" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...8 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="0EB1D34F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5704251C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="551091D7" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">Fyzické osoby jsou zejména povinny: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B7C9CE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...211 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>vytvářet v prostorách ve svém vlastnictví nebo užívání podmínky pro rychlé zdolávání požáru a pro záchranné práce,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C5E8D5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...217 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>počínat si tak, aby nedocházelo ke vzniku požáru při skladování a používání hořlavých nebo požárně nebezpečných látek a manipulace s nimi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23821D1B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A35399" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...310 lines deleted...]
-          <w:outline w:val="0"/>
+        <w:t>Právnické osoby jsou zejména povinny vytvářet podmínky pro hašení požárů a záchranné práce, udržovat volné příjezdové komunikace, únikové cesty a volné přístupy k nouzovým východům.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01CAF6AB" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="800080"/>
           <w:u w:color="800080"/>
-          <w14:textFill>
-[...21 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6265A8AE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7104FBA5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6736D104" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFD6BD5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...143 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Způsob nepřetržitého zabezpečení požární ochrany</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611E9B00" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...256 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Přijetí ohlášení požáru, živelní pohromy či jiné mimořádné události v katastru obce je zabezpečeno systémem ohlašoven požáru, uvedených v čl. 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2D39EC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5813F44A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...253 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">Ochrana životů, zdraví a majetku občanů před požáry, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>živelnými</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> pohromami a jinými mimořádnými událostmi v katastru obce je zabezpečena jednotkou/jednotkami požární ochrany, uvedenými v čl. 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108FA7E8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72292DC5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CDCB24" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...86 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jednotka sboru dobrovolných hasičů obce, kategorie, početní stav a vybavení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F6DF32" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="56DD6711" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...190 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Obec Lužice má smluvně zajištěno poskytování požární ochrany jednotkou sboru dobrovolných hasičů obce (dále jen JSDHO) Hracholusky, okres Prachatice, kategorie JPO V.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C7D238" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...229 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>O nasazení JSDHO Hracholusky k výjezdu k požáru nebo k jiné mimořádné události rozhoduje operační a informační středisko HZS Jihočeského kraje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD8560E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="186A3B45" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...158 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:t>JSDHO Hracholusky se při vyhlášení požárního poplachu co nejrychleji musí dostavit na náves před budovu obecního úřadu na adrese Lužice 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...49 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">nebo na jiné místo, stanovené velitelem jednotky. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7073EC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B1C04DD" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...122 lines deleted...]
-        <w:t>poplach.</w:t>
+        <w:t>Pro ověření akceschopnosti JSDHO Hracholusky může starosta vyhlásit cvičný požární poplach.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="17"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="18"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF39435" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2789B442" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="68D51D51" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="52D2A85B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76919587" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...158 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Přehled o zdrojích vody a dalších zdrojů pro hašení požárů a podmínky</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A226084" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...46 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>jejich trvalé použitelnosti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DD8730" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...55 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Pro účely této vyhlášky se rozumí:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0498111C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...79 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>požární vodou voda pro hašení požárů,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D51C63" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...223 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>odběrným místem místo na zdroji požární vody vhodné k odběru vody pro hašení mobilní požární technikou, technickými prostředky požární ochrany,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02AEEB2B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...412 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>zdrojem vody pro hašení požáru a záchranné práce vodní zdroj, který má vnější odběrní místo a který byl určen pro potřeby hašení požárů, jiné technické práce a cvičení jednotek požární ochrany a složek integrovaného záchranného systému.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B808500" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...325 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Obec Lužice stanovuje tímto požárním řádem zdroje vody pro hašení požárů a na nich odběrná místa. Přehled o zdrojích vody pro hašení požárů je uveden v příloze č. 1 tohoto požárního řádu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7B0334" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7636C72E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...578 lines deleted...]
-        <w:t>jejich povinnost.</w:t>
+        <w:t>Tímto požárním řádem nejsou dotčeny povinnosti týkající se zabezpečení požární vody u právnických osob a podnikajících fyzických osob, které jsou povinny obstarávat a zabezpečovat v potřebném množství zařízení pro zásobování požární vodou. Systém zásobování požární vodou u těchto subjektů dle zákona o požární ochraně je výhradně jejich povinnost.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="18"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:footnoteReference w:id="19"/>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="2E8436CF" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="213769DC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="65E4DB69" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="17C237B8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...42 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E048E4" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07590B67" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...132 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Základní požadavky na použitelnost zdrojů požární vody</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E172736" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594836AE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...133 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Základními požadavky na použitelnost zdrojů požární vody a odběrních míst jsou:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426698FD" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7507EB56" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...194 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>vydatnost vodního zdroje nebo odběrního místa daná zásobou vody ve vodním zdroji nebo průtokovým množstvím na odběrním místě;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDC42BE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BF960A4" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...175 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>příjezd a přístup ke zdroji požární vody a odběrnímu místu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FD69D2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD14286" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02F21973" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC7138A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Zdroje požární vody:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4568E8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD6599C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...61 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Za zdroje požární vody se určují:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13387A89" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78C18A78" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...171 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>zdroje přirozeného původu</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – vodní zdroje, které nebyly vybudovány pro požární účely (zejména potoky, vodoteče, rybníky apod.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EA2058" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37E7A876" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...238 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>umělé zdroje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – vodní zdroje, které byly vybudovány záměrně pro požární účely (zejména požární studny, požární </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>nádrže,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> apod.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D367E33" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E94415F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-[...506 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>víceúčelové zdroje</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – vodní zdroje, které kromě k jiným účelům slouží také požárním účelům (zejména vodní nádrže pro průmyslové a hospodářské využití, nádrže na čištění odpadních vod, bazény, studny s větší vydatností a dostupnou hladinou apod.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589CA0FE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BD9150E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...346 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Při určování odběrních míst na zdrojích požární vody a dalších zdrojích vody pro hašení požárů spolupracují s Hasičským záchranným sborem Jihočeského kraje (dále jen „HZS kraje“).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22097954" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...166 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">Požadavky na jednotlivé zdroje požární vody jsou stanoveny příslušnými technickými normami. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( Např.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ČSN 75 2411 – Zdroje požární vody) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60804AAE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...277 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Vydatnost vodního zdroje nebo odběrního místa daná zásobou vody ve vodním zdroji nebo průtokovým množstvím na odběrním místě musí splňovat podmínky příslušných technických norem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34BDD3C5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71720F3F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...112 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Součástí zdroje požární vody je vždy i odběrní místo.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBFC631" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B232BA1" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...55 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Vlastník a provozovatel, popř. správce a uživatel zdroje vody je povinen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4D938F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...171 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>udržovat příjezdové komunikace ke zdroji vody a odběrní místa v každé roční době v provozuschopném stavu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E22A725" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="42731A3F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...349 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Vlastník nebo uživatel zdrojů vody pro hašení požárů je povinen tyto udržovat v takovém stavu, aby bylo umožněno použití požární techniky a čerpání vody pro hašení požárů. (§ 7 odst. 1 zákona o požární ochraně.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C2BAA0" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D7E80DD" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="092277FA" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A61758F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...150 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Seznam ohlašoven požárů a dalších míst odkud lze hlásit požár a jejich označení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E7AA37" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="6D79F3D1" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...74 lines deleted...]
-          <w:rtl w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Obec Lužice má zřízenu ohlašovnu požáru v budově obecního úřadu na adrese Lužice 23. Ohlašovna požáru je označeny tabulkou „Ohlašovna požáru“, nebo symbolem telefonního čísla „150“.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:color="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...268 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    </w:p>
+    <w:p w14:paraId="7A8B9215" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="577024E4" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...229 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>K ohlášení požáru může být použit každý mobilní telefon, dále soukromý nebo veřejný telefon napojený na veřejnou telefonní síť.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04442303" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44FFD7F2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...271 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">Telefonní číslo na ohlašovnu požáru (tísňovou linku) je 150 nebo 112 (jednotné evropské číslo tísňového volání pro základní složky integrovaného záchranného </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>systému - hasiče</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>policii,  záchrannou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> službu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260C3F0D" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="3EDB8AEC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="076D583A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DE7068" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...101 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Způsob vyhlášení požárního poplachu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588AF642" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="53"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...229 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>elektronickou sirénou troubící tón „HO-ŘÍ, HO-ŘÍ“. Celková doba signálu je 60 sekund; tento signál může být doplněn hlasovou zprávou „Požární poplach“,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66162FD2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C357010" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="54"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...175 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>jiným náhradním způsobem – zvoněním na zvon, megafonem voláním „HO-ŘÍ, HO-ŘÍ“.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="291921C8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4431B4D2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F2BAD9" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Článek 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F6F984" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sankce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CEF8E5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="800080"/>
+          <w:u w:color="800080"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="372F4F05" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Porušení povinností stanovených touto vyhláškou fyzickými osobami se posuzuje jako přestupek a právnickými osobami nebo podnikajícími fyzickými osobami při výkonu jejich podnikatelské činnosti jako jiný správní delikt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF746F6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Přestupky a jiné správní delikty jsou postihovány podle zvláštních právních předpisů.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="20"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256A2489" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74085516" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB52B78" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Článek 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07518BD0" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ustanovení společná, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>přechodná  a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> závěrečná </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6D6FB8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:i w:val="1"/>
-[...619 lines deleted...]
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="2763D8C9" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...242 lines deleted...]
-        <w:t>edpisy.</w:t>
+        <w:t>Tímto požárním řádem nejsou dotčeny povinnosti týkající se zabezpečení požární ochrany v obci Lužice stanovené dalšími právními předpisy.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="20"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:footnoteReference w:id="21"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8062EC" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="245FD1A6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...115 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Tato vyhláška nabývá účinnosti 15. dnem následujícím po dni vyhlášení.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFAA5F3" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CBD0A2F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B3C7BAD" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="9212" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="ffffff" w:sz="8" w:space="0" w:shadow="0" w:frame="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="ffffff" w:sz="8" w:space="0" w:shadow="0" w:frame="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="ced7e7"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CED7E7"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3070"/>
         <w:gridCol w:w="3071"/>
         <w:gridCol w:w="3071"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="004119C5" w14:paraId="0708688B" w14:textId="77777777">
         <w:tblPrEx>
-          <w:shd w:val="clear" w:color="auto" w:fill="ced7e7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="295" w:hRule="atLeast"/>
+          <w:trHeight w:val="295"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3070"/>
+            <w:tcW w:w="3070" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:color="000000" w:sz="4" w:space="0" w:shadow="0" w:frame="0"/>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:type="dxa" w:w="80"/>
-[...2 lines deleted...]
-              <w:right w:type="dxa" w:w="80"/>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2A616415" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...7 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="9"/>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Arial Unicode MS" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
-[...19 lines deleted...]
-                <w14:textOutline>
+                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:bevel/>
                 </w14:textOutline>
-                <w14:textFill>
-[...3 lines deleted...]
-                </w14:textFill>
               </w:rPr>
-              <w:t>Jana Svobodov</w:t>
-[...32 lines deleted...]
-              <w:t>á</w:t>
+              <w:t>Jana Svobodová</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3071"/>
+            <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:type="dxa" w:w="80"/>
-[...2 lines deleted...]
-              <w:right w:type="dxa" w:w="80"/>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p/>
+          <w:p w14:paraId="754930FF" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3071"/>
+            <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="dotted" w:color="000000" w:sz="4" w:space="0" w:shadow="0" w:frame="0"/>
+              <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:type="dxa" w:w="80"/>
-[...2 lines deleted...]
-              <w:right w:type="dxa" w:w="80"/>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="13E9AFC2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...7 lines deleted...]
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="9"/>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Arial Unicode MS" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
-[...19 lines deleted...]
-                <w14:textOutline>
+                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                   <w14:noFill/>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:bevel/>
                 </w14:textOutline>
-                <w14:textFill>
-[...3 lines deleted...]
-                </w14:textFill>
               </w:rPr>
-              <w:t>Ivo Cibuzar</w:t>
+              <w:t xml:space="preserve">Ivo </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                  <w14:noFill/>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:bevel/>
+                </w14:textOutline>
+              </w:rPr>
+              <w:t>Cibuzar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="004119C5" w14:paraId="151E16A8" w14:textId="77777777">
         <w:tblPrEx>
-          <w:shd w:val="clear" w:color="auto" w:fill="ced7e7"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="290" w:hRule="atLeast"/>
+          <w:trHeight w:val="290"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3070"/>
+            <w:tcW w:w="3070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:type="dxa" w:w="80"/>
-[...2 lines deleted...]
-              <w:right w:type="dxa" w:w="80"/>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="689F3F69" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="Normální"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:t>starostka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3071"/>
+            <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:type="dxa" w:w="80"/>
-[...2 lines deleted...]
-              <w:right w:type="dxa" w:w="80"/>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p/>
+          <w:p w14:paraId="405091B6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:type="dxa" w:w="3071"/>
+            <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:type="dxa" w:w="80"/>
-[...2 lines deleted...]
-              <w:right w:type="dxa" w:w="80"/>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6DF2C28A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:pStyle w:val="Normální"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...21 lines deleted...]
-              <w:t>starosta</w:t>
+              <w:t>místostarosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="3E57DB83" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...35 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="4B8CF812" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:color="0000FF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A15AF50" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF39C08" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="18B59E13" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="0A7DF71A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        </w:rPr>
+        <w:t>Seznam příloh:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7D5CC4" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:ind w:left="1620" w:hanging="1620"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">. 1 </w:t>
+        <w:t xml:space="preserve">Příloha č. 1 </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-      </w:r>
-[...69 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Seznam vodních zdrojů pro hašení požáru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D5C8725" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="11B97C46" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="13E13737" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="420FEBC8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...19 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Vyvěšeno dne:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D53756" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Sejmuto dne: </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="49B8DCB9" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t xml:space="preserve">Č.j.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F8700F" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="7CEFDAE5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5"/>
+    <w:p w14:paraId="18AD6F2A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:ind w:left="1620" w:hanging="1620"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">. 1 </w:t>
+        <w:t xml:space="preserve">Příloha č. 1 </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
-      </w:r>
-[...69 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Seznam vodních zdrojů pro hašení požáru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508E6E5B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:ind w:left="1620" w:hanging="1620"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="032C7992" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:ind w:left="1620" w:hanging="1620"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...73 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Za zdroj požární vody obec Lužice je určen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4087B7" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A361BB" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...97 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+        <w:t>Rybník Podroužek - 1,8 km vzdálený zdroj přirozeného původu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E92324" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="004119C5">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="4AF5FE9C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
-        <w:t>dojezdov</w:t>
-[...42 lines deleted...]
-      <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="360" w:footer="360"/>
+        <w:t>dojezdový čas 2 min./ GPS souřadnice: 49.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>0356753N</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, 14.1851611E</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004119C5">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="360" w:footer="360" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:bidi w:val="0"/>
+      <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="797B2B79" w14:textId="77777777" w:rsidR="00FB4769" w:rsidRDefault="00FB4769">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="775E309B" w14:textId="77777777" w:rsidR="00FB4769" w:rsidRDefault="00FB4769">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...8 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Cambria">
+  <w:font w:name="Helvetica Neue">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" mc:Ignorable="w14">
-  <w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6BD6BAF9" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Zápatí"/>
+      <w:pStyle w:val="Zpat"/>
       <w:tabs>
+        <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9044"/>
-        <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:fldChar w:fldCharType="begin" w:fldLock="0"/>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:fldChar w:fldCharType="separate" w:fldLock="0"/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00295832">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:fldChar w:fldCharType="end" w:fldLock="0"/>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="27CFD9E5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Zápatí"/>
+      <w:pStyle w:val="Zpat"/>
       <w:tabs>
+        <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9044"/>
-        <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p>
+    <w:p w14:paraId="52FC5C90" w14:textId="77777777" w:rsidR="00FB4769" w:rsidRDefault="00FB4769">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p>
+    <w:p w14:paraId="320C7868" w14:textId="77777777" w:rsidR="00FB4769" w:rsidRDefault="00FB4769">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="-2">
-[...80 lines deleted...]
-    </w:p>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="32C5CDEC" w14:textId="77777777" w:rsidR="00FB4769" w:rsidRDefault="00FB4769"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Normální"/>
+    <w:p w14:paraId="1E47DD1C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 1 odst. 1 zákona </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t>o  požární</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ochraně </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="45FA4BA5" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> § </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>103  odst.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t>í</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 a odst.  4 písm. h) zákona o obcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="2E34D5EE" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> § 2 odst. 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>zákona  o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> požární ochraně </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="3BFFCEE6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> § 29 odst. 1 zákona o požární ochraně </w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="5FB11350" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 34 zákona 128/2000 Sb., o obcích, ve znění pozdějších předpisů</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="273EC206" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t>sm. h) z</w:t>
+        </w:rPr>
+        <w:t>§ 5 odst. 2, § 17 odst. 3 písm. f) zákona o požární ochraně</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w14:paraId="2DA6317A" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  čl. 3 odst.  3 písm. b) tohoto požárního řádu</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="9">
+    <w:p w14:paraId="5BC4F23B" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  § 34 zákona 128/2000 Sb., o obcích, ve znění pozdějších předpisů</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="10">
+    <w:p w14:paraId="2D8DA444" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t>á</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">  § 20 zákona č. 289/1995 Sb., o lesích a o změně a doplnění některých zákonů (lesní zákon), ve znění pozdějších předpisů</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="2DE38E95" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>vyhláška</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> č.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 87/2000 Sb., kterou se stanoví podmínky požární bezpečnosti při svařování a nahřívání živic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>v  tavných</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> nádobách</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="12">
+    <w:p w14:paraId="0DE1C7B8" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> § </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>44  vyhlášky</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...291 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> o požární prevenci a § 30 odst. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>4  vyhlášky</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">5 odst. 2, </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> č. 23/2008 Sb., o technických podmínkách požární     ochrany staveb</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="13">
+    <w:p w14:paraId="29B78C4D" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> § 44 vyhlášky o požární prevenci</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="14">
+    <w:p w14:paraId="018E3121" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> § 3 vyhlášky o požární prevenci</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="15">
+    <w:p w14:paraId="46FF7995" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> § 30 odst. 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>vyhl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. č. 23/2008 Sb., o technických podmínkách požární ochrany staveb</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="16">
+    <w:p w14:paraId="51E8249E" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> nařízení vlády č. 91/2010 Sb., o podmínkách požární bezpečnosti při provozu komínů, kouřovodů a spotřebičů paliv (účinnost od 1.1.2011)</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="17">
+    <w:p w14:paraId="51D19E62" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> § 42 a § 44 vyhlášky o požární prevenci</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="18">
+    <w:p w14:paraId="71B5FF66" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 39 odst. 2 písm. e) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>vyhl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">. č. 247/2001 Sb. ve </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">znění  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>vyhl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> č. 226/2005 Sb., o organizaci a činnosti jednotek požární </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>ochrany  a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t> akceschopnosti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t>ochran</w:t>
+          <w:u w:color="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...1750 lines deleted...]
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t>jednotek sboru</w:t>
-      </w:r>
-[...74 lines deleted...]
-        <w:t>ě</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="Text pozn. pod čarou"/>
+    <w:p w14:paraId="6E13D82C" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS"/>
-[...226 lines deleted...]
-        <w:t>ch</w:t>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 7 odst. 1 zákona o požární ochraně</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="20">
-    <w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="0A591463" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...103 lines deleted...]
-        <w:t>í</w:t>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zákon o požární ochraně, zákon č. 200/1990 Sb.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t>,  o</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přestupcích, ve znění pozdějších předpisů, zákon o obcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="21">
+    <w:p w14:paraId="166FCBF2" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  zejména zákon o požární ochraně a vyhlášky prováděcí</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" mc:Ignorable="w14">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6CF2C1D6" w14:textId="77777777" w:rsidR="004119C5" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="Záhlaví"/>
+      <w:pStyle w:val="Zhlav"/>
       <w:tabs>
+        <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9044"/>
-        <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
+    </w:r>
+    <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:i w:val="1"/>
-[...1 lines deleted...]
-        <w:rtl w:val="0"/>
+        <w:i/>
+        <w:iCs/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="000573E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:numStyleLink w:val="Importovaný styl 1"/>
+    <w:tmpl w:val="F73413F2"/>
+    <w:styleLink w:val="Importovanstyl21"/>
+    <w:lvl w:ilvl="0" w:tplc="8C2021DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2DF0C122">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CACA5BCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D36A0708">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FAE6E220">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6DCCA9E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71589FA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="531849E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CB924A14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A3379D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:styleLink w:val="Importovaný styl 1"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="F4E0DAD4"/>
+    <w:numStyleLink w:val="Importovanstyl17"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BDD4724"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F0101E06"/>
+    <w:styleLink w:val="Importovanstyl20"/>
+    <w:lvl w:ilvl="0" w:tplc="54B663CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F0C69EEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="31C6CC38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1380" w:hanging="1380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1C761A84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9E2C9698">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BC409BF0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="1380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B05060FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F224EF7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5C1AB54E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="1380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE12D39"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45E6DA50"/>
+    <w:styleLink w:val="Importovanstyl4"/>
+    <w:lvl w:ilvl="0" w:tplc="C1B854C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="708"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="048837D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2F7C2AEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="65107F8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="31921114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A9F6D4B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="219CD054">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AD761C4A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AA32BE52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17A43625"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15B6313E"/>
+    <w:numStyleLink w:val="Importovanstyl6"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B2D551C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC58FB40"/>
+    <w:numStyleLink w:val="Importovanstyl19"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D1B5785"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A29CE5A4"/>
+    <w:numStyleLink w:val="Importovanstyl10"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DD231A1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5038C896"/>
+    <w:styleLink w:val="Importovanstyl9"/>
+    <w:lvl w:ilvl="0" w:tplc="C71CF560">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2F44C538">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="94B4507C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="195E8312">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EB0E3D16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E982B86C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="97D2F158">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="568A416C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3EE08CF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="208677F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DA70B2D8"/>
+    <w:numStyleLink w:val="Importovanstyl13"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22FB33C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DA70B2D8"/>
+    <w:styleLink w:val="Importovanstyl13"/>
+    <w:lvl w:ilvl="0" w:tplc="B6CAF0E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DFFE97E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FD92605A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C6DA2A2A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FDCE6726">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B88EB372">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="CB9EE33A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BE52CF0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B380E312">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25A3294C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15B6313E"/>
+    <w:styleLink w:val="Importovanstyl6"/>
+    <w:lvl w:ilvl="0" w:tplc="6C56B116">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="31C83794">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A18E2DD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2D1A9152">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9CFAB8DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="63FC3F68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E250A8FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BD3891BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B6A4366E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26E43EDC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78585AE8"/>
+    <w:numStyleLink w:val="Importovanstyl1"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FF61ABF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A29CE5A4"/>
+    <w:styleLink w:val="Importovanstyl10"/>
+    <w:lvl w:ilvl="0" w:tplc="70D2A4AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="193674C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BC4411CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F7D42394">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="598A9BA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AF6648A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="76D0AB2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AD7E6306">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5EA42B22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="392D28F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0FFEDFE6"/>
+    <w:numStyleLink w:val="Importovanstyl5"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="395939F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA2803D4"/>
+    <w:lvl w:ilvl="0" w:tplc="2AC6510C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CE1EF580">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C9EC0910">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0D9EAAA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3A2AD756">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AD7E3DC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E49CB7E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FE4A1C56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5FDCE43E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="397B5AC7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5038C896"/>
+    <w:numStyleLink w:val="Importovanstyl9"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ED06F7D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0689E7C"/>
+    <w:styleLink w:val="Importovanstyl8"/>
+    <w:lvl w:ilvl="0" w:tplc="61D6A2F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1652AC72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1AD4B2BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="81FAC358">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="2340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A3FC8594">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="2340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0E50908E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="2280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0DDC05A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3060" w:hanging="2340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A23C78B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="2340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E7EAB99C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="4500" w:hanging="2280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F92750D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7EE46150"/>
+    <w:numStyleLink w:val="Importovanstyl3"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41DF5AF0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCF03B94"/>
+    <w:numStyleLink w:val="Importovanstyl16"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45B91AE5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED0ED1F0"/>
+    <w:lvl w:ilvl="0" w:tplc="5B30DC9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E0A26304">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1003" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1278FB0A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1723" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4022A65E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="2443" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DFBE2756">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="3163" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="741E2066">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="3883" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="48FE8F04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="4603" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="096A6BD4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="5323" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="28048B42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="6043" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53D5638A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCF03B94"/>
+    <w:styleLink w:val="Importovanstyl16"/>
+    <w:lvl w:ilvl="0" w:tplc="2DE61B1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C598F838">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="275A0380">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="9FBC7D5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="913C583C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="66B6F0BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="CD000804">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="D7EE61BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="BF385056">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57911EFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:numStyleLink w:val="Importovaný styl 2"/>
+    <w:tmpl w:val="CBBED740"/>
+    <w:styleLink w:val="Importovanstyl12"/>
+    <w:lvl w:ilvl="0" w:tplc="69427650">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="637E333C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D8248054">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1380" w:hanging="1380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7D1AB5C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="612A0854">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E68AF020">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="1380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B1E42DCC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="36F6EBA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="16229A9E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="1380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58BB40EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:styleLink w:val="Importovaný styl 2"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="CBBED740"/>
+    <w:numStyleLink w:val="Importovanstyl12"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5984660A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F0101E06"/>
+    <w:numStyleLink w:val="Importovanstyl20"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E9B3509"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC58FB40"/>
+    <w:styleLink w:val="Importovanstyl19"/>
+    <w:lvl w:ilvl="0" w:tplc="799823FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="420" w:hanging="360"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AC04C398">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="420"/>
-[...800 lines deleted...]
-        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1452" w:hanging="912"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2514D68C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2172" w:hanging="852"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="3">
+        <w:ind w:left="2520" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="51F4675C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="2892" w:hanging="912"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9028DA2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="3612" w:hanging="912"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A8660608">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4332" w:hanging="852"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="4680" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AD4CE1C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="5052" w:hanging="912"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5400" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="03AC4924">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="5772" w:hanging="912"/>
-[...18 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="6120" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="70D2B2D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6492" w:hanging="852"/>
+        <w:ind w:left="6840" w:hanging="1020"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="623B3A39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:numStyleLink w:val="Importovaný styl 4"/>
+    <w:tmpl w:val="45E6DA50"/>
+    <w:numStyleLink w:val="Importovanstyl4"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="630927B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:styleLink w:val="Importovaný styl 4"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="F73413F2"/>
+    <w:numStyleLink w:val="Importovanstyl21"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64F423FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0FFEDFE6"/>
+    <w:styleLink w:val="Importovanstyl5"/>
+    <w:lvl w:ilvl="0" w:tplc="39BC5C28">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
-[...277 lines deleted...]
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="708"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="D0C0DC10">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="1068"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="D6CAC326">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="1788"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="1E364380">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="2508"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="FC1C562C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="3228"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="3B709240">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="3948"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="26C001FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="4668"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="21B2FEA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="5388"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="DFEABA7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="num" w:pos="6108"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65F82EC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:numStyleLink w:val="Importovaný styl 8"/>
+    <w:tmpl w:val="7EE46150"/>
+    <w:styleLink w:val="Importovanstyl3"/>
+    <w:lvl w:ilvl="0" w:tplc="AEEE606E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="708"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BC9E8EFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1452" w:hanging="912"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="26A61C1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2172" w:hanging="852"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="333E5956">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2892" w:hanging="912"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="A5BA6AEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3612" w:hanging="912"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B1521B00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4332" w:hanging="852"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="59406312">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5052" w:hanging="912"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3C921CD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5772" w:hanging="912"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C846C418">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6492" w:hanging="852"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="670A2C29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:styleLink w:val="Importovaný styl 8"/>
-[...4 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="E15045CC"/>
+    <w:numStyleLink w:val="Importovanstyl11"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DF80412"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0689E7C"/>
+    <w:numStyleLink w:val="Importovanstyl8"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FF66FCA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E15045CC"/>
+    <w:styleLink w:val="Importovanstyl11"/>
+    <w:lvl w:ilvl="0" w:tplc="0C021EF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
-        <w:spacing w:val="0"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="731C80F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
-      <w:lvlJc w:val="left"/>
-[...283 lines deleted...]
-      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...3 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="2" w:tplc="7BE45D80">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="3" w:tplc="744E698C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
-      <w:lvlText w:val="%5."/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...3 lines deleted...]
-      <w:lvlText w:val="%6."/>
+    <w:lvl w:ilvl="4" w:tplc="A00A26A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...3 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="5" w:tplc="1D56F562">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="6" w:tplc="39AAB2E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
-      <w:lvlText w:val="%8."/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...3 lines deleted...]
-      <w:lvlText w:val="%9."/>
+    <w:lvl w:ilvl="7" w:tplc="CBBEE3D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4DBA4ECE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71051D1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:numStyleLink w:val="Importovaný styl 17"/>
+    <w:tmpl w:val="78585AE8"/>
+    <w:styleLink w:val="Importovanstyl1"/>
+    <w:lvl w:ilvl="0" w:tplc="E7A69356">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B47A2B30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4C48FC08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7B1E89EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BE7045B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="DD689EB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3D320802">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B29EE9BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D0280774">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="300"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75B919DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:styleLink w:val="Importovaný styl 17"/>
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="06729F20"/>
+    <w:numStyleLink w:val="Importovanstyl2"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="778D1D16"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="06729F20"/>
+    <w:styleLink w:val="Importovanstyl2"/>
+    <w:lvl w:ilvl="0" w:tplc="F508ED2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F45CF64E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="1185" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A70040F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="1860" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6A78E43E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="2580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B98A79BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="3300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3B70A724">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="4020" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A8BE32F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="4740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A78294AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="5460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0980C404">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="6180" w:hanging="280"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hAnsi="Arial Unicode MS"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:outline w:val="0"/>
+        <w:emboss w:val="0"/>
+        <w:imprint w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77E7270B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4E0DAD4"/>
+    <w:styleLink w:val="Importovanstyl17"/>
+    <w:lvl w:ilvl="0" w:tplc="A358E74C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="CE10D432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="376C7214">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="EF10D54C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="5EEE61DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="6A582348">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="EC609FBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="1CE25D6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="1E42435C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="300"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hAnsi="Arial Unicode MS"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-[...2423 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="1425154737">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="2" w16cid:durableId="403991451">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="3" w16cid:durableId="793404360">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="4" w16cid:durableId="1880899431">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="5" w16cid:durableId="126626423">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="6" w16cid:durableId="606472292">
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="D4AEC512">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="BCB0344E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="1080" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="FBF20A52">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="1800" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="68341674">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="2520" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="C90ECF04">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="73CCE2FA">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="3960" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="47863A12">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="4680" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="55C4B4CC">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="91AC10AE">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="6120" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="7" w16cid:durableId="1265378451">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="8" w16cid:durableId="1626111055">
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="9" w16cid:durableId="1938558488">
+    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="685E731E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="BEAEAD6A">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1260" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="47FCF8E6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="1980" w:hanging="840"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="3F1C8890">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="2700" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="9EAC9BAE">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="3420" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="D87810F0">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="4140" w:hanging="840"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="3A08B222">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="4860" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="32B22424">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="5580" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="D8C0B6F2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
             <w:tab w:val="left" w:pos="1260"/>
           </w:tabs>
           <w:ind w:left="6300" w:hanging="840"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="10" w16cid:durableId="1254585298">
+    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="685E731E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:lvl w:ilvl="1" w:tplc="BEAEAD6A">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1260" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:lvl w:ilvl="2" w:tplc="47FCF8E6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="1980" w:hanging="840"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:lvl w:ilvl="3" w:tplc="3F1C8890">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="2700" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:lvl w:ilvl="4" w:tplc="9EAC9BAE">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="3420" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:lvl w:ilvl="5" w:tplc="D87810F0">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="4140" w:hanging="840"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:lvl w:ilvl="6" w:tplc="3A08B222">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="4860" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:lvl w:ilvl="7" w:tplc="32B22424">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="5580" w:hanging="900"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:lvl w:ilvl="8" w:tplc="D8C0B6F2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="6300" w:hanging="840"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="11" w16cid:durableId="1795051248">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="12">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="12" w16cid:durableId="1852715243">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="13" w16cid:durableId="570698342">
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="2AC6510C">
         <w:start w:val="4"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="643" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="CE1EF580">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1080" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="C9EC0910">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%3)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1800" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="0D9EAAA6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%4)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2520" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="3A2AD756">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%5)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="AD7E3DC4">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%6)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3960" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="E49CB7E2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%7)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4680" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="FE4A1C56">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%8)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="5FDCE43E">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%9)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6120" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="14" w16cid:durableId="2037345095">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="15" w16cid:durableId="813445636">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="16" w16cid:durableId="261233136">
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="6"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="2AC6510C">
         <w:start w:val="6"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="643" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="CE1EF580">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1080" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="C9EC0910">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%3)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1800" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="0D9EAAA6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%4)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2520" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="3A2AD756">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%5)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="AD7E3DC4">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%6)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3960" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="E49CB7E2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%7)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4680" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="FE4A1C56">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%8)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="5FDCE43E">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%9)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6120" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="17" w16cid:durableId="2059477953">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="18">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="18" w16cid:durableId="779643289">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="19">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="19" w16cid:durableId="1104617132">
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="E5209350">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:lvl w:ilvl="1" w:tplc="115A0C12">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="1080" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:lvl w:ilvl="2" w:tplc="847E38D4">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="1800" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:lvl w:ilvl="3" w:tplc="8FDC807A">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="2520" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:lvl w:ilvl="4" w:tplc="6622B80C">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:lvl w:ilvl="5" w:tplc="37A2B712">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="3960" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:lvl w:ilvl="6" w:tplc="AE44FC26">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="4680" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:lvl w:ilvl="7" w:tplc="E7CC198C">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:lvl w:ilvl="8" w:tplc="6460429C">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="6120" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="20" w16cid:durableId="1348798284">
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="7"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="5B30DC9C">
         <w:start w:val="7"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="567" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="E0A26304">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="1003" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="1278FB0A">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="1723" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="4022A65E">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="2443" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="DFBE2756">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="3163" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="741E2066">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="3883" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="48FE8F04">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="4603" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="096A6BD4">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="5323" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="28048B42">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="6043" w:hanging="283"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="21" w16cid:durableId="1791128971">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="22" w16cid:durableId="625893076">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="23">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="23" w16cid:durableId="449011028">
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="8"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="2AC6510C">
         <w:start w:val="8"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="643" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="CE1EF580">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1080" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="C9EC0910">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%3)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1800" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="0D9EAAA6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%4)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2520" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="3A2AD756">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%5)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="AD7E3DC4">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%6)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3960" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="E49CB7E2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%7)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4680" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="FE4A1C56">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%8)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="5FDCE43E">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%9)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6120" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1967422057">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="405155701">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="25">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="26" w16cid:durableId="1071460631">
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="CF74178A">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="708"/>
           </w:tabs>
           <w:ind w:left="360" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:lvl w:ilvl="1" w:tplc="85E404A4">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="1416"/>
           </w:tabs>
           <w:ind w:left="1068" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:lvl w:ilvl="2" w:tplc="45649FA2">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%3)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:lvl w:ilvl="3" w:tplc="8B3AD474">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%4)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:lvl w:ilvl="4" w:tplc="128CD218">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%5)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:lvl w:ilvl="5" w:tplc="899EDA9C">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%6)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:lvl w:ilvl="6" w:tplc="3742429A">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%7)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:lvl w:ilvl="7" w:tplc="9F3ADEDE">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:lvl w:ilvl="8" w:tplc="90D4BE6E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="27" w16cid:durableId="766736077">
+    <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="9"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="2AC6510C">
         <w:start w:val="9"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="643" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="CE1EF580">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1080" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="C9EC0910">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%3)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1800" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="0D9EAAA6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%4)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2520" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="3A2AD756">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%5)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="AD7E3DC4">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%6)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3960" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="E49CB7E2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%7)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4680" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="FE4A1C56">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%8)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="5FDCE43E">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:suff w:val="nothing"/>
         <w:lvlText w:val="%9)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6120" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="28" w16cid:durableId="1962690413">
+    <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="29">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="29" w16cid:durableId="1865636052">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="30">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="30" w16cid:durableId="1321350112">
+    <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="685E731E">
         <w:start w:val="2"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="420" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="BEAEAD6A">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="1185" w:hanging="405"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="47FCF8E6">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="1860" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="3F1C8890">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="2580" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="9EAC9BAE">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="3300" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="D87810F0">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="4020" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="3A08B222">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="4740" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="32B22424">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="5460" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="D8C0B6F2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="420"/>
           </w:tabs>
           <w:ind w:left="6180" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="31" w16cid:durableId="1926573311">
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="E5209350">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="708"/>
           </w:tabs>
           <w:ind w:left="360" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="115A0C12">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="1698"/>
           </w:tabs>
           <w:ind w:left="1350" w:hanging="72"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="847E38D4">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="2688"/>
           </w:tabs>
           <w:ind w:left="2340" w:hanging="144"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="8FDC807A">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="2880" w:hanging="312"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="6622B80C">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="3600" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="37A2B712">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="4320" w:hanging="228"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="AE44FC26">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="5040" w:hanging="276"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="E7CC198C">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="5760" w:hanging="264"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="6460429C">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="6480" w:hanging="192"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="32" w16cid:durableId="1160928922">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="33">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="33" w16cid:durableId="1960603187">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="34">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="34" w16cid:durableId="860557491">
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="E5209350">
         <w:start w:val="2"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="1" w:tplc="115A0C12">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="1710" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="2" w:tplc="847E38D4">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="2700" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="3" w:tplc="8FDC807A">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="3240" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="4" w:tplc="6622B80C">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="3960" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="5" w:tplc="37A2B712">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="4680" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="6" w:tplc="AE44FC26">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="5400" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="7" w:tplc="E7CC198C">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="6120" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="8" w:tplc="6460429C">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="720"/>
           </w:tabs>
           <w:ind w:left="6840" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="35">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="35" w16cid:durableId="478500203">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="36">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="36" w16cid:durableId="1919904802">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="37">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="37" w16cid:durableId="1142503054">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="38">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="38" w16cid:durableId="935676760">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="39">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="39" w16cid:durableId="1909605035">
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="40" w16cid:durableId="561867629">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1410540058">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="488012278">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="936596433">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1418138770">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="42">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="45" w16cid:durableId="689647481">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="43">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="46" w16cid:durableId="547450506">
+    <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="47">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="47" w16cid:durableId="648823456">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="48" w16cid:durableId="163785966">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="49">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="49" w16cid:durableId="671226038">
+    <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="50">
-    <w:abstractNumId w:val="33"/>
+  <w:num w:numId="50" w16cid:durableId="1314524429">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="51">
-    <w:abstractNumId w:val="32"/>
+  <w:num w:numId="51" w16cid:durableId="640811269">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="52">
-    <w:abstractNumId w:val="35"/>
+  <w:num w:numId="52" w16cid:durableId="136186931">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="53">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="53" w16cid:durableId="1616012842">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="54">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="54" w16cid:durableId="1516992120">
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="797E40C0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="708"/>
           </w:tabs>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:lvl w:ilvl="1" w:tplc="73CAABA0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="num" w:pos="360"/>
           </w:tabs>
           <w:ind w:left="372" w:hanging="372"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:lvl w:ilvl="2" w:tplc="920EA8EE">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="2160"/>
           </w:tabs>
           <w:ind w:left="2172" w:hanging="312"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:lvl w:ilvl="3" w:tplc="412C923C">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="2880"/>
           </w:tabs>
           <w:ind w:left="2892" w:hanging="372"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:lvl w:ilvl="4" w:tplc="76EA8470">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="3600"/>
           </w:tabs>
           <w:ind w:left="3612" w:hanging="372"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:lvl w:ilvl="5" w:tplc="4B5C706E">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="4320"/>
           </w:tabs>
           <w:ind w:left="4332" w:hanging="312"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:lvl w:ilvl="6" w:tplc="927C3450">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="5040"/>
           </w:tabs>
           <w:ind w:left="5052" w:hanging="372"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:lvl w:ilvl="7" w:tplc="2A94EEE8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="5760"/>
           </w:tabs>
           <w:ind w:left="5772" w:hanging="372"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:lvl w:ilvl="8" w:tplc="C66817AA">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="num" w:pos="6480"/>
           </w:tabs>
           <w:ind w:left="6492" w:hanging="312"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="55">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="55" w16cid:durableId="1806966680">
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
-      <w:lvl w:ilvl="0">
+      <w:lvl w:ilvl="0" w:tplc="AA561F20">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1">
+      <w:lvl w:ilvl="1" w:tplc="77626C7E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="(%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2">
+      <w:lvl w:ilvl="2" w:tplc="74CE84FE">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="2160" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3">
+      <w:lvl w:ilvl="3" w:tplc="AA1ED98E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="2880" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4">
+      <w:lvl w:ilvl="4" w:tplc="94A4E998">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="3600" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5">
+      <w:lvl w:ilvl="5" w:tplc="2DCEC566">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="4320" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6">
+      <w:lvl w:ilvl="6" w:tplc="77C2E498">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="5040" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7">
+      <w:lvl w:ilvl="7" w:tplc="2820B01A">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="5760" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8">
+      <w:lvl w:ilvl="8" w:tplc="5F3601F4">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
-        <w:suff w:val="tab"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:tabs>
             <w:tab w:val="left" w:pos="360"/>
             <w:tab w:val="left" w:pos="540"/>
           </w:tabs>
           <w:ind w:left="6480" w:hanging="300"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="56">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="56" w16cid:durableId="182746709">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-  <w:bordersDoNotSurroundFooter w:val="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:revisionView w:markup="1" w:comments="1" w:insDel="1" w:formatting="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation w:val="0"/>
-[...3 lines deleted...]
-  <w:noLineBreaksBefore w:lang="čeština" w:val="’”)〕]}〉"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
-    <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-    <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="-2"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="004119C5"/>
+    <w:rsid w:val="00295832"/>
+    <w:rsid w:val="004119C5"/>
+    <w:rsid w:val="00FB4769"/>
+    <w:rsid w:val="00FC08A7"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7D0942C0"/>
+  <w15:docId w15:val="{11CEE718-115B-4D42-881E-12A639B0EFEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
-[...19 lines deleted...]
-        <w:u w:val="none" w:color="auto"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
-        <w:vertAlign w:val="baseline"/>
-        <w:lang/>
+        <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...8 lines deleted...]
-        <w:suppressLineNumbers w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-        <w:outlineLvl w:val="9"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:pPr/>
+    <w:qFormat/>
     <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Default Paragraph Font">
+  <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
-    <w:next w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Table Normal">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
-    <w:next w:val="Table Normal"/>
-    <w:pPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
-    <w:trPr/>
-[...12 lines deleted...]
-    <w:tblStylePr w:type="swCell"/>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="No List">
-[...6 lines deleted...]
-    <w:next w:val="Záhlaví"/>
+  <w:style w:type="paragraph" w:styleId="Zhlav">
+    <w:name w:val="header"/>
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...3 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="0"/>
-[...4 lines deleted...]
-      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Arial Unicode MS" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
-[...8 lines deleted...]
-      <w:outline w:val="0"/>
+      <w:rFonts w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
-      <w:spacing w:val="0"/>
-[...1 lines deleted...]
-      <w:position w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:u w:val="none" w:color="000000"/>
-[...6 lines deleted...]
-      </w14:textFill>
+      <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Zápatí">
-[...1 lines deleted...]
-    <w:next w:val="Zápatí"/>
+  <w:style w:type="paragraph" w:styleId="Zpat">
+    <w:name w:val="footer"/>
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...3 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="0"/>
-[...4 lines deleted...]
-      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
-[...8 lines deleted...]
-      <w:outline w:val="0"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:spacing w:val="0"/>
-[...1 lines deleted...]
-      <w:position w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:u w:val="none" w:color="000000"/>
-[...6 lines deleted...]
-      </w14:textFill>
+      <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normální">
-[...14 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="Zkladntext">
+    <w:name w:val="Body Text"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Arial Unicode MS" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
-[...8 lines deleted...]
-      <w:outline w:val="0"/>
+      <w:rFonts w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
-      <w:spacing w:val="0"/>
-[...1 lines deleted...]
-      <w:position w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:u w:val="none" w:color="000000"/>
-[...6 lines deleted...]
-      </w14:textFill>
+      <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Základní text">
-[...14 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="Textpoznpodarou">
+    <w:name w:val="footnote text"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Arial Unicode MS" w:hAnsi="Times New Roman" w:eastAsia="Arial Unicode MS"/>
-[...8 lines deleted...]
-      <w:outline w:val="0"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:spacing w:val="0"/>
-[...11 lines deleted...]
-      </w14:textFill>
+      <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Text pozn. pod čarou">
-[...42 lines deleted...]
-  <w:style w:type="numbering" w:styleId="Importovaný styl 1">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl1">
     <w:name w:val="Importovaný styl 1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 2">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl2">
     <w:name w:val="Importovaný styl 2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 3">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl3">
     <w:name w:val="Importovaný styl 3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 4">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl4">
     <w:name w:val="Importovaný styl 4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 5">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl5">
     <w:name w:val="Importovaný styl 5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 8">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl8">
     <w:name w:val="Importovaný styl 8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="21"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 9">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl9">
     <w:name w:val="Importovaný styl 9"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="24"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 17">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl17">
     <w:name w:val="Importovaný styl 17"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="28"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 6">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl6">
     <w:name w:val="Importovaný styl 6"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="32"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 10">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl10">
     <w:name w:val="Importovaný styl 10"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="35"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 11">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl11">
     <w:name w:val="Importovaný styl 11"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="37"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 12">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl12">
     <w:name w:val="Importovaný styl 12"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="40"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 13">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl13">
     <w:name w:val="Importovaný styl 13"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="42"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 19">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl19">
     <w:name w:val="Importovaný styl 19"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="44"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 20">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl20">
     <w:name w:val="Importovaný styl 20"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="47"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 16">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl16">
     <w:name w:val="Importovaný styl 16"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="50"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Importovaný styl 21">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl21">
     <w:name w:val="Importovaný styl 21"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="52"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
 
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="A7A7A7"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="535353"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -45781,51 +14168,51 @@
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw sx="100000" sy="100000" kx="0" ky="0" algn="b" rotWithShape="0" blurRad="38100" dist="20000" dir="5400000">
+            <a:outerShdw blurRad="38100" dist="20000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="38000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
@@ -45857,889 +14244,931 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
     <a:spDef>
       <a:spPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="25400" cap="flat">
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
         </a:ln>
         <a:effectLst/>
         <a:sp3d/>
       </a:spPr>
-      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="38100" rtlCol="0" anchor="t" upright="0">
+      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
         <a:spAutoFit/>
       </a:bodyPr>
       <a:lstStyle>
         <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
             <a:latin typeface="Cambria"/>
             <a:ea typeface="Cambria"/>
             <a:cs typeface="Cambria"/>
             <a:sym typeface="Cambria"/>
           </a:defRPr>
         </a:defPPr>
         <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl1pPr>
         <a:lvl2pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl2pPr>
         <a:lvl3pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl3pPr>
         <a:lvl4pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl4pPr>
         <a:lvl5pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl5pPr>
         <a:lvl6pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl6pPr>
         <a:lvl7pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl7pPr>
         <a:lvl8pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl8pPr>
         <a:lvl9pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
-        <a:lnRef idx="0"/>
-[...1 lines deleted...]
-        <a:effectRef idx="0"/>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr>
         <a:noFill/>
         <a:ln w="25400" cap="flat">
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
         </a:ln>
         <a:effectLst>
-          <a:outerShdw sx="100000" sy="100000" kx="0" ky="0" algn="b" rotWithShape="0" blurRad="38100" dist="20000" dir="5400000">
+          <a:outerShdw blurRad="38100" dist="20000" dir="5400000" rotWithShape="0">
             <a:srgbClr val="000000">
               <a:alpha val="38000"/>
             </a:srgbClr>
           </a:outerShdw>
         </a:effectLst>
         <a:sp3d/>
       </a:spPr>
-      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91439" tIns="45719" rIns="91439" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="t" upright="0">
+      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91439" tIns="45719" rIns="91439" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
         <a:noAutofit/>
       </a:bodyPr>
       <a:lstStyle>
         <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:defPPr>
         <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl1pPr>
         <a:lvl2pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl2pPr>
         <a:lvl3pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl3pPr>
         <a:lvl4pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl4pPr>
         <a:lvl5pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl5pPr>
         <a:lvl6pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl6pPr>
         <a:lvl7pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl7pPr>
         <a:lvl8pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl8pPr>
         <a:lvl9pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
-        <a:lnRef idx="0"/>
-[...1 lines deleted...]
-        <a:effectRef idx="0"/>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:lnDef>
     <a:txDef>
       <a:spPr>
         <a:noFill/>
         <a:ln w="12700" cap="flat">
           <a:noFill/>
           <a:miter lim="400000"/>
         </a:ln>
         <a:effectLst/>
         <a:sp3d/>
       </a:spPr>
-      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="38100" rtlCol="0" anchor="t" upright="0">
+      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
         <a:spAutoFit/>
       </a:bodyPr>
       <a:lstStyle>
         <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
             <a:latin typeface="Cambria"/>
             <a:ea typeface="Cambria"/>
             <a:cs typeface="Cambria"/>
             <a:sym typeface="Cambria"/>
           </a:defRPr>
         </a:defPPr>
         <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl1pPr>
         <a:lvl2pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl2pPr>
         <a:lvl3pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl3pPr>
         <a:lvl4pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl4pPr>
         <a:lvl5pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl5pPr>
         <a:lvl6pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl6pPr>
         <a:lvl7pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl7pPr>
         <a:lvl8pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl8pPr>
         <a:lvl9pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
           <a:lnSpc>
             <a:spcPct val="100000"/>
           </a:lnSpc>
           <a:spcBef>
             <a:spcPts val="0"/>
           </a:spcBef>
           <a:spcAft>
             <a:spcPts val="0"/>
           </a:spcAft>
           <a:buClrTx/>
           <a:buSzTx/>
           <a:buFontTx/>
           <a:buNone/>
           <a:tabLst/>
-          <a:defRPr b="0" baseline="0" cap="none" i="0" spc="0" strike="noStrike" sz="1800" u="none" kumimoji="0" normalizeH="0">
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
-        <a:lnRef idx="0"/>
-[...1 lines deleted...]
-        <a:effectRef idx="0"/>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>9</Pages>
+  <Words>2449</Words>
+  <Characters>14454</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>120</Lines>
+  <Paragraphs>33</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>16870</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Vojáková Ludmila, Mgr.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>