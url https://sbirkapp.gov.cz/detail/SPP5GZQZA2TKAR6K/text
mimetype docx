--- v0 (2025-12-16)
+++ v1 (2026-02-10)
@@ -629,129 +629,188 @@
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
       </w:pPr>
       <w:r>
         <w:t>Poplatkový subjekt uhradí poplatek správci poplatku nejpozději do 31. března následujícího kalendářního roku.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D91A996" w14:textId="77777777" w:rsidR="00082981" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t>Čl. 8</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6823ADB7" w14:textId="77777777" w:rsidR="00082981" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
       </w:pPr>
       <w:r>
         <w:t>Tato vyhláška nabývá účinnosti dnem 1. ledna 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60902C49" w14:textId="77777777" w:rsidR="00DA104E" w:rsidRDefault="00DA104E">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="323A0052" w14:textId="510F6D39" w:rsidR="00DA104E" w:rsidRDefault="00DA104E" w:rsidP="00DA104E">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Čl. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762B11CB" w14:textId="77777777" w:rsidR="00DA104E" w:rsidRDefault="00DA104E" w:rsidP="00DA104E">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zrušovací ustanovení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EA60BF" w14:textId="24F3FEA7" w:rsidR="00DA104E" w:rsidRDefault="00DA104E" w:rsidP="00DA104E">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Zrušuje se obecně závazná vyhláška č. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>./202</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, o</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> místním poplatku za obecní systém odpadového hospodářství </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ze dne </w:t>
+      </w:r>
+      <w:r>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313470C1" w14:textId="77777777" w:rsidR="009C5123" w:rsidRDefault="009C5123">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13B7777E" w14:textId="77777777" w:rsidR="009C5123" w:rsidRDefault="009C5123">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9641" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="4821"/>
       </w:tblGrid>
       <w:tr w:rsidR="00082981" w14:paraId="0584B2D6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3BCC3799" w14:textId="59F3B317" w:rsidR="00082981" w:rsidRDefault="009C5123">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
             <w:r>
-              <w:t>Miroslav Hochvald</w:t>
+              <w:t>Miroslav Hochvald v. r.</w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...2 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:br/>
               <w:t xml:space="preserve"> starosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="247DB490" w14:textId="7ED9CEC1" w:rsidR="00082981" w:rsidRDefault="009C5123">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
             <w:r>
-              <w:t>Martin Smutný</w:t>
+              <w:t>Martin Smutný v. r.</w:t>
             </w:r>
-            <w:r w:rsidR="00000000">
-[...2 lines deleted...]
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:br/>
               <w:t xml:space="preserve"> místostarosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00082981" w14:paraId="5D7DD99B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ECD69E6" w14:textId="77777777" w:rsidR="00082981" w:rsidRDefault="00082981">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
@@ -768,58 +827,58 @@
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39647233" w14:textId="77777777" w:rsidR="00082981" w:rsidRDefault="00082981">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4011E94C" w14:textId="77777777" w:rsidR="005E0D42" w:rsidRDefault="005E0D42"/>
     <w:sectPr w:rsidR="005E0D42" w:rsidSect="009C5123">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="142" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41FB64DB" w14:textId="77777777" w:rsidR="001622CC" w:rsidRDefault="001622CC">
+    <w:p w14:paraId="195AFAF7" w14:textId="77777777" w:rsidR="00244012" w:rsidRDefault="00244012">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="474A66B5" w14:textId="77777777" w:rsidR="001622CC" w:rsidRDefault="001622CC">
+    <w:p w14:paraId="75D5CD5B" w14:textId="77777777" w:rsidR="00244012" w:rsidRDefault="00244012">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
@@ -849,61 +908,61 @@
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="272D3E10" w14:textId="77777777" w:rsidR="001622CC" w:rsidRDefault="001622CC">
+    <w:p w14:paraId="2A599900" w14:textId="77777777" w:rsidR="00244012" w:rsidRDefault="00244012">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B10EEFA" w14:textId="77777777" w:rsidR="001622CC" w:rsidRDefault="001622CC">
+    <w:p w14:paraId="6433C196" w14:textId="77777777" w:rsidR="00244012" w:rsidRDefault="00244012">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="638BE84E" w14:textId="6E93FD12" w:rsidR="0067154B" w:rsidRDefault="00000000" w:rsidP="004B64BE">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10o odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="248C23A6" w14:textId="3E60815E" w:rsidR="0067154B" w:rsidRDefault="00000000" w:rsidP="004B64BE">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
@@ -1274,57 +1333,60 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00082981"/>
     <w:rsid w:val="00082981"/>
     <w:rsid w:val="001622CC"/>
     <w:rsid w:val="00204B57"/>
+    <w:rsid w:val="00244012"/>
     <w:rsid w:val="004B64BE"/>
     <w:rsid w:val="0055434F"/>
     <w:rsid w:val="005E0D42"/>
     <w:rsid w:val="0067154B"/>
     <w:rsid w:val="009C5123"/>
     <w:rsid w:val="00BD449E"/>
     <w:rsid w:val="00C65DFD"/>
+    <w:rsid w:val="00DA104E"/>
+    <w:rsid w:val="00F71F0E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6076D1D9"/>
@@ -2317,51 +2379,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>491</Words>
-  <Characters>2903</Characters>
+  <Words>514</Words>
+  <Characters>3033</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3388</CharactersWithSpaces>
+  <CharactersWithSpaces>3540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Miroslav Hochvald</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>