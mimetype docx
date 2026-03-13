--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -26,56 +26,62 @@
   <w:body>
     <w:p w14:paraId="1A03A67D" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzev"/>
       </w:pPr>
       <w:r>
         <w:t>Obec Lošany</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Zastupitelstvo obce Lošany</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1916D1B8" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
       <w:r>
         <w:t>Obecně závazná vyhláška obce Lošany</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>o místním poplatku za obecní systém odpadového hospodářství</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B783E30" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1B783E30" w14:textId="670350A2" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="UvodniVeta"/>
       </w:pPr>
       <w:r>
-        <w:t>Zastupitelstvo obce Lošany se na svém zasedání dne 25. listopadu 2025 usnesením č. 8/5/2025 usneslo vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
+        <w:t xml:space="preserve">Zastupitelstvo obce Lošany se na svém zasedání dne 25. listopadu 2025 usnesením č. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7615">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/5/2025 usneslo vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EF66FB5" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t>Čl. 1</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Úvodní ustanovení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F285C66" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Obec Lošany touto vyhláškou zavádí místní poplatek za obecní systém odpadového hospodářství (dále jen „poplatek“).</w:t>
       </w:r>
@@ -720,58 +726,58 @@
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="223438DA" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66A5D963" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:sectPr w:rsidR="00AC2DDF">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="590E77FD" w14:textId="77777777" w:rsidR="00792602" w:rsidRDefault="00792602">
+    <w:p w14:paraId="5BE378DA" w14:textId="77777777" w:rsidR="00564A76" w:rsidRDefault="00564A76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AD9855D" w14:textId="77777777" w:rsidR="00792602" w:rsidRDefault="00792602">
+    <w:p w14:paraId="5CA46017" w14:textId="77777777" w:rsidR="00564A76" w:rsidRDefault="00564A76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Liberation Serif">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
@@ -803,264 +809,264 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46CC387F" w14:textId="77777777" w:rsidR="00792602" w:rsidRDefault="00792602">
+    <w:p w14:paraId="4F4EE8F7" w14:textId="77777777" w:rsidR="00564A76" w:rsidRDefault="00564A76">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53AC4B33" w14:textId="77777777" w:rsidR="00792602" w:rsidRDefault="00792602">
+    <w:p w14:paraId="007B2D07" w14:textId="77777777" w:rsidR="00564A76" w:rsidRDefault="00564A76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="64E54072" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10o odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22083BC0" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="22083BC0" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="30E8E754" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 15 odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1EBDB9" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="6A1EBDB9" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="38615260" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10e zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A6CD1B7" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="4A6CD1B7" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p w14:paraId="4BB62442" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>Za přihlášení fyzické osoby se podle § 16c zákona o místních poplatcích považuje (a) přihlášení k trvalému pobytu podle zákona o evidenci obyvatel, nebo (b) ohlášení místa pobytu podle zákona o pobytu cizinců na území České republiky, zákona o azylu nebo zákona o dočasné ochraně cizinců, jde-li o cizince, (1.) kterému byl povolen trvalý pobyt, (2.) který na území České republiky pobývá přechodně po dobu delší než 3 měsíce, (3.) který je žadatelem o udělení mezinárodní ochrany nebo osobou strpěnou na území podle zákona o azylu anebo žadatelem o poskytnutí dočasné ochrany podle zákona o dočasné ochraně cizinců, nebo (4.) kterému byla udělena mezinárodní ochrana nebo jde o cizince požívajícího dočasné ochrany cizinců.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAB3E3C" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="1AAB3E3C" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="367F5372" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10p zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB11979" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:p w14:paraId="789FCC34" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:p w14:paraId="2569EB97" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
-    <w:p w14:paraId="6B7FCDB4" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="6B7FCDB4" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="21036808" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 14a odst. 1 a 2 zákona o místních poplatcích; v ohlášení poplatník uvede zejména své identifikační údaje a skutečnosti rozhodné pro stanovení poplatku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C92B61" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="07C92B61" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="4B91DFC3" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 14a odst. 4 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF380A8" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="1DF380A8" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="219B6920" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10h odst. 2 ve spojení s § 10o odst. 2 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B2DE60" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="03B2DE60" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="0009B576" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10h odst. 3 ve spojení s § 10o odst. 2 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="355FD399" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="355FD399" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="3845745C" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10g zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B8DC4A3" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
-    <w:p w14:paraId="506880D0" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="506880D0" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="54227F7B" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 14a odst. 6 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A817C4E" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:p w14:paraId="648AA861" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:p w14:paraId="366A8E98" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:p w14:paraId="30ED32A3" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:p w14:paraId="16BC73C1" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
     <w:p w14:paraId="56B1731A" w14:textId="77777777" w:rsidR="00AC2DDF" w:rsidRDefault="00AC2DDF"/>
-    <w:p w14:paraId="70998AED" w14:textId="77777777" w:rsidR="009A4A07" w:rsidRDefault="009A4A07"/>
+    <w:p w14:paraId="70998AED" w14:textId="77777777" w:rsidR="00B4783F" w:rsidRDefault="00B4783F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="335455A8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C72C9540"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1154,80 +1160,80 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="730229995">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1581212048">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1963681404">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC2DDF"/>
     <w:rsid w:val="002F3EA2"/>
-    <w:rsid w:val="005D3138"/>
+    <w:rsid w:val="00564A76"/>
     <w:rsid w:val="005F78AE"/>
-    <w:rsid w:val="00792602"/>
-    <w:rsid w:val="009A4A07"/>
+    <w:rsid w:val="0086232A"/>
     <w:rsid w:val="00AC2DDF"/>
+    <w:rsid w:val="00B4783F"/>
     <w:rsid w:val="00B5721D"/>
+    <w:rsid w:val="00DE7615"/>
     <w:rsid w:val="00E13148"/>
     <w:rsid w:val="00FD57C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>