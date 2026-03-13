--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -26,67 +26,79 @@
   <w:body>
     <w:p w14:paraId="376218FF" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzev"/>
       </w:pPr>
       <w:r w:rsidRPr="00C80660">
         <w:t>Obec Lubná</w:t>
       </w:r>
       <w:r w:rsidRPr="00C80660">
         <w:br/>
         <w:t>Zastupitelstvo obce Lubná</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4965BEF6" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
       </w:pPr>
       <w:r w:rsidRPr="00C80660">
         <w:t>Obecně závazná vyhláška obce Lubná</w:t>
       </w:r>
       <w:r w:rsidRPr="00C80660">
         <w:br/>
         <w:t>o místním poplatku za obecní systém odpadového hospodářství</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5BB26A" w14:textId="56EC34F7" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5F5BB26A" w14:textId="6E8BDA76" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="UvodniVeta"/>
       </w:pPr>
       <w:r w:rsidRPr="00C80660">
-        <w:t xml:space="preserve">Zastupitelstvo obce Lubná se na svém zasedání dne </w:t>
+        <w:t>Zastupitelstvo obce Lubná se na svém zasedání dne</w:t>
+      </w:r>
+      <w:r w:rsidR="00E606AB">
+        <w:t xml:space="preserve"> 9.12.2025 usnesení</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96CA1">
+        <w:t>m č</w:t>
+      </w:r>
+      <w:r w:rsidR="001754FB">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E606AB">
+        <w:t>ZOL/179/12/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00763707" w:rsidRPr="00C80660">
-        <w:t>…….</w:t>
+      <w:r w:rsidR="00E606AB">
+        <w:t xml:space="preserve">25 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80660">
+        <w:t xml:space="preserve"> usneslo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00763707" w:rsidRPr="00C80660">
-[...3 lines deleted...]
-        <w:t> 2025 usneslo vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
+      <w:r w:rsidRPr="00C80660">
+        <w:t xml:space="preserve"> vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BD87E8C" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C80660">
         <w:t>Čl. 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C80660">
         <w:br/>
         <w:t>Úvodní ustanovení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7BAC3C" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C80660">
         <w:t>Obec Lubná touto vyhláškou zavádí místní poplatek za obecní systém odpadového hospodářství (dále jen „poplatek“).</w:t>
       </w:r>
@@ -557,51 +569,51 @@
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A31DF6">
         <w:t xml:space="preserve">Čl. </w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31DF6">
         <w:br/>
         <w:t>Přechodné a zrušovací ustanovení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FAF609D" w14:textId="77777777" w:rsidR="0077714B" w:rsidRPr="00A31DF6" w:rsidRDefault="0077714B" w:rsidP="0077714B">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31DF6">
         <w:t>Poplatkové povinnosti vzniklé před nabytím účinnosti této vyhlášky se posuzují podle dosavadních právních předpisů.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661A443E" w14:textId="47484500" w:rsidR="0077714B" w:rsidRPr="00A31DF6" w:rsidRDefault="0077714B" w:rsidP="0077714B">
+    <w:p w14:paraId="661A443E" w14:textId="6E33459D" w:rsidR="0077714B" w:rsidRDefault="0077714B" w:rsidP="0077714B">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31DF6">
         <w:t xml:space="preserve">Zrušuje se obecně závazná vyhláška obce </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Lubná </w:t>
       </w:r>
       <w:r w:rsidRPr="00A31DF6">
         <w:t>č. 1/202</w:t>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31DF6">
         <w:t>, o místním poplatku za obecní systém odpadového hospodářství, ze dne </w:t>
       </w:r>
       <w:r>
         <w:t>5. prosince</w:t>
       </w:r>
@@ -650,59 +662,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="4821"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C80660" w:rsidRPr="00C80660" w14:paraId="1F72CCD2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="301B7E0A" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
             <w:r w:rsidRPr="00C80660">
-              <w:t xml:space="preserve">Ivana </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> v. r.</w:t>
+              <w:t>Ivana Skypalová v. r.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C80660">
               <w:br/>
               <w:t xml:space="preserve"> starostka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29BF0014" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
             <w:r w:rsidRPr="00C80660">
               <w:t>Bc. Jitka Šáchová v. r.</w:t>
             </w:r>
@@ -744,135 +748,134 @@
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E531C01" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="004D06DE">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C477239" w14:textId="77777777" w:rsidR="004D06DE" w:rsidRPr="00C80660" w:rsidRDefault="004D06DE"/>
     <w:sectPr w:rsidR="004D06DE" w:rsidRPr="00C80660">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FD44E58" w14:textId="77777777" w:rsidR="00A721C9" w:rsidRDefault="00A721C9">
+    <w:p w14:paraId="578B93D8" w14:textId="77777777" w:rsidR="00D3676A" w:rsidRDefault="00D3676A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B449C24" w14:textId="77777777" w:rsidR="00A721C9" w:rsidRDefault="00A721C9">
+    <w:p w14:paraId="2988621E" w14:textId="77777777" w:rsidR="00D3676A" w:rsidRDefault="00D3676A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PingFang SC">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43299EE5" w14:textId="77777777" w:rsidR="00A721C9" w:rsidRDefault="00A721C9">
+    <w:p w14:paraId="1FE33502" w14:textId="77777777" w:rsidR="00D3676A" w:rsidRDefault="00D3676A">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53A648EA" w14:textId="77777777" w:rsidR="00A721C9" w:rsidRDefault="00A721C9">
+    <w:p w14:paraId="2F72D824" w14:textId="77777777" w:rsidR="00D3676A" w:rsidRDefault="00D3676A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="6F49886A" w14:textId="6BC73CA2" w:rsidR="006861AF" w:rsidRDefault="00000000" w:rsidP="006D59FB">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10o odst. 1 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="1A30C197" w14:textId="3910DE0A" w:rsidR="006861AF" w:rsidRDefault="00000000" w:rsidP="006D59FB">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
@@ -1356,87 +1359,92 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D06DE"/>
-    <w:rsid w:val="00074C59"/>
     <w:rsid w:val="0008119D"/>
+    <w:rsid w:val="001754FB"/>
     <w:rsid w:val="00186A21"/>
     <w:rsid w:val="002158EB"/>
     <w:rsid w:val="002669AB"/>
     <w:rsid w:val="003E7D01"/>
+    <w:rsid w:val="004A6766"/>
     <w:rsid w:val="004D06DE"/>
     <w:rsid w:val="004F0DFB"/>
     <w:rsid w:val="005A2ADC"/>
     <w:rsid w:val="006147DE"/>
+    <w:rsid w:val="00616BEA"/>
+    <w:rsid w:val="006838DC"/>
     <w:rsid w:val="006861AF"/>
     <w:rsid w:val="00687039"/>
     <w:rsid w:val="006C1B5D"/>
     <w:rsid w:val="006D59FB"/>
     <w:rsid w:val="00731108"/>
     <w:rsid w:val="00763707"/>
     <w:rsid w:val="0077714B"/>
     <w:rsid w:val="007E045B"/>
     <w:rsid w:val="007E3764"/>
-    <w:rsid w:val="00857893"/>
     <w:rsid w:val="008B30A4"/>
     <w:rsid w:val="008F61FF"/>
-    <w:rsid w:val="00906498"/>
     <w:rsid w:val="009C7947"/>
     <w:rsid w:val="00A70D0E"/>
-    <w:rsid w:val="00A721C9"/>
     <w:rsid w:val="00AB2DEA"/>
     <w:rsid w:val="00AC7FF9"/>
     <w:rsid w:val="00B864FA"/>
+    <w:rsid w:val="00B96CA1"/>
     <w:rsid w:val="00BB753F"/>
     <w:rsid w:val="00C24F8A"/>
     <w:rsid w:val="00C80660"/>
     <w:rsid w:val="00C81529"/>
     <w:rsid w:val="00CA211D"/>
+    <w:rsid w:val="00CE100C"/>
+    <w:rsid w:val="00D3676A"/>
     <w:rsid w:val="00D65119"/>
     <w:rsid w:val="00DA751A"/>
+    <w:rsid w:val="00E606AB"/>
     <w:rsid w:val="00E86282"/>
+    <w:rsid w:val="00EE4154"/>
     <w:rsid w:val="00F2364F"/>
     <w:rsid w:val="00FB15EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2387,66 +2395,65 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>585</Words>
-  <Characters>3458</Characters>
+  <Words>590</Words>
+  <Characters>3481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4035</CharactersWithSpaces>
+  <CharactersWithSpaces>4063</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Ivana Skypalová</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>