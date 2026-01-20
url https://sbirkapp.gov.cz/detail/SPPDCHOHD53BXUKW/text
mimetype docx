--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -2016,85 +2016,67 @@
     </w:p>
     <w:p w14:paraId="13FB9B26" w14:textId="23F3F570" w:rsidR="002A3581" w:rsidRPr="00D52FC9" w:rsidRDefault="00417BC8" w:rsidP="00D52FC9">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ul. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ul. Svobody</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Svobody</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> lesem – papír, plast</w:t>
+        <w:t xml:space="preserve"> pod lesem – papír, plast</w:t>
       </w:r>
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>y včetně PET lahví</w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a drobných kovů</w:t>
@@ -2125,85 +2107,67 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="25211140" w14:textId="373DA9C0" w:rsidR="00417BC8" w:rsidRPr="00D52FC9" w:rsidRDefault="00417BC8" w:rsidP="002A28E4">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ul. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ul. Svobody</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Svobody</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> sokolovnou – papír, </w:t>
+        <w:t xml:space="preserve"> pod sokolovnou – papír, </w:t>
       </w:r>
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>plasty včetně PET lahví</w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a drobných kovů</w:t>
@@ -2227,85 +2191,67 @@
     </w:p>
     <w:p w14:paraId="5E59BDE6" w14:textId="21EAF19D" w:rsidR="00417BC8" w:rsidRPr="00D52FC9" w:rsidRDefault="00417BC8" w:rsidP="00D52FC9">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ul. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ul. Novosady</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Novosady</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> – papír, </w:t>
+        <w:t xml:space="preserve"> COOP – papír, </w:t>
       </w:r>
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>plasty včetně PET lahví</w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a drobných kovů</w:t>
@@ -2329,85 +2275,67 @@
     </w:p>
     <w:p w14:paraId="2B98692A" w14:textId="3A5FB0A2" w:rsidR="00417BC8" w:rsidRPr="00D52FC9" w:rsidRDefault="00417BC8" w:rsidP="00D52FC9">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ul. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ul. Záhorská</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Záhorská</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> Kostelní – papír, </w:t>
+        <w:t xml:space="preserve"> nádržka Kostelní – papír, </w:t>
       </w:r>
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>plasty včetně PET lahví</w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a drobných kovů</w:t>
@@ -2431,85 +2359,67 @@
     </w:p>
     <w:p w14:paraId="260A97E6" w14:textId="51E3C240" w:rsidR="00417BC8" w:rsidRPr="00D52FC9" w:rsidRDefault="00417BC8" w:rsidP="00D52FC9">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ul. Za </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ul. Za Hřbitovem</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Hřbitovem</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> brána – papír, </w:t>
+        <w:t xml:space="preserve"> spodní brána – papír, </w:t>
       </w:r>
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>plasty včetně PET lahví</w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a drobných kovů</w:t>
@@ -2533,173 +2443,145 @@
     </w:p>
     <w:p w14:paraId="406902AF" w14:textId="7C08EAE9" w:rsidR="00417BC8" w:rsidRPr="00D52FC9" w:rsidRDefault="00417BC8" w:rsidP="00D52FC9">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ul. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>ul. Smetanova</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10166">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Smetanova</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t xml:space="preserve"> cyklostezka – </w:t>
       </w:r>
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>biologicky rozložitelné odpady rostlinného původu</w:t>
       </w:r>
       <w:r w:rsidR="00D67440" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3265F5" w14:textId="52894912" w:rsidR="00417BC8" w:rsidRPr="00D52FC9" w:rsidRDefault="00417BC8" w:rsidP="00D52FC9">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ul. </w:t>
-[...8 lines deleted...]
-        <w:t>Záhorská</w:t>
+        <w:t>ul. Záhorská</w:t>
       </w:r>
       <w:r w:rsidR="00F10166">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Svinec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>biologicky rozložitelné odpady rostlinného původu</w:t>
       </w:r>
       <w:r w:rsidR="00D67440" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
@@ -2732,127 +2614,70 @@
       <w:r w:rsidR="00F22E71" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>biologicky rozložitelné odpady rostlinného původu</w:t>
       </w:r>
       <w:r w:rsidR="00D67440" w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D52FC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407A1698" w14:textId="0446543A" w:rsidR="005E3DCA" w:rsidRPr="005E3DCA" w:rsidRDefault="005E3DCA" w:rsidP="005E3DCA">
+    <w:p w14:paraId="2C246589" w14:textId="09138C09" w:rsidR="005E3DCA" w:rsidRPr="005E3DCA" w:rsidRDefault="00E8641C" w:rsidP="00E8641C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> rostlinného původu</w:t>
-[...47 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="367BC9A3" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="001E4E4C" w:rsidRDefault="0024722A" w:rsidP="001E4E4C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45F33AF8" w14:textId="2AE5E03B" w:rsidR="0024722A" w:rsidRPr="001E4E4C" w:rsidRDefault="0024722A" w:rsidP="00D52FC9">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
@@ -4558,75 +4383,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> umístěné </w:t>
       </w:r>
       <w:r w:rsidR="002A28E4" w:rsidRPr="002A28E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">na stanovištích ul. </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> lesem, ul. Svobody – pod sokolovnou, ul. Záhorská – nádržka Kostelní, ul. Za Hřbitovem – spodní brána,</w:t>
+        <w:t>na stanovištích ul. Svobody - pod lesem, ul. Svobody – pod sokolovnou, ul. Záhorská – nádržka Kostelní, ul. Za Hřbitovem – spodní brána,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F9ECF25" w14:textId="7DDACE09" w:rsidR="00CF5BE8" w:rsidRPr="001E4E4C" w:rsidRDefault="005F0210" w:rsidP="00D52FC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -5186,51 +4987,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53446DAE" w14:textId="3CCA2B09" w:rsidR="0024722A" w:rsidRDefault="0024722A" w:rsidP="001E4E4C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DB3307E" w14:textId="77777777" w:rsidR="00452BA1" w:rsidRPr="001E4E4C" w:rsidRDefault="00452BA1" w:rsidP="001E4E4C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03309E68" w14:textId="16C051E0" w:rsidR="0024722A" w:rsidRPr="001E4E4C" w:rsidRDefault="00565F28" w:rsidP="001E4E4C">
+    <w:p w14:paraId="03309E68" w14:textId="6FFFFD06" w:rsidR="0024722A" w:rsidRPr="001E4E4C" w:rsidRDefault="00565F28" w:rsidP="001E4E4C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="0024722A" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…………</w:t>
@@ -5301,51 +5102,69 @@
       <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="005E3DCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">              </w:t>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00537FC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3DCA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  …</w:t>
       </w:r>
       <w:r w:rsidR="005E3DCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5385,51 +5204,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="005E3DCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B39A85C" w14:textId="6BD2C3A6" w:rsidR="0024722A" w:rsidRPr="001E4E4C" w:rsidRDefault="007E1138" w:rsidP="001E4E4C">
+    <w:p w14:paraId="44334589" w14:textId="6236EBC6" w:rsidR="00E8641C" w:rsidRDefault="007E1138" w:rsidP="001E4E4C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="005E3DCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5446,344 +5265,360 @@
         </w:rPr>
         <w:t xml:space="preserve">Ing. Vojtech </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hanudeĺ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001E4E4C" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00537FC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>v.r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8641C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Ing. Antonín Ryšánek</w:t>
+      </w:r>
+      <w:r w:rsidR="00537FC2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v.r.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E4E4C" w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
       <w:r w:rsidR="005E3DCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:iCs/>
-[...9 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E3DCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:iCs/>
-[...3 lines deleted...]
-        <w:t>r.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8641C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F64F40E" w14:textId="629C836F" w:rsidR="00362DF8" w:rsidRPr="001E4E4C" w:rsidRDefault="00E8641C" w:rsidP="001E4E4C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="0024722A" w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>místostarosta</w:t>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="005E3DCA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001E4E4C">
-[...8 lines deleted...]
-      <w:r w:rsidR="001E4E4C" w:rsidRPr="001E4E4C">
+      <w:r w:rsidR="00565F28" w:rsidRPr="001E4E4C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3DCA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00537FC2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E3DCA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>v.</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidR="005E3DCA">
-[...43 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...61 lines deleted...]
-        </w:rPr>
         <w:t>starosta</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E4E4C">
+      <w:r w:rsidR="007E1138" w:rsidRPr="001E4E4C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00362DF8" w:rsidRPr="001E4E4C" w:rsidSect="00565F28">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6398ABC7" w14:textId="77777777" w:rsidR="00054E16" w:rsidRDefault="00054E16">
+    <w:p w14:paraId="18E65309" w14:textId="77777777" w:rsidR="009E0EF7" w:rsidRDefault="009E0EF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FFAC935" w14:textId="77777777" w:rsidR="00054E16" w:rsidRDefault="00054E16">
+    <w:p w14:paraId="0A0D395B" w14:textId="77777777" w:rsidR="009E0EF7" w:rsidRDefault="009E0EF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5814,58 +5649,58 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AC3DBF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5A4B598E" w14:textId="77777777" w:rsidR="00FB36A3" w:rsidRDefault="00FB36A3">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0A5B4C85" w14:textId="77777777" w:rsidR="009F1035" w:rsidRDefault="009F1035"/>
   <w:p w14:paraId="4FE3CA25" w14:textId="77777777" w:rsidR="009F1035" w:rsidRDefault="009F1035"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="591F6FAC" w14:textId="77777777" w:rsidR="00054E16" w:rsidRDefault="00054E16">
+    <w:p w14:paraId="55295B85" w14:textId="77777777" w:rsidR="009E0EF7" w:rsidRDefault="009E0EF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36962564" w14:textId="77777777" w:rsidR="00054E16" w:rsidRDefault="00054E16">
+    <w:p w14:paraId="1E86A8E1" w14:textId="77777777" w:rsidR="009E0EF7" w:rsidRDefault="009E0EF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="518B1406" w14:textId="77777777" w:rsidR="006B58B2" w:rsidRPr="00DF28D8" w:rsidRDefault="006B58B2">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 61 zákona o</w:t>
@@ -9771,51 +9606,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="747456331">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -9965,50 +9800,51 @@
     <w:rsid w:val="00431942"/>
     <w:rsid w:val="00435697"/>
     <w:rsid w:val="00436EEC"/>
     <w:rsid w:val="00452BA1"/>
     <w:rsid w:val="00453AB3"/>
     <w:rsid w:val="00454CFE"/>
     <w:rsid w:val="00471DDC"/>
     <w:rsid w:val="004761AD"/>
     <w:rsid w:val="00476A0B"/>
     <w:rsid w:val="00492D2F"/>
     <w:rsid w:val="004966EB"/>
     <w:rsid w:val="004B018B"/>
     <w:rsid w:val="004C5CD8"/>
     <w:rsid w:val="004D0009"/>
     <w:rsid w:val="004D30A2"/>
     <w:rsid w:val="004D3973"/>
     <w:rsid w:val="004D5A15"/>
     <w:rsid w:val="004E2D73"/>
     <w:rsid w:val="00502A5D"/>
     <w:rsid w:val="00503F10"/>
     <w:rsid w:val="00505735"/>
     <w:rsid w:val="005105A3"/>
     <w:rsid w:val="0051226B"/>
     <w:rsid w:val="0052041F"/>
     <w:rsid w:val="00525ABF"/>
+    <w:rsid w:val="00537FC2"/>
     <w:rsid w:val="00540721"/>
     <w:rsid w:val="00540BAC"/>
     <w:rsid w:val="00543342"/>
     <w:rsid w:val="00543380"/>
     <w:rsid w:val="0054776B"/>
     <w:rsid w:val="00547890"/>
     <w:rsid w:val="00550D41"/>
     <w:rsid w:val="00552FFF"/>
     <w:rsid w:val="00553B78"/>
     <w:rsid w:val="00555FEB"/>
     <w:rsid w:val="00560DED"/>
     <w:rsid w:val="00565636"/>
     <w:rsid w:val="00565F28"/>
     <w:rsid w:val="0056694A"/>
     <w:rsid w:val="00576E29"/>
     <w:rsid w:val="00583788"/>
     <w:rsid w:val="00584D37"/>
     <w:rsid w:val="0059780C"/>
     <w:rsid w:val="005A3FFD"/>
     <w:rsid w:val="005C0885"/>
     <w:rsid w:val="005C7494"/>
     <w:rsid w:val="005C7FAC"/>
     <w:rsid w:val="005D29B1"/>
     <w:rsid w:val="005D6CD7"/>
     <w:rsid w:val="005D78B7"/>
@@ -10123,61 +9959,63 @@
     <w:rsid w:val="00923300"/>
     <w:rsid w:val="00923469"/>
     <w:rsid w:val="00931E61"/>
     <w:rsid w:val="009401A1"/>
     <w:rsid w:val="00940656"/>
     <w:rsid w:val="0094179C"/>
     <w:rsid w:val="00951700"/>
     <w:rsid w:val="00963A13"/>
     <w:rsid w:val="009722E1"/>
     <w:rsid w:val="00973C0E"/>
     <w:rsid w:val="009743BA"/>
     <w:rsid w:val="009774F4"/>
     <w:rsid w:val="00984490"/>
     <w:rsid w:val="009859B0"/>
     <w:rsid w:val="0099441B"/>
     <w:rsid w:val="009A0DDF"/>
     <w:rsid w:val="009A1A48"/>
     <w:rsid w:val="009A3D39"/>
     <w:rsid w:val="009A64B8"/>
     <w:rsid w:val="009B50E5"/>
     <w:rsid w:val="009B680A"/>
     <w:rsid w:val="009B77CC"/>
     <w:rsid w:val="009C7464"/>
     <w:rsid w:val="009D5C19"/>
     <w:rsid w:val="009E0102"/>
+    <w:rsid w:val="009E0EF7"/>
     <w:rsid w:val="009E4450"/>
     <w:rsid w:val="009E5176"/>
     <w:rsid w:val="009F1035"/>
     <w:rsid w:val="009F5BB9"/>
     <w:rsid w:val="00A07653"/>
     <w:rsid w:val="00A11DFF"/>
     <w:rsid w:val="00A23FF9"/>
     <w:rsid w:val="00A25B5E"/>
     <w:rsid w:val="00A33FDC"/>
     <w:rsid w:val="00A342C0"/>
     <w:rsid w:val="00A47650"/>
+    <w:rsid w:val="00A51331"/>
     <w:rsid w:val="00A532C2"/>
     <w:rsid w:val="00A61EAE"/>
     <w:rsid w:val="00A625BA"/>
     <w:rsid w:val="00A62EC3"/>
     <w:rsid w:val="00A64714"/>
     <w:rsid w:val="00A773EE"/>
     <w:rsid w:val="00A81D11"/>
     <w:rsid w:val="00A90A65"/>
     <w:rsid w:val="00A90CF0"/>
     <w:rsid w:val="00A94551"/>
     <w:rsid w:val="00A9554C"/>
     <w:rsid w:val="00AA1F36"/>
     <w:rsid w:val="00AA408A"/>
     <w:rsid w:val="00AB3FF3"/>
     <w:rsid w:val="00AB44E2"/>
     <w:rsid w:val="00AB4897"/>
     <w:rsid w:val="00AB61B3"/>
     <w:rsid w:val="00AB64CD"/>
     <w:rsid w:val="00AC1028"/>
     <w:rsid w:val="00AC13C7"/>
     <w:rsid w:val="00AC2295"/>
     <w:rsid w:val="00AC36A0"/>
     <w:rsid w:val="00AC3DBF"/>
     <w:rsid w:val="00AC4B55"/>
     <w:rsid w:val="00AC5007"/>
@@ -10225,95 +10063,98 @@
     <w:rsid w:val="00C819B3"/>
     <w:rsid w:val="00C8342C"/>
     <w:rsid w:val="00C9368B"/>
     <w:rsid w:val="00C9369A"/>
     <w:rsid w:val="00C94283"/>
     <w:rsid w:val="00CA5511"/>
     <w:rsid w:val="00CB176B"/>
     <w:rsid w:val="00CB5394"/>
     <w:rsid w:val="00CB5754"/>
     <w:rsid w:val="00CB5E14"/>
     <w:rsid w:val="00CC4B32"/>
     <w:rsid w:val="00CE1581"/>
     <w:rsid w:val="00CE34F9"/>
     <w:rsid w:val="00CF0B79"/>
     <w:rsid w:val="00CF5BE8"/>
     <w:rsid w:val="00CF6192"/>
     <w:rsid w:val="00D04C14"/>
     <w:rsid w:val="00D13DB8"/>
     <w:rsid w:val="00D226C7"/>
     <w:rsid w:val="00D2467D"/>
     <w:rsid w:val="00D25BA7"/>
     <w:rsid w:val="00D27F18"/>
     <w:rsid w:val="00D310A6"/>
     <w:rsid w:val="00D4132C"/>
     <w:rsid w:val="00D44ECF"/>
+    <w:rsid w:val="00D5178C"/>
     <w:rsid w:val="00D51D24"/>
     <w:rsid w:val="00D52FC9"/>
     <w:rsid w:val="00D546F5"/>
     <w:rsid w:val="00D62F8B"/>
     <w:rsid w:val="00D67440"/>
     <w:rsid w:val="00D7341B"/>
     <w:rsid w:val="00D736CB"/>
     <w:rsid w:val="00D832B7"/>
     <w:rsid w:val="00D91A41"/>
     <w:rsid w:val="00DB2051"/>
     <w:rsid w:val="00DC3C0A"/>
     <w:rsid w:val="00DE0A5F"/>
     <w:rsid w:val="00DE54A3"/>
     <w:rsid w:val="00DF28D8"/>
     <w:rsid w:val="00E04C79"/>
     <w:rsid w:val="00E11050"/>
     <w:rsid w:val="00E117FD"/>
     <w:rsid w:val="00E12C86"/>
     <w:rsid w:val="00E2491F"/>
     <w:rsid w:val="00E318DB"/>
     <w:rsid w:val="00E42543"/>
     <w:rsid w:val="00E428C5"/>
     <w:rsid w:val="00E555A1"/>
     <w:rsid w:val="00E5685C"/>
     <w:rsid w:val="00E5725E"/>
     <w:rsid w:val="00E66B2E"/>
     <w:rsid w:val="00E72053"/>
     <w:rsid w:val="00E8031C"/>
+    <w:rsid w:val="00E8641C"/>
     <w:rsid w:val="00E87A75"/>
     <w:rsid w:val="00E87B0B"/>
     <w:rsid w:val="00E92D8B"/>
     <w:rsid w:val="00EA1B4D"/>
     <w:rsid w:val="00EB2DCF"/>
     <w:rsid w:val="00EB4815"/>
     <w:rsid w:val="00EB486C"/>
     <w:rsid w:val="00EB7D8D"/>
     <w:rsid w:val="00EF0F4E"/>
     <w:rsid w:val="00F00E31"/>
     <w:rsid w:val="00F10166"/>
     <w:rsid w:val="00F11FC3"/>
     <w:rsid w:val="00F17575"/>
     <w:rsid w:val="00F1773A"/>
     <w:rsid w:val="00F20DEA"/>
     <w:rsid w:val="00F22E71"/>
     <w:rsid w:val="00F301DF"/>
+    <w:rsid w:val="00F32C5C"/>
     <w:rsid w:val="00F349F4"/>
     <w:rsid w:val="00F37B51"/>
     <w:rsid w:val="00F45D43"/>
     <w:rsid w:val="00F47FED"/>
     <w:rsid w:val="00F51A5D"/>
     <w:rsid w:val="00F534BD"/>
     <w:rsid w:val="00F53E58"/>
     <w:rsid w:val="00F57F1D"/>
     <w:rsid w:val="00F67C91"/>
     <w:rsid w:val="00F71191"/>
     <w:rsid w:val="00F724DF"/>
     <w:rsid w:val="00F76A45"/>
     <w:rsid w:val="00F77173"/>
     <w:rsid w:val="00F771CC"/>
     <w:rsid w:val="00F876B3"/>
     <w:rsid w:val="00F87C7D"/>
     <w:rsid w:val="00FA33FD"/>
     <w:rsid w:val="00FA3D38"/>
     <w:rsid w:val="00FB298C"/>
     <w:rsid w:val="00FB317C"/>
     <w:rsid w:val="00FB36A3"/>
     <w:rsid w:val="00FB4709"/>
     <w:rsid w:val="00FB6AE5"/>
     <w:rsid w:val="00FB6FF1"/>
     <w:rsid w:val="00FC59DA"/>
@@ -11460,71 +11301,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F086A947-7022-4B9D-9289-F1EE0FB76F02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5620</Characters>
+  <Pages>1</Pages>
+  <Words>938</Words>
+  <Characters>5541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6559</CharactersWithSpaces>
+  <CharactersWithSpaces>6467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Asus</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>