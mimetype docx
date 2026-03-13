--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -2,4137 +2,2871 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="616F135B" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>OBEC LUŽICE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7D467547" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="144" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Zastupitelstvo obce Lužice</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="130E223A" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Obecně závazná vyhláška obce Lužice </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2043C13F" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Zhlav"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">o místním poplatku za odkládání komunálního odpadu z nemovité věci </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="62594DE0" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="en-US"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170D68DD" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00895743">
       <w:pPr>
         <w:pStyle w:val="Zhlav"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000" w:rsidP="00EB7AF5">
+    <w:p w14:paraId="787C9BA2" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000" w:rsidP="00EB7AF5">
       <w:pPr>
         <w:pStyle w:val="nzevzkona"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Zastupitelstvo obce Lužice se na sv</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Zastupitelstvo obce Lužice se na svém zasedání dne 21.4.2023 usnesením č. 5/02/2023 usneslo vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">m zasedání dne 21.4.2023 usnesením č. 5/02/2023 usneslo vydat na základě § </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>), a v souladu s § 10 písm. d)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7AF5" w:rsidRPr="00A85F89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ákona č</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „tato vyhláška</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="pt-PT"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ístních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích</w:t>
-[...67 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">): </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5F6B7C47" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398B9552" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Úvodní ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3AEC4959" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...41 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Obec Lužice touto vyhláškou zavádí místní poplatek za odkládání komunálního odpadu z nemovité věci (dále jen „poplatek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl/>
-          <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="15C6BE04" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Správcem poplatku je obecní úřad.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="04745B66" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE31784" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Předmět poplatku, poplatník a plátce</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="690A1D62" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...60 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Předmětem poplatku je odkládání směsného komunálního odpadu z jednotlivé nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, která se nachází na území obce.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="44163150" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Poplatníkem poplatku je</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="226E9571" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) fyzická osoba, která má v nemovité věci bydliště, nebo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0767DF8E" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) vlastník nemovité věci, ve které nemá bydliště žádná fyzická osoba. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F7F359" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Plátcem poplatku je</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="613F6FFA" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a) společenství vlastníků jednotek, pokud pro dům vzniklo, nebo </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="59B7B112" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) vlastník nemovité věci v ostatních případech. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7710E4EA" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Plátce poplatku je povinen vybrat poplatek od poplatníka</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5E2ADBFE" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...26 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Spoluvlastníci nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci jsou povinni plnit poplatkovou povinnost společně a nerozdílně.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2D468A33" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:ind w:left="4185" w:firstLine="63"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">       Č</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">       Čl. 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063081B9" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:ind w:left="3477" w:firstLine="63"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Poplatkové období</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DED5CB8" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Poplatkovým obdobím poplatku je kalendářní rok.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="660AAF65" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F7AA81" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Ohlašovací povinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3254F786" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Plátce poplatku je povinen podat správci poplatku ohlášení nejpozději do 30 dnů ode dne, kdy nabyl postavení plátce poplatku. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00A88F4C" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>V ohlášení plátce poplatku uvede</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5D8E1240" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...104 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>jméno, popřípadě jména, a příjmení nebo název, obecný identifikátor, byl-li přidělen, místo pobytu nebo sídlo, sídlo podnikatele, popřípadě další adresu pro doručování; právnická osoba uvede též osoby, které jsou jejím jménem oprávněny jednat v poplatkových věcech,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5F1192" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>čísla všech svých účtů u poskytovatelů platebních služeb, včetně poskytovatelů těchto služeb v zahraničí, užívaných v souvislosti s podnikatelskou činností, v případě, že předmět poplatku souvisí s podnikatelskou činností plátce,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1031D7B2" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="it-IT"/>
-[...71 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>další údaje rozhodné pro stanovení poplatku, zejména identifikační údaje nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci podle katastru nemovitostí.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632C9058" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...145 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Plátce poplatku, který nemá sídlo nebo bydliště na území členského státu Evropské unie, jiného smluvního státu Dohody o Evropském hospodářském prostoru nebo Švýcarské konfederace, uvede také adresu svého zmocněnce v tuzemsku pro doručování.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3FAA6127" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Dojde-li ke změně údajů uvedených v ohlášení, je plátce povinen tuto změnu oznámit do 15 dnů ode dne, kdy nastala.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="065DDF33" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...52 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Povinnost ohlásit údaj podle odstavce 2 nebo jeho změnu se nevztahuje na údaj, který může správce poplatku automatizovaným způsobem zjistit z rejstříků nebo evidencí, do nichž má zřízen automatizovaný přístup. Okruh těchto údajů zveřejní správce poplatku na své úřední desce.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5A486CAF" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Není-li plátce, plní ohlašovací povinnost poplatník.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="277E6884" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377C5BDB" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Základ poplatku</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="38DCBA79" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Základem dílčího poplatku je objem odpadu odloženého z nemovité věci za kalendářní měsíc v litrech připadajícího na poplatníka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EA8C9A" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Objemem odpadu odloženého z nemovité věci za kalendářní měsíc připadající na poplatníka je </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F209ED9" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>a) podíl objemu odpadu odložen</w:t>
-[...104 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+        <w:t>a) podíl objemu odpadu odloženého z této nemovité věci za kalendářní měsíc a počtu fyzických osob, které v této nemovité věci mají bydliště na konci kalendářního měsíce, nebo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517ADFCB" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...58 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) objem odpadu odloženého z této nemovité věci za kalendářní měsíc v případě, že </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v nemovité věci nemá bydliště žádná fyzická osoba. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E85D6A" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A549035" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Sazba poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="192D4641" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Sazba poplatku činí 0,45 Kč za l.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="78ECEEF8" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3498AB9C" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Výpočet poplatku</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5FFC61E7" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poplatek se vypočte jako součet dílčích poplatků za jednotlivé kalendářní měsíce, na jejichž konci </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7044B9C6" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) měl poplatník v nemovité věci bydliště, nebo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1797DF7D" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...61 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) neměla v nemovité věci bydliště žádná fyzická osoba v případě, že poplatníkem je vlastník této nemovité věci. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386569F2" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...61 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dílčí poplatek za kalendářní měsíc se vypočte jako součin základu dílčího poplatku zaokrouhleného na celé litry nahoru a sazby pro tento základ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259E30D9" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00895743">
       <w:pPr>
         <w:spacing w:before="120" w:after="60" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C4B6B2" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A1978A" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Splatnost poplatku</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="333F70E9" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...44 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Plátce poplatku odvede vybraný poplatek správci poplatku ve lhůtě 30 dnů ode dne doručení platebního výměru nebo hromadného předpisného seznamu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DB6414" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Není-li plátce poplatku, zaplatí poplatek ve lhůtě podle odstavce 1 poplatník.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+    <w:p w14:paraId="329B070B" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00895743">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0069F82F" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C62C59D" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Navýšení poplatku</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="17"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="74440E1F" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
-        </w:rPr>
-[...138 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Pokud plátce poplatku neodvede, nebo poplatník nezaplatí tento poplatek včas, může jim správce poplatku vyměřit platebním výměrem nebo hromadným předpisným seznamem zvýšení neodvedeného nebo nezaplaceného poplatku, nebo jejich části, až na trojnásobek. Toto zvýšení je příslušenstvím poplatku a je splatné ve lhůtě 30 dnů ode dne doručení platebního výměru nebo hromadného předpisného seznamu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DEADAD" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">     Č</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">     Čl. 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B9ADC7" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Společná ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1C4C5C60" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...43 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Ustanovení o nemovité věci se použijí obdobně i na jednotku, která je vymezena podle zákona o vlastnictví bytů, spolu s touto jednotkou spojeným podílem na společných částech domu, a pokud je s ní spojeno vlastnictví k pozemku, tak i spolu s podílem na tomto pozemku.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="18"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="38808161" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...77 lines deleted...]
-      <w:r>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Na svěřenský fond, podílový fond nebo fond obhospodařovaný penzijní společností, do kterých je vložena nemovitá věc, se pro účely poplatků za komunální odpad hledí jako na vlastníka této nemovité věci.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:footnoteReference w:id="19"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="34F02A0D" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C89F6F5" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Přechodné ustanovení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D404B9" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...61 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>Poplatkové povinnosti vzniklé před nabytím účinnosti této vyhlášky se posuzují podle dosavadních právních předpisů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C60075" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520C3469" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Zrušovací ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="39438AEB" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Zrušuje se Obecně závazná vyhláška obce Lužice č. 2/2021 o místním poplatku za odkládání komunálního odpadu z nemovité věci, schválená zastupitelstvem obce dne 18.10.2021 usnesením č. 18/3.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F352CFD" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Čl. 13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660BDB05" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6FDE4B6B" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tato vyhláška nabývá účinnosti dnem 1. června 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E004AB2" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00895743">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="1A4BD6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="1A4BD6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+    <w:p w14:paraId="2C3E6E33" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00895743">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="1A4BD6"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:color="1A4BD6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+    <w:p w14:paraId="721664B4" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00895743">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="1A4BD6"/>
           <w:u w:color="1A4BD6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+    <w:p w14:paraId="602246D9" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00895743">
       <w:pPr>
         <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E04DD9B" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ivo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cibuzar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A85F89">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, v.r. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Jana Svobodová, v.r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3BB656EE" w14:textId="77777777" w:rsidR="00895743" w:rsidRPr="00A85F89" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>místostarosta</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A85F89">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>starosta</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00895743">
+    <w:sectPr w:rsidR="00895743" w:rsidRPr="00A85F89">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1440" w:left="1080" w:header="360" w:footer="360" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00857FAD" w:rsidRDefault="00857FAD">
+    <w:p w14:paraId="19E503A1" w14:textId="77777777" w:rsidR="00FB4CEE" w:rsidRDefault="00FB4CEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00857FAD" w:rsidRDefault="00857FAD">
+    <w:p w14:paraId="13863BEF" w14:textId="77777777" w:rsidR="00FB4CEE" w:rsidRDefault="00FB4CEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="06E11AE7" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9046"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EB7AF5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00857FAD" w:rsidRDefault="00857FAD">
+    <w:p w14:paraId="146935E4" w14:textId="77777777" w:rsidR="00FB4CEE" w:rsidRDefault="00FB4CEE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00857FAD" w:rsidRDefault="00857FAD">
+    <w:p w14:paraId="2F167644" w14:textId="77777777" w:rsidR="00FB4CEE" w:rsidRDefault="00FB4CEE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00857FAD" w:rsidRDefault="00857FAD"/>
+    <w:p w14:paraId="74417F3C" w14:textId="77777777" w:rsidR="00FB4CEE" w:rsidRDefault="00FB4CEE"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="077A516C" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>§ 15 odst. 1 zá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>kona, o m</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ístních poplatcích</w:t>
-[...22 lines deleted...]
-      </w:r>
+        <w:t>ístních</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10j zákona o místních poplatcích</w:t>
+        <w:t xml:space="preserve"> poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+  <w:footnote w:id="3">
+    <w:p w14:paraId="7A9259E6" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
-          <w:vertAlign w:val="superscript"/>
-[...7 lines deleted...]
-        <w:t>§</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> §</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10i zákona o místních poplatcích</w:t>
+        <w:t xml:space="preserve"> 10j zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+  <w:footnote w:id="4">
+    <w:p w14:paraId="5B8FC4B3" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> § </w:t>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t>§</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>10n odst. 1  zákona o místních poplatcích</w:t>
+        <w:t xml:space="preserve"> 10i zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+  <w:footnote w:id="5">
+    <w:p w14:paraId="3579FE17" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> § </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>10n odst. 2  zákona o místních poplatcích</w:t>
+        <w:t xml:space="preserve">10n odst. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1  zákona</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="241583E3" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10n odst. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2  zákona</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="68715289" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> §</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="nl-NL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10p z</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...23 lines deleted...]
-      </w:r>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>10p z</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>§ 10o odst. 1 zákona o místních poplatcích</w:t>
-[...16 lines deleted...]
-      </w:r>
+        <w:t>ákona</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 14a odst. 2 zákona o místních poplatcích</w:t>
+        <w:t xml:space="preserve"> o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+  <w:footnote w:id="8">
+    <w:p w14:paraId="5E783F03" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 14a odst. 3 zákona o místních poplatcích</w:t>
+        <w:t>§ 10o odst. 1 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="11">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+  <w:footnote w:id="9">
+    <w:p w14:paraId="46164FD9" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 14a odst. 4 zákona o místních poplatcích</w:t>
+        <w:t xml:space="preserve"> § 14a odst. 2 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="12">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+  <w:footnote w:id="10">
+    <w:p w14:paraId="6102180A" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve"> § 14a odst. 3 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="11">
+    <w:p w14:paraId="28611A2A" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 14a odst. 4 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="12">
+    <w:p w14:paraId="303591A1" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Textpoznpodarou"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>§ 14a odst. 5 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="12209533" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Absenc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>í plátce je míněna situace, kdy je osoba poplatníka a plátce totožná (např. vlastník nemovit</w:t>
-      </w:r>
+        <w:t xml:space="preserve">í plátce je míněna situace, kdy je osoba poplatníka a plátce totožná (např. vlastník </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nemovit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">é </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>vě</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>ci, v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> níž nemá nikdo bydliště) a jedná tudíž pouze v postavení poplatníka. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0708727D" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> § </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>10k ve spojení s § 10o odst. 2 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6A1CD849" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve">  § </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>10m ve spojení s § 10o odst. 2 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6FA24F2B" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> § </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>11 odst. 4 věta třetí zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="40C41EFB" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> § </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>11 odst. 4 věta čtvrtá a pátá zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3EE54E7D" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>10q z</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ákona o místních poplatcích</w:t>
+        <w:t>ákona</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
-    <w:p w:rsidR="00895743" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7E00D9F0" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>10r z</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ákona o místních poplatcích</w:t>
+        <w:t>ákona</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00895743" w:rsidRDefault="00895743">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B05A3E5" w14:textId="77777777" w:rsidR="00895743" w:rsidRDefault="00895743">
     <w:pPr>
       <w:pStyle w:val="Zhlavazpat"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="017D383E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74763B64"/>
     <w:numStyleLink w:val="Importovanstyl2"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F0D23E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D63C3CB2"/>
     <w:numStyleLink w:val="Importovanstyl4"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ACA43DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBC212A2"/>
     <w:numStyleLink w:val="Importovanstyl3"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BDB3957"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D63C3CB2"/>
     <w:styleLink w:val="Importovanstyl4"/>
     <w:lvl w:ilvl="0" w:tplc="0D364E6C">
       <w:start w:val="1"/>
@@ -5931,267 +4665,267 @@
         <w:imprint w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="686517914">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="576091924">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1216550125">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="422722561">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="120653130">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
-      <w:lvl w:ilvl="0" w:tplc="B96AC2D6">
+      <w:lvl w:ilvl="0" w:tplc="DBA83EAA">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="(%1)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="567" w:hanging="567"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
-      <w:lvl w:ilvl="1" w:tplc="014AE394">
+      <w:lvl w:ilvl="1" w:tplc="79426EBA">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1221" w:hanging="567"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
-      <w:lvl w:ilvl="2" w:tplc="61D457E8">
+      <w:lvl w:ilvl="2" w:tplc="49025458">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%3."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="1941" w:hanging="497"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
-      <w:lvl w:ilvl="3" w:tplc="B212EA48">
+      <w:lvl w:ilvl="3" w:tplc="051A117E">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%4."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2661" w:hanging="567"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
-      <w:lvl w:ilvl="4" w:tplc="81B8CE9A">
+      <w:lvl w:ilvl="4" w:tplc="8528B096">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%5."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3381" w:hanging="567"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
-      <w:lvl w:ilvl="5" w:tplc="A33E0AA0">
+      <w:lvl w:ilvl="5" w:tplc="ED124F2C">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%6."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4101" w:hanging="497"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
-      <w:lvl w:ilvl="6" w:tplc="E3F84974">
+      <w:lvl w:ilvl="6" w:tplc="DF1A6902">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%7."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="4821" w:hanging="567"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
-      <w:lvl w:ilvl="7" w:tplc="77EE5FF4">
+      <w:lvl w:ilvl="7" w:tplc="F926DF18">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="5541" w:hanging="567"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
-      <w:lvl w:ilvl="8" w:tplc="A762F1FE">
+      <w:lvl w:ilvl="8" w:tplc="357899E2">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="6261" w:hanging="497"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hAnsi="Arial Unicode MS"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:dstrike w:val="0"/>
           <w:outline w:val="0"/>
           <w:emboss w:val="0"/>
           <w:imprint w:val="0"/>
           <w:spacing w:val="0"/>
           <w:w w:val="100"/>
           <w:kern w:val="0"/>
           <w:position w:val="0"/>
           <w:highlight w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
@@ -6208,109 +4942,114 @@
   <w:num w:numId="9" w16cid:durableId="508253622">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="62921706">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="565577838">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="801266388">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="692851768">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="866216817">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="479035231">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00895743"/>
+    <w:rsid w:val="00065C6F"/>
     <w:rsid w:val="00857FAD"/>
     <w:rsid w:val="00895743"/>
+    <w:rsid w:val="00A267D6"/>
+    <w:rsid w:val="00A85F89"/>
     <w:rsid w:val="00EB7AF5"/>
+    <w:rsid w:val="00FB4CEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="658AEB20"/>
+  <w14:docId w14:val="6FE254E2"/>
   <w15:docId w15:val="{E0C8A037-4DE0-405D-BA03-B29CA592FE66}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6933,51 +5672,51 @@
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Importovanstyl7">
     <w:name w:val="Importovaný styl 7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zkladntext">
     <w:name w:val="Body Text"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:color="000000"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Motiv Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="A7A7A7"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="535353"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -8015,52 +6754,53 @@
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>863</Words>
   <Characters>5095</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5947</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Vojáková Ludmila, Mgr.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>