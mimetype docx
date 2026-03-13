--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -3,108 +3,121 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6CFDCECD" w14:textId="276B2454" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="001B6D67" w:rsidP="00D02E2E">
+    <w:p w14:paraId="6CFDCECD" w14:textId="276B2454" w:rsidR="009112D2" w:rsidRDefault="001B6D67" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nzev"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk217217913"/>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Obec Lhota u Lysic</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Zastupitelstvo obce Lhota u Lysic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF372E0" w14:textId="543020ED" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="3EF452EC" w14:textId="77777777" w:rsidR="001538EE" w:rsidRPr="001538EE" w:rsidRDefault="001538EE" w:rsidP="001538EE">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FF372E0" w14:textId="4EE5DD7B" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Obecně závazná vyhláška </w:t>
+      </w:r>
+      <w:r w:rsidR="008731C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">č.1/2025 </w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>obce Lhota u Lysic</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>o místním poplatku za obecní systém odpadového hospodářství</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198AE481" w14:textId="6CE4AE9B" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="198AE481" w14:textId="6CE4AE9B" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="UvodniVeta"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastupitelstvo </w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>obce Lhota u Lysic</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -119,1096 +132,1121 @@
         </w:rPr>
         <w:t>12.12</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00484928">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> usneslo vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="006CD646" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="002359CB">
+    <w:p w14:paraId="006CD646" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Úvodní ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A64F1C0" w14:textId="6423100D" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="001B6D67" w:rsidP="00B37F04">
+    <w:p w14:paraId="6A64F1C0" w14:textId="6423100D" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="001B6D67" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Obec Lhota u Lysic touto vyhláškou zavádí místní poplatek za obecní systém odpadového hospodářství (dále jen „poplatek“).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9B470A" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="3D9B470A" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatkovým obdobím poplatku je kalendářní rok</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09012C58" w14:textId="06F8073C" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="09012C58" w14:textId="06F8073C" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Správcem poplatku je </w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>obecní</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> úřad</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0EDA0E" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00D02E2E">
+    <w:p w14:paraId="0D0EDA0E" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Poplatník</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCFF367" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="0DCFF367" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatníkem poplatku je</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB95F40" w14:textId="52DD5DAB" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="7DB95F40" w14:textId="52DD5DAB" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fyzická osoba přihlášená v</w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> obci</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B881A3A" w14:textId="396C0E97" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="4B881A3A" w14:textId="396C0E97" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nebo vlastník nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, ve které není přihlášená žádná fyzická osoba a která je umístěna na území </w:t>
       </w:r>
       <w:r w:rsidR="002359CB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>obce</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F630633" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="3F630633" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Spoluvlastníci nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci jsou povinni plnit poplatkovou povinnost společně a nerozdílně</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F1B847" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00D02E2E">
+    <w:p w14:paraId="54F1B847" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Ohlašovací povinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58376F42" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="58376F42" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatník je povinen podat správci poplatku ohlášení nejpozději do 15 dnů ode dne vzniku své poplatkové povinnosti; údaje uváděné v ohlášení upravuje zákon</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B40D4B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="61B40D4B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dojde-li ke změně údajů uvedených v ohlášení, je poplatník povinen tuto změnu oznámit do 15 dnů ode dne, kdy nastala</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536ED9AD" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00D02E2E">
+    <w:p w14:paraId="536ED9AD" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Sazba poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EA19D1C" w14:textId="7BA485E8" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="5EA19D1C" w14:textId="7BA485E8" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sazba poplatku za kalendářní rok činí </w:t>
       </w:r>
       <w:r w:rsidR="00484928">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> Kč.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79151E26" w14:textId="6987733A" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="79151E26" w14:textId="6987733A" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatek se v případě, že poplatková povinnost vznikla z důvodu přihlášení fyzické osoby v</w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> obci</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, snižuje o jednu dvanáctinu za každý kalendářní měsíc, na jehož konci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3295FC" w14:textId="0F3FFC02" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="3A3295FC" w14:textId="0F3FFC02" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>není tato fyzická osoba přihlášena v</w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> obci</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41B0B9E4" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="41B0B9E4" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nebo je tato fyzická osoba od poplatku osvobozena.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33D83566" w14:textId="7B2B4CA5" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="33D83566" w14:textId="7B2B4CA5" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Poplatek se v případě, že poplatková povinnost vznikla z důvodu vlastnictví jednotlivé nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci umístěné na území </w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>obce</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, snižuje o jednu dvanáctinu za každý kalendářní měsíc, na jehož konci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08854E2B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="08854E2B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>je v této nemovité věci přihlášena alespoň 1 fyzická osoba,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D147F5D" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>poplatník nevlastní tuto nemovitou věc,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16671863" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="16671863" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nebo je poplatník od poplatku osvobozen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C1F3C59" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00D02E2E">
+    <w:p w14:paraId="0C1F3C59" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Splatnost poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="255AE685" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="255AE685" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatek je splatný nejpozději do 30. června příslušného kalendářního roku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4A3B08" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="2B4A3B08" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vznikne-li poplatková povinnost po datu splatnosti uvedeném v odstavci 1, je poplatek splatný nejpozději do patnáctého dne měsíce, který následuje po měsíci, ve kterém poplatková povinnost vznikla.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C77D05" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="59C77D05" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lhůta splatnosti neskončí poplatníkovi dříve než lhůta pro podání ohlášení podle čl. 3 odst. 1 této vyhlášky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5513FDDC" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00D02E2E">
+    <w:p w14:paraId="5513FDDC" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve"> Osvobození</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AFEC0FA" w14:textId="58AE021E" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="7AFEC0FA" w14:textId="58AE021E" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Od poplatku je osvobozena osoba, které poplatková povinnost vznikla z důvodu přihlášení v</w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> obci</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a která je</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3E31C8" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="1A3E31C8" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>poplatníkem poplatku za odkládání komunálního odpadu z nemovité věci v jiné obci a má v této jiné obci bydliště,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F087BFA" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="5F087BFA" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>umístěna do dětského domova pro děti do 3 let věku, školského zařízení pro výkon ústavní nebo ochranné výchovy nebo školského zařízení pro preventivně výchovnou péči na základě rozhodnutí soudu nebo smlouvy,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63891A1B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="63891A1B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>umístěna do zařízení pro děti vyžadující okamžitou pomoc na základě rozhodnutí soudu, na žádost obecního úřadu obce s rozšířenou působností, zákonného zástupce dítěte nebo nezletilého,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DBB7A6B" w14:textId="3993FE57" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="1DBB7A6B" w14:textId="3993FE57" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>umístěna v domově pro osoby se zdravotním postižením, domově pro seniory, domově se zvláštním režimem nebo v chráněném bydlení,</w:t>
       </w:r>
       <w:r w:rsidR="00A0392D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nebo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5410F8" w14:textId="58C9321A" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="3C5410F8" w14:textId="58C9321A" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>na základě zákona omezena na osobní svobodě s výjimkou osoby vykonávající trest domácího vězení.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001BD97B" w14:textId="65A7C37E" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="001BD97B" w14:textId="65A7C37E" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Od poplatku se osvobozuje osoba, které poplatková povinnost vznikla z důvodu přihlášení v</w:t>
       </w:r>
       <w:r w:rsidR="00A0392D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>obci</w:t>
       </w:r>
       <w:r w:rsidR="00A0392D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, nebo z důvodu vlastnictví nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinou rekreaci, ve které není přihlášena žádná fyzická osoba a která se nachází na území této obce</w:t>
       </w:r>
       <w:r w:rsidR="007F3FA9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4772FFED" w14:textId="47E0D862" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="002359CB" w:rsidP="002359CB">
+    <w:p w14:paraId="4772FFED" w14:textId="47E0D862" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="002359CB" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:spacing w:after="0"/>
-        <w:ind w:left="397"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     a)   </w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>děti v roce narození,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D10270" w14:textId="385FFB2D" w:rsidR="009112D2" w:rsidRDefault="002359CB" w:rsidP="007F3FA9">
+    <w:p w14:paraId="21D10270" w14:textId="385FFB2D" w:rsidR="009112D2" w:rsidRDefault="002359CB" w:rsidP="001538EE">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002359CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">b)   poplatníci pobývající po celý příslušný kalendářní rok v zahraničí nebo v ústavu sociální péče   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="007F3FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">              mimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002359CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kategorii ústavů osvobození ze zákona</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216A9E3E" w14:textId="5F0DCEDC" w:rsidR="007F3FA9" w:rsidRPr="007F3FA9" w:rsidRDefault="007F3FA9" w:rsidP="007F3FA9">
+    <w:p w14:paraId="216A9E3E" w14:textId="5F0DCEDC" w:rsidR="007F3FA9" w:rsidRPr="007F3FA9" w:rsidRDefault="007F3FA9" w:rsidP="001538EE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">           c</w:t>
       </w:r>
       <w:r w:rsidRPr="007F3FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)  poplatníci s trvalým pobytem na adrese Lhota u Lysic 40</w:t>
       </w:r>
       <w:r w:rsidR="00D02E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1233,436 +1271,442 @@
       <w:r w:rsidRPr="007F3FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">kde </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="007F3FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>pobývají</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5754A8" w14:textId="4CB3FC90" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="6A5754A8" w14:textId="4CB3FC90" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">V případě, že poplatník nesplní povinnost ohlásit údaj rozhodný pro osvobození ve lhůtách stanovených touto vyhláškou nebo zákonem, nárok na osvobození </w:t>
       </w:r>
       <w:r w:rsidR="007F3FA9">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nebo úlevu </w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zaniká</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3357A64C" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="002359CB">
+    <w:p w14:paraId="3357A64C" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Přechodné a zrušovací ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44936F5A" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="44936F5A" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatkové povinnosti vzniklé před nabytím účinnosti této vyhlášky se posuzují podle dosavadních právních předpisů.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67239CF2" w14:textId="3A7937B2" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="00B37F04">
+    <w:p w14:paraId="67239CF2" w14:textId="2CA67146" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> místním poplatku za obecní systém odpadového hospodářství, ze dne </w:t>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B37F04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zrušuje se obecně závazná vyhláška o místním poplatku za obecní systém odpadového hospodářství, ze dne </w:t>
       </w:r>
       <w:r w:rsidR="00484928">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008731C8">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001B6D67" w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>listopadu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00484928">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C48D42B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="002359CB">
+    <w:p w14:paraId="5C48D42B" w14:textId="77777777" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="00000000" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 8</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="710050CE" w14:textId="45F625BC" w:rsidR="009112D2" w:rsidRPr="00B37F04" w:rsidRDefault="007F3FA9" w:rsidP="007F3FA9">
+    <w:p w14:paraId="710050CE" w14:textId="45F625BC" w:rsidR="009112D2" w:rsidRDefault="007F3FA9" w:rsidP="001538EE">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ato vyhláška nabývá účinnosti dnem 1. ledna 202</w:t>
       </w:r>
       <w:r w:rsidR="00484928">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B37F04">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="61C7D6B9" w14:textId="77777777" w:rsidR="001538EE" w:rsidRPr="00B37F04" w:rsidRDefault="001538EE" w:rsidP="001538EE">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9641" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="4821"/>
       </w:tblGrid>
       <w:tr w:rsidR="009112D2" w14:paraId="0AE29C8F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3428F136" w14:textId="2913B6B3" w:rsidR="009112D2" w:rsidRDefault="001B6D67" w:rsidP="00A0392D">
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="3428F136" w14:textId="580FB80C" w:rsidR="009112D2" w:rsidRDefault="001B6D67" w:rsidP="001538EE">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Marek </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Štěrbáček</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t xml:space="preserve"> starost</w:t>
             </w:r>
             <w:r w:rsidR="00A0392D">
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="21BA808E" w14:textId="2DBEC948" w:rsidR="009112D2" w:rsidRDefault="001B6D67" w:rsidP="00B37F04">
+          <w:p w14:paraId="21BA808E" w14:textId="2DBEC948" w:rsidR="009112D2" w:rsidRDefault="001B6D67" w:rsidP="001538EE">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
             <w:r>
               <w:t>Jan Vojta</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t xml:space="preserve"> místostarosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009112D2" w14:paraId="6D2E2D8C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="329CCCAD" w14:textId="77777777" w:rsidR="009112D2" w:rsidRDefault="009112D2" w:rsidP="00B37F04">
+          <w:p w14:paraId="329CCCAD" w14:textId="77777777" w:rsidR="009112D2" w:rsidRDefault="009112D2" w:rsidP="001538EE">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4464E190" w14:textId="77777777" w:rsidR="009112D2" w:rsidRDefault="009112D2" w:rsidP="00B37F04">
+          <w:p w14:paraId="4464E190" w14:textId="77777777" w:rsidR="009112D2" w:rsidRDefault="009112D2" w:rsidP="001538EE">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F9644B4" w14:textId="77777777" w:rsidR="004719D6" w:rsidRPr="00B37F04" w:rsidRDefault="004719D6" w:rsidP="00B37F04">
+    <w:p w14:paraId="1F9644B4" w14:textId="77777777" w:rsidR="004719D6" w:rsidRPr="00B37F04" w:rsidRDefault="004719D6" w:rsidP="001538EE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004719D6" w:rsidRPr="00B37F04">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02780E32" w14:textId="77777777" w:rsidR="005E3A4D" w:rsidRDefault="005E3A4D">
+    <w:p w14:paraId="249E5778" w14:textId="77777777" w:rsidR="00BD0078" w:rsidRDefault="00BD0078">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73A543E8" w14:textId="77777777" w:rsidR="005E3A4D" w:rsidRDefault="005E3A4D">
+    <w:p w14:paraId="142C55A9" w14:textId="77777777" w:rsidR="00BD0078" w:rsidRDefault="00BD0078">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
@@ -1694,61 +1738,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51793BD9" w14:textId="77777777" w:rsidR="005E3A4D" w:rsidRDefault="005E3A4D">
+    <w:p w14:paraId="2FAD51CD" w14:textId="77777777" w:rsidR="00BD0078" w:rsidRDefault="00BD0078">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36E373AC" w14:textId="77777777" w:rsidR="005E3A4D" w:rsidRDefault="005E3A4D">
+    <w:p w14:paraId="401C4F8B" w14:textId="77777777" w:rsidR="00BD0078" w:rsidRDefault="00BD0078">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="40304817" w14:textId="77777777" w:rsidR="009112D2" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10o odst. 1 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="174A7DA3" w14:textId="77777777" w:rsidR="009112D2" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
@@ -2090,89 +2134,98 @@
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1059137384">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="264582301">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="680084244">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009112D2"/>
+    <w:rsid w:val="001538EE"/>
     <w:rsid w:val="001B6D67"/>
+    <w:rsid w:val="001C3DB5"/>
     <w:rsid w:val="002359CB"/>
     <w:rsid w:val="0031572F"/>
     <w:rsid w:val="003165D0"/>
+    <w:rsid w:val="003C5402"/>
     <w:rsid w:val="003E4791"/>
     <w:rsid w:val="004719D6"/>
     <w:rsid w:val="00484928"/>
     <w:rsid w:val="004B1F73"/>
+    <w:rsid w:val="00512021"/>
     <w:rsid w:val="005E3A4D"/>
+    <w:rsid w:val="00640C63"/>
     <w:rsid w:val="007F3FA9"/>
     <w:rsid w:val="0083211A"/>
+    <w:rsid w:val="008731C8"/>
     <w:rsid w:val="009112D2"/>
     <w:rsid w:val="009B5188"/>
     <w:rsid w:val="00A0392D"/>
     <w:rsid w:val="00B37F04"/>
+    <w:rsid w:val="00BD0078"/>
+    <w:rsid w:val="00C07C34"/>
+    <w:rsid w:val="00C2299C"/>
     <w:rsid w:val="00D02E2E"/>
     <w:rsid w:val="00F53587"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3149,67 +3202,68 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE2F5790-AD29-4F0B-8150-60BC505AC0D7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3989</Characters>
+  <Pages>2</Pages>
+  <Words>677</Words>
+  <Characters>3998</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4656</CharactersWithSpaces>
+  <CharactersWithSpaces>4666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>SAUEROVA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>