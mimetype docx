--- v0 (2026-01-13)
+++ v1 (2026-03-12)
@@ -1087,65 +1087,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Biologické odpady – objemový kontejner – levá strana za mostem směr obec u přejezdu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EFA68A7" w14:textId="77777777" w:rsidR="0091151F" w:rsidRPr="003E0169" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jedlé oleje a tuky – kontejner u místní hasičárny </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0015D08C" w14:textId="47208AC8" w:rsidR="003E0169" w:rsidRDefault="003E0169">
+    <w:p w14:paraId="0015D08C" w14:textId="3F1C3360" w:rsidR="003E0169" w:rsidRDefault="003E0169">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Textil – kontejner………………….</w:t>
+        <w:t>Textil – kontejner</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teplička 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378D91A8" w14:textId="77777777" w:rsidR="0091151F" w:rsidRDefault="0091151F">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D199C58" w14:textId="77777777" w:rsidR="0091151F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="927"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
@@ -2037,71 +2053,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  ………………….…………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74D55D82" w14:textId="35B56366" w:rsidR="0091151F" w:rsidRDefault="003E0169">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Radek </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">         </w:t>
+        <w:t xml:space="preserve">Radek Josefik         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -2231,58 +2227,58 @@
     <w:p w14:paraId="6538D859" w14:textId="77777777" w:rsidR="004E012E" w:rsidRDefault="004E012E">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004E012E">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1985" w:left="1418" w:header="708" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DBCD46E" w14:textId="77777777" w:rsidR="005F7A18" w:rsidRDefault="005F7A18">
+    <w:p w14:paraId="4487EDE8" w14:textId="77777777" w:rsidR="00D1731E" w:rsidRDefault="00D1731E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="290A8F41" w14:textId="77777777" w:rsidR="005F7A18" w:rsidRDefault="005F7A18">
+    <w:p w14:paraId="0A895AA9" w14:textId="77777777" w:rsidR="00D1731E" w:rsidRDefault="00D1731E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -2395,58 +2391,58 @@
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="59777788" w14:textId="77777777" w:rsidR="0091151F" w:rsidRDefault="0091151F">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="227A9F11" w14:textId="77777777" w:rsidR="0091151F" w:rsidRDefault="0091151F"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34A30A52" w14:textId="77777777" w:rsidR="005F7A18" w:rsidRDefault="005F7A18">
+    <w:p w14:paraId="09191B87" w14:textId="77777777" w:rsidR="00D1731E" w:rsidRDefault="00D1731E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5802B5F8" w14:textId="77777777" w:rsidR="005F7A18" w:rsidRDefault="005F7A18">
+    <w:p w14:paraId="2D525A81" w14:textId="77777777" w:rsidR="00D1731E" w:rsidRDefault="00D1731E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3A6315B4" w14:textId="77777777" w:rsidR="0091151F" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakypropoznmkupodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2869,91 +2865,93 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1779596500">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="817065918">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="357895989">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="631598528">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="735855226">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="Normln"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007606AB"/>
+    <w:rsid w:val="000F4DB8"/>
     <w:rsid w:val="002768F1"/>
     <w:rsid w:val="003172CB"/>
     <w:rsid w:val="003E0169"/>
     <w:rsid w:val="004E012E"/>
     <w:rsid w:val="005F7A18"/>
+    <w:rsid w:val="00743EF6"/>
     <w:rsid w:val="007606AB"/>
     <w:rsid w:val="0091151F"/>
     <w:rsid w:val="009269FD"/>
     <w:rsid w:val="00C604FA"/>
+    <w:rsid w:val="00D1731E"/>
     <w:rsid w:val="00DF1EFB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
@@ -5144,50 +5142,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nzevzkona">
     <w:name w:val="název zákona"/>
     <w:basedOn w:val="Nzev"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bezmezer1">
     <w:name w:val="Bez mezer1"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -5471,70 +5470,70 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4038</Characters>
+  <Pages>1</Pages>
+  <Words>685</Words>
+  <Characters>4042</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4713</CharactersWithSpaces>
+  <CharactersWithSpaces>4718</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</dc:title>
   <dc:subject/>
   <dc:creator>DA210036</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>