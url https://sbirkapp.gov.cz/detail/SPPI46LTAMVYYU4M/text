--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -222,51 +222,51 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30AAE8E4" w14:textId="77777777" w:rsidR="00E83AE9" w:rsidRPr="00C4382B" w:rsidRDefault="00E83AE9" w:rsidP="00E83AE9">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Amiko" w:hAnsi="Amiko" w:cs="Amiko"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EB17C50" w14:textId="380A5E5C" w:rsidR="004124C4" w:rsidRPr="007D56FD" w:rsidRDefault="004124C4" w:rsidP="004124C4">
+    <w:p w14:paraId="7EB17C50" w14:textId="5682F083" w:rsidR="004124C4" w:rsidRPr="007D56FD" w:rsidRDefault="004124C4" w:rsidP="004124C4">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D56FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastupitelstvo obce </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -306,51 +306,59 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007D56FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">usnesením č. </w:t>
       </w:r>
       <w:r w:rsidR="007637FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>12</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003357D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007D56FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>usneslo vydat</w:t>
       </w:r>
       <w:r w:rsidRPr="007D56FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> v souladu s ust. § 10 písm. a), b)</w:t>
@@ -3489,51 +3497,50 @@
         </w:rPr>
         <w:t>Předpokládaný počet účastníků akce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18DD3B50" w14:textId="335445D5" w:rsidR="000D3E03" w:rsidRPr="000D3E03" w:rsidRDefault="00B87238" w:rsidP="000D3E03">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D3E03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Opatření, která organizátor a pořadatel akce provede, aby akce nenarušila veřejný pořádek, zejména potřebný počet pořadatelů starších 18 let, které organizace akce určí a způsob jejich označení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A071C69" w14:textId="4307CCB4" w:rsidR="000D3E03" w:rsidRPr="000D3E03" w:rsidRDefault="00B87238" w:rsidP="000D3E03">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:left="1066" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D3E03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Způsob zajištění zneškodnění a likvidace odpadů vzniklých v průběhu akce</w:t>
@@ -6854,83 +6861,85 @@
     <w:rsid w:val="002173E4"/>
     <w:rsid w:val="0023107E"/>
     <w:rsid w:val="00231117"/>
     <w:rsid w:val="00233B06"/>
     <w:rsid w:val="002374DB"/>
     <w:rsid w:val="002411D7"/>
     <w:rsid w:val="00267C7F"/>
     <w:rsid w:val="00274DD0"/>
     <w:rsid w:val="002A4A38"/>
     <w:rsid w:val="002A4A61"/>
     <w:rsid w:val="002A51AA"/>
     <w:rsid w:val="002A59D0"/>
     <w:rsid w:val="002B5FEA"/>
     <w:rsid w:val="002C1C30"/>
     <w:rsid w:val="002C2084"/>
     <w:rsid w:val="002C3E42"/>
     <w:rsid w:val="002D2CE2"/>
     <w:rsid w:val="002D3386"/>
     <w:rsid w:val="002D596B"/>
     <w:rsid w:val="002E4B45"/>
     <w:rsid w:val="002F386C"/>
     <w:rsid w:val="002F7560"/>
     <w:rsid w:val="00301BC7"/>
     <w:rsid w:val="003160E3"/>
     <w:rsid w:val="003225B6"/>
+    <w:rsid w:val="003357D8"/>
     <w:rsid w:val="0034065E"/>
     <w:rsid w:val="00350D60"/>
     <w:rsid w:val="00351FA3"/>
     <w:rsid w:val="0035340B"/>
     <w:rsid w:val="00357496"/>
     <w:rsid w:val="003620D0"/>
     <w:rsid w:val="00364594"/>
     <w:rsid w:val="00381750"/>
     <w:rsid w:val="00393F7B"/>
     <w:rsid w:val="00394103"/>
     <w:rsid w:val="00394D6E"/>
     <w:rsid w:val="003A55AC"/>
     <w:rsid w:val="003B7B3D"/>
     <w:rsid w:val="003C5CD6"/>
     <w:rsid w:val="003E30EB"/>
     <w:rsid w:val="003F4642"/>
     <w:rsid w:val="003F6964"/>
     <w:rsid w:val="00404203"/>
     <w:rsid w:val="004063EF"/>
     <w:rsid w:val="004124C4"/>
     <w:rsid w:val="0042074A"/>
     <w:rsid w:val="004243DE"/>
     <w:rsid w:val="00466BB1"/>
     <w:rsid w:val="00466C3E"/>
     <w:rsid w:val="00490FB8"/>
     <w:rsid w:val="00495245"/>
     <w:rsid w:val="004A0579"/>
     <w:rsid w:val="004A38A5"/>
     <w:rsid w:val="004A740D"/>
     <w:rsid w:val="004B26AF"/>
     <w:rsid w:val="004B71C2"/>
     <w:rsid w:val="004C0520"/>
     <w:rsid w:val="004C356E"/>
+    <w:rsid w:val="004D2A6B"/>
     <w:rsid w:val="004D6C51"/>
     <w:rsid w:val="004E4253"/>
     <w:rsid w:val="004E4266"/>
     <w:rsid w:val="004F39CF"/>
     <w:rsid w:val="00500311"/>
     <w:rsid w:val="00501E6A"/>
     <w:rsid w:val="00505AF7"/>
     <w:rsid w:val="00506D24"/>
     <w:rsid w:val="00512233"/>
     <w:rsid w:val="00520326"/>
     <w:rsid w:val="00520A4B"/>
     <w:rsid w:val="005234FA"/>
     <w:rsid w:val="005302ED"/>
     <w:rsid w:val="005533F1"/>
     <w:rsid w:val="005553AB"/>
     <w:rsid w:val="00557AFF"/>
     <w:rsid w:val="00565931"/>
     <w:rsid w:val="00566C4E"/>
     <w:rsid w:val="00567533"/>
     <w:rsid w:val="00567577"/>
     <w:rsid w:val="00567A81"/>
     <w:rsid w:val="00575552"/>
     <w:rsid w:val="0058040E"/>
     <w:rsid w:val="005833D0"/>
     <w:rsid w:val="00590BCA"/>
@@ -7103,84 +7112,86 @@
     <w:rsid w:val="00C03C5B"/>
     <w:rsid w:val="00C12D0D"/>
     <w:rsid w:val="00C1312B"/>
     <w:rsid w:val="00C14392"/>
     <w:rsid w:val="00C3202C"/>
     <w:rsid w:val="00C4382B"/>
     <w:rsid w:val="00C440DB"/>
     <w:rsid w:val="00C5107B"/>
     <w:rsid w:val="00C53F5B"/>
     <w:rsid w:val="00C54B9F"/>
     <w:rsid w:val="00C54E5F"/>
     <w:rsid w:val="00C64C64"/>
     <w:rsid w:val="00C6771E"/>
     <w:rsid w:val="00C67D9B"/>
     <w:rsid w:val="00C70F37"/>
     <w:rsid w:val="00C752E3"/>
     <w:rsid w:val="00C760D1"/>
     <w:rsid w:val="00C779E5"/>
     <w:rsid w:val="00C82790"/>
     <w:rsid w:val="00C84ADF"/>
     <w:rsid w:val="00C85206"/>
     <w:rsid w:val="00C85CF3"/>
     <w:rsid w:val="00C86176"/>
     <w:rsid w:val="00C91D85"/>
     <w:rsid w:val="00C9302A"/>
+    <w:rsid w:val="00C95CD5"/>
     <w:rsid w:val="00CA0EF6"/>
     <w:rsid w:val="00CA35DE"/>
     <w:rsid w:val="00CA7876"/>
     <w:rsid w:val="00CB3B05"/>
     <w:rsid w:val="00CC0998"/>
     <w:rsid w:val="00CC5C4C"/>
     <w:rsid w:val="00CC5FA5"/>
     <w:rsid w:val="00CC7737"/>
     <w:rsid w:val="00CD06A9"/>
     <w:rsid w:val="00CE05A7"/>
     <w:rsid w:val="00CF23D2"/>
     <w:rsid w:val="00CF6BBC"/>
     <w:rsid w:val="00D01404"/>
     <w:rsid w:val="00D042A4"/>
     <w:rsid w:val="00D2431B"/>
     <w:rsid w:val="00D25D98"/>
     <w:rsid w:val="00D30F6F"/>
     <w:rsid w:val="00D338E2"/>
     <w:rsid w:val="00D4111E"/>
     <w:rsid w:val="00D4271B"/>
     <w:rsid w:val="00D430A9"/>
     <w:rsid w:val="00D43BDB"/>
     <w:rsid w:val="00D466CC"/>
     <w:rsid w:val="00D50F0F"/>
     <w:rsid w:val="00D54ADA"/>
     <w:rsid w:val="00D55D97"/>
     <w:rsid w:val="00D70497"/>
     <w:rsid w:val="00D85EFE"/>
     <w:rsid w:val="00D918B9"/>
     <w:rsid w:val="00D9378D"/>
     <w:rsid w:val="00D95387"/>
     <w:rsid w:val="00DA5D89"/>
     <w:rsid w:val="00DC3BA5"/>
     <w:rsid w:val="00DC7C33"/>
+    <w:rsid w:val="00DD0380"/>
     <w:rsid w:val="00DD3D46"/>
     <w:rsid w:val="00DD69D5"/>
     <w:rsid w:val="00DF0A88"/>
     <w:rsid w:val="00DF741A"/>
     <w:rsid w:val="00E0310F"/>
     <w:rsid w:val="00E115CE"/>
     <w:rsid w:val="00E1218D"/>
     <w:rsid w:val="00E13517"/>
     <w:rsid w:val="00E20E7D"/>
     <w:rsid w:val="00E34158"/>
     <w:rsid w:val="00E3512F"/>
     <w:rsid w:val="00E44CCD"/>
     <w:rsid w:val="00E469F6"/>
     <w:rsid w:val="00E52B06"/>
     <w:rsid w:val="00E54D66"/>
     <w:rsid w:val="00E55166"/>
     <w:rsid w:val="00E55AC4"/>
     <w:rsid w:val="00E62CE4"/>
     <w:rsid w:val="00E71FAC"/>
     <w:rsid w:val="00E75C0D"/>
     <w:rsid w:val="00E770C5"/>
     <w:rsid w:val="00E80C92"/>
     <w:rsid w:val="00E825A4"/>
     <w:rsid w:val="00E83AE9"/>
     <w:rsid w:val="00E8696E"/>