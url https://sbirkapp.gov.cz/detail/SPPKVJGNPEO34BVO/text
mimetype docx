--- v0 (2026-01-01)
+++ v1 (2026-03-12)
@@ -577,52 +577,50 @@
       <w:r>
         <w:t>18-ti</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> let věku a b) </w:t>
       </w:r>
       <w:r w:rsidR="002D30E9">
         <w:t>poplatník ve věku 70 let a výše</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, ve výši </w:t>
       </w:r>
       <w:r w:rsidR="00CC0887">
         <w:t>úlevy 400,-</w:t>
       </w:r>
       <w:r w:rsidR="00B53C3D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC0887">
         <w:t>Kč ze sazby poplatku, tedy sazba po úlevě činí 300,-</w:t>
       </w:r>
       <w:r w:rsidR="00B53C3D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00CC0887">
         <w:t xml:space="preserve">Kč </w:t>
       </w:r>
       <w:r w:rsidR="00CC0887">
         <w:t>za kalendářní rok</w:t>
       </w:r>
       <w:r w:rsidR="00CC0887">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00677519" w:rsidRDefault="00B71BE9">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>V případě, že poplatník nesplní povinnost ohlásit údaj rozhodný pro osvobození nebo úlevu ve lhůtách stanovených touto vyhláškou nebo zákonem, nárok na osvobození nebo úlevu zaniká</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
@@ -634,70 +632,63 @@
     </w:p>
     <w:p w:rsidR="00677519" w:rsidRDefault="00B71BE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t>Čl. 7</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Přechodné a zrušovací ustanovení</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00677519" w:rsidRDefault="00B71BE9">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Poplatkové povinnosti vzniklé před nabytím účinnosti této vyhlášky se posuzují podle dosavadních právních předpisů.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00677519" w:rsidRDefault="00CC0887">
+    <w:p w:rsidR="00677519" w:rsidRDefault="00292E75">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zrušuje se </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Zrušuje se Obecně závazná vyhláška č. 1/2024, o místním poplatku za obecní systém odpadového hospodářství, ze dne 13. 12. 2023.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00677519" w:rsidRDefault="00B71BE9">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t>Čl. 8</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00677519" w:rsidRDefault="00B71BE9">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
       </w:pPr>
       <w:r>
         <w:t>Tato vyhláška nab</w:t>
       </w:r>
       <w:r w:rsidR="00CC0887">
         <w:t>ývá účinnosti dnem 1. ledna 2026</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
@@ -807,58 +798,58 @@
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00677519" w:rsidRDefault="00677519">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B71BE9" w:rsidRDefault="00B71BE9"/>
     <w:sectPr w:rsidR="00B71BE9" w:rsidSect="002D30E9">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA0F55" w:rsidRDefault="00FA0F55">
+    <w:p w:rsidR="00FD5756" w:rsidRDefault="00FD5756">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA0F55" w:rsidRDefault="00FA0F55">
+    <w:p w:rsidR="00FD5756" w:rsidRDefault="00FD5756">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
@@ -884,61 +875,61 @@
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FA0F55" w:rsidRDefault="00FA0F55">
+    <w:p w:rsidR="00FD5756" w:rsidRDefault="00FD5756">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FA0F55" w:rsidRDefault="00FA0F55">
+    <w:p w:rsidR="00FD5756" w:rsidRDefault="00FD5756">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w:rsidR="00677519" w:rsidRDefault="00B71BE9">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10o odst. 1 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w:rsidR="00677519" w:rsidRDefault="00B71BE9">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
@@ -1171,65 +1162,67 @@
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00677519"/>
+    <w:rsid w:val="00044964"/>
     <w:rsid w:val="00056327"/>
     <w:rsid w:val="001F2FFF"/>
+    <w:rsid w:val="00292E75"/>
     <w:rsid w:val="002B7C31"/>
     <w:rsid w:val="002D30E9"/>
     <w:rsid w:val="003741D4"/>
     <w:rsid w:val="00677519"/>
     <w:rsid w:val="00713438"/>
     <w:rsid w:val="009F4445"/>
     <w:rsid w:val="00AB0795"/>
     <w:rsid w:val="00B53C3D"/>
     <w:rsid w:val="00B71BE9"/>
     <w:rsid w:val="00C037F8"/>
     <w:rsid w:val="00C6510A"/>
     <w:rsid w:val="00CC0887"/>
-    <w:rsid w:val="00FA0F55"/>
+    <w:rsid w:val="00FD5756"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2256,65 +2249,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>653</Words>
-  <Characters>3859</Characters>
+  <Characters>3858</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4503</CharactersWithSpaces>
+  <CharactersWithSpaces>4502</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Uživatel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>