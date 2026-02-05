--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -2042,51 +2042,51 @@
         <w:t>Defurových</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Lažanech a Chanovicích, viz příloha</w:t>
       </w:r>
       <w:r w:rsidR="00CC4EB5" w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA13C6E" w14:textId="47DDBDCE" w:rsidR="00CC4EB5" w:rsidRPr="00272434" w:rsidRDefault="00EC0C6F" w:rsidP="00EC0C6F">
+    <w:p w14:paraId="4EA13C6E" w14:textId="17E1AB97" w:rsidR="00CC4EB5" w:rsidRPr="00272434" w:rsidRDefault="00EC0C6F" w:rsidP="00EC0C6F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>- textil</w:t>
       </w:r>
       <w:r w:rsidR="001B5FA5" w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
@@ -2121,56 +2121,63 @@
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
       <w:r w:rsidR="00CC4EB5" w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00033140" w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.č</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00033140" w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00EB674B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="00272434" w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>610/89</w:t>
+        <w:t>10/89</w:t>
       </w:r>
       <w:r w:rsidR="00033140" w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> u čísla </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A982EB1" w14:textId="6C588B45" w:rsidR="0024722A" w:rsidRPr="00272434" w:rsidRDefault="00CC4EB5" w:rsidP="00EC0C6F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272434">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5017,58 +5024,58 @@
       <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00362DF8" w:rsidSect="001B5FA5">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65938624" w14:textId="77777777" w:rsidR="003956D4" w:rsidRDefault="003956D4">
+    <w:p w14:paraId="2720D91C" w14:textId="77777777" w:rsidR="00A816AB" w:rsidRDefault="00A816AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E4A7C90" w14:textId="77777777" w:rsidR="003956D4" w:rsidRDefault="003956D4">
+    <w:p w14:paraId="57CF6438" w14:textId="77777777" w:rsidR="00A816AB" w:rsidRDefault="00A816AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -5110,58 +5117,58 @@
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FE7C28">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0B0D1D26" w14:textId="77777777" w:rsidR="00FB36A3" w:rsidRDefault="00FB36A3">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CD81A6A" w14:textId="77777777" w:rsidR="003956D4" w:rsidRDefault="003956D4">
+    <w:p w14:paraId="522F1C13" w14:textId="77777777" w:rsidR="00A816AB" w:rsidRDefault="00A816AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02927881" w14:textId="77777777" w:rsidR="003956D4" w:rsidRDefault="003956D4">
+    <w:p w14:paraId="77288E3C" w14:textId="77777777" w:rsidR="00A816AB" w:rsidRDefault="00A816AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="6227846B" w14:textId="77777777" w:rsidR="006B58B2" w:rsidRPr="00DF28D8" w:rsidRDefault="006B58B2">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 61 zákona o</w:t>
@@ -8547,51 +8554,51 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="351884597">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="755787346">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="354160880">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="663975346">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="135614131">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="117916017">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E1DB2"/>
@@ -8901,67 +8908,69 @@
     <w:rsid w:val="009B3F29"/>
     <w:rsid w:val="009B50E5"/>
     <w:rsid w:val="009B680A"/>
     <w:rsid w:val="009B77CC"/>
     <w:rsid w:val="009C7464"/>
     <w:rsid w:val="009D2042"/>
     <w:rsid w:val="009D5C19"/>
     <w:rsid w:val="009E4450"/>
     <w:rsid w:val="009E4CE1"/>
     <w:rsid w:val="009E5176"/>
     <w:rsid w:val="009F5BB9"/>
     <w:rsid w:val="00A007F8"/>
     <w:rsid w:val="00A07653"/>
     <w:rsid w:val="00A11DFF"/>
     <w:rsid w:val="00A23FF9"/>
     <w:rsid w:val="00A25B5E"/>
     <w:rsid w:val="00A33FDC"/>
     <w:rsid w:val="00A342C0"/>
     <w:rsid w:val="00A47650"/>
     <w:rsid w:val="00A532C2"/>
     <w:rsid w:val="00A61EAE"/>
     <w:rsid w:val="00A625BA"/>
     <w:rsid w:val="00A62EC3"/>
     <w:rsid w:val="00A64714"/>
     <w:rsid w:val="00A773EE"/>
+    <w:rsid w:val="00A816AB"/>
     <w:rsid w:val="00A81D11"/>
     <w:rsid w:val="00A90A65"/>
     <w:rsid w:val="00A90CF0"/>
     <w:rsid w:val="00A94551"/>
     <w:rsid w:val="00A9554C"/>
     <w:rsid w:val="00AA1F36"/>
     <w:rsid w:val="00AA408A"/>
     <w:rsid w:val="00AB3FF3"/>
     <w:rsid w:val="00AB44E2"/>
     <w:rsid w:val="00AB4897"/>
     <w:rsid w:val="00AB61B3"/>
     <w:rsid w:val="00AB64CD"/>
     <w:rsid w:val="00AC1028"/>
     <w:rsid w:val="00AC13C7"/>
     <w:rsid w:val="00AC2295"/>
     <w:rsid w:val="00AC3DBF"/>
     <w:rsid w:val="00AC4B55"/>
+    <w:rsid w:val="00AC72B4"/>
     <w:rsid w:val="00AD035D"/>
     <w:rsid w:val="00AD0D21"/>
     <w:rsid w:val="00AE03A0"/>
     <w:rsid w:val="00AE2DEE"/>
     <w:rsid w:val="00AE4DE4"/>
     <w:rsid w:val="00AE5EEF"/>
     <w:rsid w:val="00AF49AB"/>
     <w:rsid w:val="00AF72CD"/>
     <w:rsid w:val="00B11B51"/>
     <w:rsid w:val="00B321B9"/>
     <w:rsid w:val="00B3452E"/>
     <w:rsid w:val="00B42462"/>
     <w:rsid w:val="00B556A5"/>
     <w:rsid w:val="00B7787C"/>
     <w:rsid w:val="00B947F5"/>
     <w:rsid w:val="00BA2FB8"/>
     <w:rsid w:val="00BA7164"/>
     <w:rsid w:val="00BC51C4"/>
     <w:rsid w:val="00BC676E"/>
     <w:rsid w:val="00BD2B1D"/>
     <w:rsid w:val="00BD3591"/>
     <w:rsid w:val="00BD3C08"/>
     <w:rsid w:val="00BE347C"/>
     <w:rsid w:val="00BE4DFE"/>
     <w:rsid w:val="00BE72A2"/>
@@ -9020,50 +9029,51 @@
     <w:rsid w:val="00DE0A5F"/>
     <w:rsid w:val="00DE54A3"/>
     <w:rsid w:val="00DF28D8"/>
     <w:rsid w:val="00E04C79"/>
     <w:rsid w:val="00E11050"/>
     <w:rsid w:val="00E117FD"/>
     <w:rsid w:val="00E12C86"/>
     <w:rsid w:val="00E2491F"/>
     <w:rsid w:val="00E318DB"/>
     <w:rsid w:val="00E42543"/>
     <w:rsid w:val="00E428C5"/>
     <w:rsid w:val="00E45AE6"/>
     <w:rsid w:val="00E555A1"/>
     <w:rsid w:val="00E5685C"/>
     <w:rsid w:val="00E5725E"/>
     <w:rsid w:val="00E66B2E"/>
     <w:rsid w:val="00E72053"/>
     <w:rsid w:val="00E8031C"/>
     <w:rsid w:val="00E87A75"/>
     <w:rsid w:val="00E87B0B"/>
     <w:rsid w:val="00E92D8B"/>
     <w:rsid w:val="00EA1B4D"/>
     <w:rsid w:val="00EB2DCF"/>
     <w:rsid w:val="00EB4815"/>
     <w:rsid w:val="00EB486C"/>
+    <w:rsid w:val="00EB674B"/>
     <w:rsid w:val="00EB7D8D"/>
     <w:rsid w:val="00EC0C6F"/>
     <w:rsid w:val="00ED1ACB"/>
     <w:rsid w:val="00EF0F4E"/>
     <w:rsid w:val="00F00E31"/>
     <w:rsid w:val="00F11FC3"/>
     <w:rsid w:val="00F17575"/>
     <w:rsid w:val="00F1773A"/>
     <w:rsid w:val="00F20DEA"/>
     <w:rsid w:val="00F301DF"/>
     <w:rsid w:val="00F32802"/>
     <w:rsid w:val="00F349F4"/>
     <w:rsid w:val="00F37B51"/>
     <w:rsid w:val="00F45D43"/>
     <w:rsid w:val="00F47FED"/>
     <w:rsid w:val="00F51A5D"/>
     <w:rsid w:val="00F534BD"/>
     <w:rsid w:val="00F53E58"/>
     <w:rsid w:val="00F57F1D"/>
     <w:rsid w:val="00F57FAA"/>
     <w:rsid w:val="00F67C91"/>
     <w:rsid w:val="00F71191"/>
     <w:rsid w:val="00F724DF"/>
     <w:rsid w:val="00F76A45"/>
     <w:rsid w:val="00F77173"/>