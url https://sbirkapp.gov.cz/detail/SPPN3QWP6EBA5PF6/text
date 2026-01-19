--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -2561,76 +2561,76 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>&gt; 3000 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48B421E1" w14:textId="31AA6E79" w:rsidR="007435FD" w:rsidRPr="006343AB" w:rsidRDefault="004616F8" w:rsidP="000A1A53">
+          <w:p w14:paraId="48B421E1" w14:textId="49142C64" w:rsidR="007435FD" w:rsidRPr="006343AB" w:rsidRDefault="004616F8" w:rsidP="000A1A53">
             <w:pPr>
               <w:pStyle w:val="Zhlav"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007435FD" w:rsidRPr="006343AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0000</w:t>
+              <w:t>000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007435FD" w:rsidRPr="006343AB" w14:paraId="27D362AD" w14:textId="77777777" w:rsidTr="008F0289">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1733205C" w14:textId="77777777" w:rsidR="007435FD" w:rsidRPr="006343AB" w:rsidRDefault="007435FD" w:rsidP="000A1A53">
             <w:pPr>
               <w:pStyle w:val="Zhlav"/>
               <w:widowControl w:val="0"/>
@@ -4855,61 +4855,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BD52FA" w:rsidRPr="00643892" w:rsidSect="00466FF4">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="567" w:left="1134" w:header="709" w:footer="170" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E397418" w14:textId="77777777" w:rsidR="00744B46" w:rsidRDefault="00744B46" w:rsidP="00CE12AE">
+    <w:p w14:paraId="199C9B5F" w14:textId="77777777" w:rsidR="00FC49CB" w:rsidRDefault="00FC49CB" w:rsidP="00CE12AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45A4BCA5" w14:textId="77777777" w:rsidR="00744B46" w:rsidRDefault="00744B46" w:rsidP="00CE12AE">
+    <w:p w14:paraId="5777AC6E" w14:textId="77777777" w:rsidR="00FC49CB" w:rsidRDefault="00FC49CB" w:rsidP="00CE12AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -5155,61 +5155,61 @@
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00956E3F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F01F6C2" w14:textId="77777777" w:rsidR="00187A02" w:rsidRDefault="00187A02">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7895062B" w14:textId="77777777" w:rsidR="00744B46" w:rsidRDefault="00744B46" w:rsidP="00CE12AE">
+    <w:p w14:paraId="4347A43E" w14:textId="77777777" w:rsidR="00FC49CB" w:rsidRDefault="00FC49CB" w:rsidP="00CE12AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FF978D4" w14:textId="77777777" w:rsidR="00744B46" w:rsidRDefault="00744B46" w:rsidP="00CE12AE">
+    <w:p w14:paraId="4DD1C4F7" w14:textId="77777777" w:rsidR="00FC49CB" w:rsidRDefault="00FC49CB" w:rsidP="00CE12AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FB720BE" w14:textId="667D7E39" w:rsidR="00394DC7" w:rsidRPr="00FC401D" w:rsidRDefault="00231203" w:rsidP="00394DC7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4962"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="851"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
@@ -7240,50 +7240,51 @@
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE12AE"/>
     <w:rsid w:val="000003C0"/>
     <w:rsid w:val="00001C04"/>
     <w:rsid w:val="00005309"/>
     <w:rsid w:val="00014878"/>
     <w:rsid w:val="00016783"/>
     <w:rsid w:val="00021972"/>
     <w:rsid w:val="000219CF"/>
     <w:rsid w:val="00022810"/>
     <w:rsid w:val="0002301E"/>
     <w:rsid w:val="00024B42"/>
     <w:rsid w:val="00026918"/>
+    <w:rsid w:val="00030303"/>
     <w:rsid w:val="000368AB"/>
     <w:rsid w:val="000468A2"/>
     <w:rsid w:val="00053AA8"/>
     <w:rsid w:val="00063209"/>
     <w:rsid w:val="00065520"/>
     <w:rsid w:val="0006634E"/>
     <w:rsid w:val="00072941"/>
     <w:rsid w:val="00083A1C"/>
     <w:rsid w:val="000863E3"/>
     <w:rsid w:val="00093864"/>
     <w:rsid w:val="00096456"/>
     <w:rsid w:val="0009670E"/>
     <w:rsid w:val="000A1A53"/>
     <w:rsid w:val="000A307A"/>
     <w:rsid w:val="000A57AB"/>
     <w:rsid w:val="000B31F2"/>
     <w:rsid w:val="000B4579"/>
     <w:rsid w:val="000B5E49"/>
     <w:rsid w:val="000C2AAF"/>
     <w:rsid w:val="000C6C8C"/>
     <w:rsid w:val="000D51A6"/>
     <w:rsid w:val="000D7039"/>
     <w:rsid w:val="000E0E5E"/>
     <w:rsid w:val="000E41A9"/>
     <w:rsid w:val="000E735D"/>
@@ -7491,50 +7492,51 @@
     <w:rsid w:val="005D34B2"/>
     <w:rsid w:val="005E0DEB"/>
     <w:rsid w:val="005E1FFF"/>
     <w:rsid w:val="005E7C42"/>
     <w:rsid w:val="005F4682"/>
     <w:rsid w:val="005F4E74"/>
     <w:rsid w:val="005F5675"/>
     <w:rsid w:val="00600AE8"/>
     <w:rsid w:val="006012F8"/>
     <w:rsid w:val="00601B90"/>
     <w:rsid w:val="006034FE"/>
     <w:rsid w:val="006103AF"/>
     <w:rsid w:val="00612394"/>
     <w:rsid w:val="00613F2A"/>
     <w:rsid w:val="00614CCB"/>
     <w:rsid w:val="00621944"/>
     <w:rsid w:val="00621F3A"/>
     <w:rsid w:val="006241AF"/>
     <w:rsid w:val="00625A73"/>
     <w:rsid w:val="00625E3F"/>
     <w:rsid w:val="00626497"/>
     <w:rsid w:val="006269BD"/>
     <w:rsid w:val="00632185"/>
     <w:rsid w:val="006343AB"/>
     <w:rsid w:val="006344B6"/>
+    <w:rsid w:val="00637B62"/>
     <w:rsid w:val="006418FF"/>
     <w:rsid w:val="00643892"/>
     <w:rsid w:val="00646029"/>
     <w:rsid w:val="006475EA"/>
     <w:rsid w:val="00647F2C"/>
     <w:rsid w:val="00653C4A"/>
     <w:rsid w:val="00660EF5"/>
     <w:rsid w:val="006649A6"/>
     <w:rsid w:val="00664C5E"/>
     <w:rsid w:val="00673A30"/>
     <w:rsid w:val="00676ABD"/>
     <w:rsid w:val="00680BF5"/>
     <w:rsid w:val="006811A1"/>
     <w:rsid w:val="00686ACC"/>
     <w:rsid w:val="00691A6D"/>
     <w:rsid w:val="0069432F"/>
     <w:rsid w:val="00695EAB"/>
     <w:rsid w:val="0069773C"/>
     <w:rsid w:val="006A545C"/>
     <w:rsid w:val="006A63CE"/>
     <w:rsid w:val="006B499B"/>
     <w:rsid w:val="006B6606"/>
     <w:rsid w:val="006B7046"/>
     <w:rsid w:val="006C0B1C"/>
     <w:rsid w:val="006C13D4"/>
@@ -7738,50 +7740,51 @@
     <w:rsid w:val="00A5364C"/>
     <w:rsid w:val="00A54558"/>
     <w:rsid w:val="00A61FC6"/>
     <w:rsid w:val="00A66F6D"/>
     <w:rsid w:val="00A7192E"/>
     <w:rsid w:val="00A732BF"/>
     <w:rsid w:val="00A76952"/>
     <w:rsid w:val="00A80865"/>
     <w:rsid w:val="00A8546F"/>
     <w:rsid w:val="00A8660E"/>
     <w:rsid w:val="00A9490D"/>
     <w:rsid w:val="00A95F3D"/>
     <w:rsid w:val="00A97558"/>
     <w:rsid w:val="00AA5374"/>
     <w:rsid w:val="00AA5ED2"/>
     <w:rsid w:val="00AA6660"/>
     <w:rsid w:val="00AA69AA"/>
     <w:rsid w:val="00AB0E44"/>
     <w:rsid w:val="00AB0FB3"/>
     <w:rsid w:val="00AB1E80"/>
     <w:rsid w:val="00AB22A8"/>
     <w:rsid w:val="00AC3DF9"/>
     <w:rsid w:val="00AC403D"/>
     <w:rsid w:val="00AD7579"/>
     <w:rsid w:val="00AD75BF"/>
+    <w:rsid w:val="00AD78EC"/>
     <w:rsid w:val="00AE249B"/>
     <w:rsid w:val="00AE323B"/>
     <w:rsid w:val="00AE3A77"/>
     <w:rsid w:val="00AE3C56"/>
     <w:rsid w:val="00AF4FB6"/>
     <w:rsid w:val="00B1183F"/>
     <w:rsid w:val="00B131B2"/>
     <w:rsid w:val="00B168E2"/>
     <w:rsid w:val="00B32AE0"/>
     <w:rsid w:val="00B33921"/>
     <w:rsid w:val="00B3425B"/>
     <w:rsid w:val="00B36E09"/>
     <w:rsid w:val="00B40835"/>
     <w:rsid w:val="00B425AD"/>
     <w:rsid w:val="00B44C23"/>
     <w:rsid w:val="00B45BA2"/>
     <w:rsid w:val="00B463F3"/>
     <w:rsid w:val="00B52757"/>
     <w:rsid w:val="00B55B46"/>
     <w:rsid w:val="00B56BDB"/>
     <w:rsid w:val="00B639D7"/>
     <w:rsid w:val="00B65D24"/>
     <w:rsid w:val="00B65D89"/>
     <w:rsid w:val="00B675CA"/>
     <w:rsid w:val="00B7058C"/>
@@ -7965,50 +7968,51 @@
     <w:rsid w:val="00F453CE"/>
     <w:rsid w:val="00F4701E"/>
     <w:rsid w:val="00F50717"/>
     <w:rsid w:val="00F52F4E"/>
     <w:rsid w:val="00F5387A"/>
     <w:rsid w:val="00F5773F"/>
     <w:rsid w:val="00F629AB"/>
     <w:rsid w:val="00F71AB2"/>
     <w:rsid w:val="00F734C8"/>
     <w:rsid w:val="00F75D07"/>
     <w:rsid w:val="00F80132"/>
     <w:rsid w:val="00F810B8"/>
     <w:rsid w:val="00F84EA8"/>
     <w:rsid w:val="00F86612"/>
     <w:rsid w:val="00F872D8"/>
     <w:rsid w:val="00F87617"/>
     <w:rsid w:val="00F904F7"/>
     <w:rsid w:val="00F90532"/>
     <w:rsid w:val="00FA5DB7"/>
     <w:rsid w:val="00FA6B47"/>
     <w:rsid w:val="00FA7709"/>
     <w:rsid w:val="00FA7BBF"/>
     <w:rsid w:val="00FB294C"/>
     <w:rsid w:val="00FB63AA"/>
     <w:rsid w:val="00FC2BCF"/>
+    <w:rsid w:val="00FC49CB"/>
     <w:rsid w:val="00FD2B1B"/>
     <w:rsid w:val="00FD4420"/>
     <w:rsid w:val="00FD560B"/>
     <w:rsid w:val="00FD644C"/>
     <w:rsid w:val="00FE45B1"/>
     <w:rsid w:val="00FE4A6B"/>
     <w:rsid w:val="00FE6847"/>
     <w:rsid w:val="00FE76CD"/>
     <w:rsid w:val="00FF28BA"/>
     <w:rsid w:val="00FF722D"/>
     <w:rsid w:val="00FF7547"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -9196,74 +9200,74 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56CC6188-55BC-4C88-92B8-46763677EB4B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>925</Words>
-  <Characters>5464</Characters>
+  <Characters>5463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ÚKZÚZ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6377</CharactersWithSpaces>
+  <CharactersWithSpaces>6376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1245253</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://eagri.cz/public/app/eagriapp/POR/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>