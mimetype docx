--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -1336,51 +1336,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4347D53D" w14:textId="77777777" w:rsidR="00AB6484" w:rsidRDefault="00AB6484" w:rsidP="00115451">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79F8709A" w14:textId="77777777" w:rsidR="00AB6484" w:rsidRPr="00431942" w:rsidRDefault="00AB6484" w:rsidP="00115451">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D8BD346" w14:textId="066BE863" w:rsidR="00262D62" w:rsidRPr="00122EA8" w:rsidRDefault="0024722A" w:rsidP="00262D62">
+    <w:p w14:paraId="4D8BD346" w14:textId="35DACFAF" w:rsidR="00262D62" w:rsidRPr="00122EA8" w:rsidRDefault="0024722A" w:rsidP="00262D62">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Směsný</w:t>
       </w:r>
       <w:r w:rsidR="00FB36A3" w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -1574,76 +1574,66 @@
       </w:r>
       <w:r w:rsidR="00D226C7" w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A342C0" w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F432E" w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A342C0" w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00585F1C">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00AB6484">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00585F1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> j</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00585F1C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB6484">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,k</w:t>
       </w:r>
@@ -1991,274 +1981,406 @@
       <w:r w:rsidRPr="00857DA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sběrné nádoby</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00857DA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jsou umístěny na těchto stanovištích: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D79BF5A" w14:textId="1E4ADB8B" w:rsidR="00D736CB" w:rsidRPr="00F74A9F" w:rsidRDefault="00E2491F" w:rsidP="002A3581">
+    <w:p w14:paraId="1D79BF5A" w14:textId="4FAEA134" w:rsidR="00D736CB" w:rsidRPr="00F74A9F" w:rsidRDefault="00E2491F" w:rsidP="002A3581">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sběrné nádoby na papír, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sklo,</w:t>
       </w:r>
       <w:r w:rsidR="00AB6484" w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pl</w:t>
       </w:r>
       <w:r w:rsidR="00F74A9F" w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>asty</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F74A9F" w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, kovy </w:t>
       </w:r>
       <w:r w:rsidR="00D736CB" w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>jsou umístěny</w:t>
       </w:r>
       <w:r w:rsidR="00552FFF" w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F74A9F" w:rsidRPr="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rudé armády</w:t>
       </w:r>
       <w:r w:rsidR="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (u Křenovky), Rudé armády (u kadeřnictví), Rudé armády (proti obchodu), Družstevní (u parčíku), Hlavní (roh s ul. Na Průhoně), Zahradní, Pod </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (u </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F74A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Křenovky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F74A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), Rudé armády (u kadeřnictví), Rudé armády (proti obchodu), Družstevní (u parčíku), Hlavní (roh s ul. Na </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F74A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Průhoně</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F74A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), Zahradní, Pod </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Platany,</w:t>
       </w:r>
       <w:r w:rsidR="00866CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00866CAC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cihelně</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="62BA7DD4" w14:textId="0A5FA407" w:rsidR="002A3581" w:rsidRDefault="002A3581" w:rsidP="002A3581">
+      <w:r w:rsidR="00182B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7270DEB8" w14:textId="2DFFF6DF" w:rsidR="00182B13" w:rsidRDefault="00182B13" w:rsidP="00182B13">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F74A9F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Velkoobjemový kontejner </w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="150EA8A2" w14:textId="1519D4C2" w:rsidR="00F74A9F" w:rsidRPr="00F74A9F" w:rsidRDefault="00F74A9F" w:rsidP="002A3581">
+        <w:t>Kontejner na textil je umístěn Rudé armády (proti obchodu), sběrná nádoba na kartonové nápoje je umístěna v ul. Zahradní.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2BC4D5" w14:textId="77777777" w:rsidR="00182B13" w:rsidRDefault="00182B13" w:rsidP="00182B13">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F74A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Velkoobjemový kontejner na kovy je umístěn ve dvoře OÚ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF7B71A" w14:textId="38BCD731" w:rsidR="00182B13" w:rsidRDefault="00182B13" w:rsidP="00182B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="927"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jedlé oleje a tuky lze odevzdávat na OÚ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2AF9F7" w14:textId="77777777" w:rsidR="00182B13" w:rsidRDefault="00182B13" w:rsidP="00182B13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="927"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Velkoobjemový kontejner na bio odpad je umístěn v </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lokalitě,,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>za Lébrákem“</w:t>
-      </w:r>
+        <w:t>za</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lébrákem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65312A2C" w14:textId="77777777" w:rsidR="00182B13" w:rsidRPr="00F74A9F" w:rsidRDefault="00182B13" w:rsidP="002A3581">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="540"/>
+          <w:tab w:val="num" w:pos="927"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="367BC9A3" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00FB6AE5" w:rsidRDefault="0024722A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45F33AF8" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00FB6AE5" w:rsidRDefault="0024722A">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
@@ -2581,59 +2703,61 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Textil, </w:t>
       </w:r>
       <w:r w:rsidR="002253BB" w:rsidRPr="002253BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sběrná nádoba</w:t>
       </w:r>
       <w:r w:rsidR="00F74A9F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002253BB" w:rsidRPr="002253BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TextilEco</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="486AAB1E" w14:textId="77777777" w:rsidR="0024722A" w:rsidRDefault="0024722A">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F33812E" w14:textId="77777777" w:rsidR="009007DD" w:rsidRDefault="00F77173" w:rsidP="009007DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3210,51 +3334,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BF094EB" w14:textId="5BE532EB" w:rsidR="000F645D" w:rsidRPr="00641107" w:rsidRDefault="000F645D" w:rsidP="000F645D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Čl. </w:t>
       </w:r>
       <w:r w:rsidR="00D226C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="678DDD73" w14:textId="77777777" w:rsidR="000F645D" w:rsidRPr="00641107" w:rsidRDefault="000F645D" w:rsidP="000F645D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -4084,60 +4207,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Podpis</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7C7162D8" w14:textId="77777777" w:rsidR="002914BD" w:rsidRPr="001D113B" w:rsidRDefault="002914BD" w:rsidP="00E2491F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03309E68" w14:textId="29245BFE" w:rsidR="0024722A" w:rsidRPr="001D113B" w:rsidRDefault="0024722A" w:rsidP="00E2491F">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D113B">
         <w:rPr>
@@ -4183,59 +4308,71 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B39A85C" w14:textId="55794A4D" w:rsidR="0024722A" w:rsidRPr="001D113B" w:rsidRDefault="002914BD" w:rsidP="00D736CB">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Ing.Jana Dlouhá v.r.</w:t>
+        <w:t>Ing.Jana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dlouhá v.r.</w:t>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -4408,58 +4545,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F64F40E" w14:textId="77777777" w:rsidR="00362DF8" w:rsidRDefault="00362DF8" w:rsidP="00362DF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00362DF8" w:rsidSect="00012F79">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1985" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DA585C4" w14:textId="77777777" w:rsidR="000D71BD" w:rsidRDefault="000D71BD">
+    <w:p w14:paraId="7D1C70F8" w14:textId="77777777" w:rsidR="0008300F" w:rsidRDefault="0008300F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25DBB8D2" w14:textId="77777777" w:rsidR="000D71BD" w:rsidRDefault="000D71BD">
+    <w:p w14:paraId="39A27B25" w14:textId="77777777" w:rsidR="0008300F" w:rsidRDefault="0008300F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -4503,58 +4640,58 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AC3DBF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5A4B598E" w14:textId="77777777" w:rsidR="00FB36A3" w:rsidRDefault="00FB36A3">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0A5B4C85" w14:textId="77777777" w:rsidR="00060573" w:rsidRDefault="00060573"/>
   <w:p w14:paraId="4FE3CA25" w14:textId="77777777" w:rsidR="00060573" w:rsidRDefault="00060573"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2589435F" w14:textId="77777777" w:rsidR="000D71BD" w:rsidRDefault="000D71BD">
+    <w:p w14:paraId="72AA4407" w14:textId="77777777" w:rsidR="0008300F" w:rsidRDefault="0008300F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="416CD5AB" w14:textId="77777777" w:rsidR="000D71BD" w:rsidRDefault="000D71BD">
+    <w:p w14:paraId="7BB01F69" w14:textId="77777777" w:rsidR="0008300F" w:rsidRDefault="0008300F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="518B1406" w14:textId="77777777" w:rsidR="006B58B2" w:rsidRPr="00DF28D8" w:rsidRDefault="006B58B2">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 61 zákona o</w:t>
@@ -7941,128 +8078,129 @@
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1815830878">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="53546361">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="277880380">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1501889420">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="328991325">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="439109302">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E1DB2"/>
     <w:rsid w:val="00012F79"/>
     <w:rsid w:val="00024B27"/>
     <w:rsid w:val="00031731"/>
     <w:rsid w:val="000332D7"/>
     <w:rsid w:val="00036778"/>
     <w:rsid w:val="00041A92"/>
     <w:rsid w:val="00042756"/>
     <w:rsid w:val="00053446"/>
     <w:rsid w:val="00053FEC"/>
     <w:rsid w:val="0005615E"/>
     <w:rsid w:val="0005787D"/>
     <w:rsid w:val="00060573"/>
     <w:rsid w:val="00061946"/>
     <w:rsid w:val="00074576"/>
     <w:rsid w:val="00076F7D"/>
     <w:rsid w:val="00077E69"/>
+    <w:rsid w:val="0008300F"/>
     <w:rsid w:val="0008576A"/>
     <w:rsid w:val="00091C2D"/>
     <w:rsid w:val="00095548"/>
     <w:rsid w:val="0009785F"/>
     <w:rsid w:val="000A04B6"/>
     <w:rsid w:val="000A3A9A"/>
     <w:rsid w:val="000B560B"/>
     <w:rsid w:val="000D0024"/>
     <w:rsid w:val="000D356A"/>
     <w:rsid w:val="000D40B5"/>
     <w:rsid w:val="000D71BD"/>
     <w:rsid w:val="000E7318"/>
     <w:rsid w:val="000E7404"/>
     <w:rsid w:val="000F4494"/>
     <w:rsid w:val="000F4568"/>
     <w:rsid w:val="000F4ADB"/>
     <w:rsid w:val="000F645D"/>
     <w:rsid w:val="00103649"/>
     <w:rsid w:val="001078B1"/>
     <w:rsid w:val="00111089"/>
     <w:rsid w:val="00115451"/>
     <w:rsid w:val="00117E27"/>
     <w:rsid w:val="00122EA8"/>
     <w:rsid w:val="00123D3A"/>
     <w:rsid w:val="00133646"/>
     <w:rsid w:val="00134AA3"/>
     <w:rsid w:val="001363E2"/>
     <w:rsid w:val="00143C84"/>
     <w:rsid w:val="001468F1"/>
     <w:rsid w:val="001476FD"/>
     <w:rsid w:val="001510B8"/>
     <w:rsid w:val="00164E8B"/>
     <w:rsid w:val="001724A3"/>
     <w:rsid w:val="0017608F"/>
     <w:rsid w:val="00181515"/>
     <w:rsid w:val="00181C99"/>
+    <w:rsid w:val="00182B13"/>
     <w:rsid w:val="001869E0"/>
     <w:rsid w:val="001A1793"/>
     <w:rsid w:val="001A2ACF"/>
     <w:rsid w:val="001A5FC6"/>
     <w:rsid w:val="001B0AEB"/>
     <w:rsid w:val="001C6E05"/>
     <w:rsid w:val="001D113B"/>
     <w:rsid w:val="001E0DF7"/>
     <w:rsid w:val="001E5FBF"/>
     <w:rsid w:val="001F10AD"/>
     <w:rsid w:val="00200839"/>
     <w:rsid w:val="00202C4A"/>
     <w:rsid w:val="00206275"/>
     <w:rsid w:val="00211D36"/>
     <w:rsid w:val="002217C9"/>
     <w:rsid w:val="00223F72"/>
     <w:rsid w:val="002253BB"/>
     <w:rsid w:val="00232642"/>
     <w:rsid w:val="0023379E"/>
     <w:rsid w:val="00242D06"/>
     <w:rsid w:val="002439E9"/>
     <w:rsid w:val="00244C59"/>
     <w:rsid w:val="00246D80"/>
     <w:rsid w:val="0024722A"/>
     <w:rsid w:val="00247C11"/>
@@ -8084,99 +8222,101 @@
     <w:rsid w:val="002C32D2"/>
     <w:rsid w:val="002C3644"/>
     <w:rsid w:val="002C442F"/>
     <w:rsid w:val="002D64B8"/>
     <w:rsid w:val="002D7DAC"/>
     <w:rsid w:val="002F4026"/>
     <w:rsid w:val="002F6C9F"/>
     <w:rsid w:val="0031415A"/>
     <w:rsid w:val="00320CF7"/>
     <w:rsid w:val="0032634F"/>
     <w:rsid w:val="00332A01"/>
     <w:rsid w:val="0034317B"/>
     <w:rsid w:val="00343C2D"/>
     <w:rsid w:val="00344369"/>
     <w:rsid w:val="00352DD8"/>
     <w:rsid w:val="003558A3"/>
     <w:rsid w:val="00361908"/>
     <w:rsid w:val="00362DF8"/>
     <w:rsid w:val="00373576"/>
     <w:rsid w:val="0037455E"/>
     <w:rsid w:val="003746ED"/>
     <w:rsid w:val="003934B6"/>
     <w:rsid w:val="003A0DB1"/>
     <w:rsid w:val="003A7FC0"/>
     <w:rsid w:val="003D6965"/>
+    <w:rsid w:val="003E0F99"/>
     <w:rsid w:val="003E3D8B"/>
     <w:rsid w:val="003E6669"/>
     <w:rsid w:val="003E7B1D"/>
     <w:rsid w:val="003E7C46"/>
     <w:rsid w:val="003F1228"/>
     <w:rsid w:val="003F24A0"/>
     <w:rsid w:val="003F24AA"/>
     <w:rsid w:val="003F4801"/>
     <w:rsid w:val="003F7679"/>
     <w:rsid w:val="00402834"/>
     <w:rsid w:val="00414D31"/>
     <w:rsid w:val="00421C34"/>
     <w:rsid w:val="00423176"/>
     <w:rsid w:val="00425B78"/>
     <w:rsid w:val="0042723F"/>
     <w:rsid w:val="00431942"/>
     <w:rsid w:val="00435697"/>
     <w:rsid w:val="00453AB3"/>
     <w:rsid w:val="00471DDC"/>
     <w:rsid w:val="004761AD"/>
     <w:rsid w:val="00476A0B"/>
     <w:rsid w:val="00491B4E"/>
     <w:rsid w:val="00492D2F"/>
     <w:rsid w:val="004966EB"/>
     <w:rsid w:val="004B018B"/>
     <w:rsid w:val="004C5CD8"/>
     <w:rsid w:val="004D0009"/>
     <w:rsid w:val="004D30A2"/>
     <w:rsid w:val="004D3973"/>
     <w:rsid w:val="004D5A15"/>
     <w:rsid w:val="00502A5D"/>
     <w:rsid w:val="00503F10"/>
     <w:rsid w:val="00505735"/>
     <w:rsid w:val="0051226B"/>
     <w:rsid w:val="0052041F"/>
     <w:rsid w:val="00525ABF"/>
     <w:rsid w:val="00540721"/>
     <w:rsid w:val="00540BAC"/>
     <w:rsid w:val="00543342"/>
     <w:rsid w:val="00543380"/>
     <w:rsid w:val="0054776B"/>
     <w:rsid w:val="00547890"/>
     <w:rsid w:val="00550D41"/>
     <w:rsid w:val="00552FFF"/>
     <w:rsid w:val="00553B78"/>
     <w:rsid w:val="00555FEB"/>
     <w:rsid w:val="00560DED"/>
     <w:rsid w:val="0056694A"/>
     <w:rsid w:val="00576E29"/>
+    <w:rsid w:val="00584337"/>
     <w:rsid w:val="00584D37"/>
     <w:rsid w:val="00585F1C"/>
     <w:rsid w:val="0059780C"/>
     <w:rsid w:val="005A3FFD"/>
     <w:rsid w:val="005C0885"/>
     <w:rsid w:val="005C7494"/>
     <w:rsid w:val="005C7FAC"/>
     <w:rsid w:val="005D29B1"/>
     <w:rsid w:val="005D6CD7"/>
     <w:rsid w:val="005D78B7"/>
     <w:rsid w:val="005E114F"/>
     <w:rsid w:val="005E2539"/>
     <w:rsid w:val="005E3069"/>
     <w:rsid w:val="005F0210"/>
     <w:rsid w:val="005F1D1F"/>
     <w:rsid w:val="006025AC"/>
     <w:rsid w:val="006101FB"/>
     <w:rsid w:val="00617D61"/>
     <w:rsid w:val="00617FE8"/>
     <w:rsid w:val="00620481"/>
     <w:rsid w:val="006277AF"/>
     <w:rsid w:val="00632F39"/>
     <w:rsid w:val="00636CAB"/>
     <w:rsid w:val="00641107"/>
     <w:rsid w:val="006511C7"/>
@@ -8288,109 +8428,113 @@
     <w:rsid w:val="009C7464"/>
     <w:rsid w:val="009D5C19"/>
     <w:rsid w:val="009E4450"/>
     <w:rsid w:val="009E5176"/>
     <w:rsid w:val="009F269A"/>
     <w:rsid w:val="009F5BB9"/>
     <w:rsid w:val="00A07653"/>
     <w:rsid w:val="00A11DFF"/>
     <w:rsid w:val="00A23FF9"/>
     <w:rsid w:val="00A25B5E"/>
     <w:rsid w:val="00A33FDC"/>
     <w:rsid w:val="00A342C0"/>
     <w:rsid w:val="00A349DD"/>
     <w:rsid w:val="00A47650"/>
     <w:rsid w:val="00A532C2"/>
     <w:rsid w:val="00A61EAE"/>
     <w:rsid w:val="00A625BA"/>
     <w:rsid w:val="00A62EC3"/>
     <w:rsid w:val="00A64714"/>
     <w:rsid w:val="00A773EE"/>
     <w:rsid w:val="00A81D11"/>
     <w:rsid w:val="00A90A65"/>
     <w:rsid w:val="00A90CF0"/>
     <w:rsid w:val="00A94551"/>
     <w:rsid w:val="00A9554C"/>
+    <w:rsid w:val="00A96874"/>
     <w:rsid w:val="00AA1F36"/>
     <w:rsid w:val="00AA408A"/>
+    <w:rsid w:val="00AB0BC0"/>
     <w:rsid w:val="00AB3FF3"/>
     <w:rsid w:val="00AB44E2"/>
     <w:rsid w:val="00AB4897"/>
     <w:rsid w:val="00AB61B3"/>
     <w:rsid w:val="00AB6484"/>
     <w:rsid w:val="00AB64CD"/>
     <w:rsid w:val="00AC1028"/>
     <w:rsid w:val="00AC13C7"/>
     <w:rsid w:val="00AC2295"/>
     <w:rsid w:val="00AC3DBF"/>
     <w:rsid w:val="00AC4B55"/>
     <w:rsid w:val="00AD035D"/>
     <w:rsid w:val="00AD0D21"/>
     <w:rsid w:val="00AE03A0"/>
     <w:rsid w:val="00AE2DEE"/>
     <w:rsid w:val="00AE5EEF"/>
     <w:rsid w:val="00AF49AB"/>
     <w:rsid w:val="00AF72CD"/>
     <w:rsid w:val="00B11B51"/>
     <w:rsid w:val="00B321B9"/>
     <w:rsid w:val="00B3452E"/>
     <w:rsid w:val="00B42462"/>
     <w:rsid w:val="00B556A5"/>
     <w:rsid w:val="00B77363"/>
     <w:rsid w:val="00B7787C"/>
     <w:rsid w:val="00B947F5"/>
     <w:rsid w:val="00BA2FB8"/>
     <w:rsid w:val="00BA7164"/>
+    <w:rsid w:val="00BB71F8"/>
     <w:rsid w:val="00BC51C4"/>
     <w:rsid w:val="00BC676E"/>
     <w:rsid w:val="00BD2B1D"/>
     <w:rsid w:val="00BD3591"/>
     <w:rsid w:val="00BD3C08"/>
     <w:rsid w:val="00BE347C"/>
     <w:rsid w:val="00BE4DFE"/>
     <w:rsid w:val="00BE72A2"/>
     <w:rsid w:val="00BF0879"/>
     <w:rsid w:val="00BF3879"/>
     <w:rsid w:val="00BF6EFC"/>
     <w:rsid w:val="00C06DBD"/>
     <w:rsid w:val="00C125FE"/>
     <w:rsid w:val="00C169D0"/>
     <w:rsid w:val="00C20056"/>
     <w:rsid w:val="00C25DCE"/>
     <w:rsid w:val="00C3782E"/>
     <w:rsid w:val="00C45BF9"/>
     <w:rsid w:val="00C67796"/>
     <w:rsid w:val="00C742D1"/>
     <w:rsid w:val="00C819B3"/>
     <w:rsid w:val="00C8342C"/>
     <w:rsid w:val="00C9368B"/>
     <w:rsid w:val="00C94283"/>
     <w:rsid w:val="00CA5511"/>
     <w:rsid w:val="00CB176B"/>
     <w:rsid w:val="00CB5394"/>
     <w:rsid w:val="00CB5754"/>
     <w:rsid w:val="00CB5E14"/>
+    <w:rsid w:val="00CC3B31"/>
     <w:rsid w:val="00CC4B32"/>
     <w:rsid w:val="00CE1581"/>
     <w:rsid w:val="00CE34F9"/>
     <w:rsid w:val="00CF0B79"/>
     <w:rsid w:val="00CF5BE8"/>
     <w:rsid w:val="00CF6192"/>
     <w:rsid w:val="00D04C14"/>
     <w:rsid w:val="00D13DB8"/>
     <w:rsid w:val="00D226C7"/>
     <w:rsid w:val="00D2467D"/>
     <w:rsid w:val="00D25BA7"/>
     <w:rsid w:val="00D27F18"/>
     <w:rsid w:val="00D310A6"/>
     <w:rsid w:val="00D4132C"/>
     <w:rsid w:val="00D44ECF"/>
     <w:rsid w:val="00D51D24"/>
     <w:rsid w:val="00D546F5"/>
     <w:rsid w:val="00D62F8B"/>
     <w:rsid w:val="00D7341B"/>
     <w:rsid w:val="00D736CB"/>
     <w:rsid w:val="00D832B7"/>
     <w:rsid w:val="00D91A41"/>
     <w:rsid w:val="00DB2051"/>
     <w:rsid w:val="00DC3C0A"/>
     <w:rsid w:val="00DE0A5F"/>
@@ -9593,70 +9737,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F086A947-7022-4B9D-9289-F1EE0FB76F02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4251</Characters>
+  <Pages>3</Pages>
+  <Words>744</Words>
+  <Characters>4391</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MV ČR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4962</CharactersWithSpaces>
+  <CharactersWithSpaces>5125</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</dc:title>
   <dc:subject/>
   <dc:creator>DA210036</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>