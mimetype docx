--- v0 (2025-12-10)
+++ v1 (2026-01-26)
@@ -151,51 +151,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>odpadového hospodářství</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6554F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="66D7EEF9" w14:textId="77777777" w:rsidR="004C7EBE" w:rsidRPr="00FB6AE5" w:rsidRDefault="004C7EBE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43F877D2" w14:textId="50934FD9" w:rsidR="0024722A" w:rsidRPr="00D25A5F" w:rsidRDefault="0042723F" w:rsidP="00D25A5F">
+    <w:p w14:paraId="43F877D2" w14:textId="15CFFD40" w:rsidR="0024722A" w:rsidRPr="00D25A5F" w:rsidRDefault="0042723F" w:rsidP="00D25A5F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D25A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Zastupitelstvo obce</w:t>
       </w:r>
       <w:r w:rsidR="008A20A1" w:rsidRPr="00D25A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF12C8" w:rsidRPr="00D25A5F">
@@ -208,51 +208,61 @@
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="00D25A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>se na svém zasedání dne</w:t>
       </w:r>
       <w:r w:rsidR="00DF12C8" w:rsidRPr="00D25A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00680E9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8.11</w:t>
+        <w:t>8.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00633E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.2025</w:t>
       </w:r>
       <w:r w:rsidR="00DF12C8" w:rsidRPr="00D25A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0024722A" w:rsidRPr="00D25A5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4554,71 +4564,71 @@
       </w:r>
       <w:r w:rsidR="00E2491F" w:rsidRPr="00163914">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00362DF8" w:rsidSect="004C7EBE">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="1418" w:bottom="1985" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="335C3D24" w14:textId="77777777" w:rsidR="00B7010E" w:rsidRDefault="00B7010E">
+    <w:p w14:paraId="62BBA3B6" w14:textId="77777777" w:rsidR="00684479" w:rsidRDefault="00684479">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="127716B5" w14:textId="77777777" w:rsidR="00B7010E" w:rsidRDefault="00B7010E">
+    <w:p w14:paraId="19B4E7E6" w14:textId="77777777" w:rsidR="00684479" w:rsidRDefault="00684479">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
@@ -4647,58 +4657,58 @@
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0067787E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4CE3ED04" w14:textId="77777777" w:rsidR="00FB36A3" w:rsidRDefault="00FB36A3">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EF0741E" w14:textId="77777777" w:rsidR="00B7010E" w:rsidRDefault="00B7010E">
+    <w:p w14:paraId="19A8E8B1" w14:textId="77777777" w:rsidR="00684479" w:rsidRDefault="00684479">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C2C876A" w14:textId="77777777" w:rsidR="00B7010E" w:rsidRDefault="00B7010E">
+    <w:p w14:paraId="3ED73DA9" w14:textId="77777777" w:rsidR="00684479" w:rsidRDefault="00684479">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="79463ADE" w14:textId="77777777" w:rsidR="006B58B2" w:rsidRPr="00DF28D8" w:rsidRDefault="006B58B2">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 61 zákona o</w:t>
@@ -8700,50 +8710,51 @@
     <w:rsid w:val="005E114F"/>
     <w:rsid w:val="005E2539"/>
     <w:rsid w:val="005E3069"/>
     <w:rsid w:val="005F0210"/>
     <w:rsid w:val="005F1D1F"/>
     <w:rsid w:val="006025AC"/>
     <w:rsid w:val="006101FB"/>
     <w:rsid w:val="00617D61"/>
     <w:rsid w:val="00617FE8"/>
     <w:rsid w:val="00620481"/>
     <w:rsid w:val="006277AF"/>
     <w:rsid w:val="00632F39"/>
     <w:rsid w:val="00633E8B"/>
     <w:rsid w:val="00636CAB"/>
     <w:rsid w:val="00641107"/>
     <w:rsid w:val="006511C7"/>
     <w:rsid w:val="00666995"/>
     <w:rsid w:val="00667683"/>
     <w:rsid w:val="00671A01"/>
     <w:rsid w:val="0067559F"/>
     <w:rsid w:val="00675B4F"/>
     <w:rsid w:val="0067787E"/>
     <w:rsid w:val="00680CEA"/>
     <w:rsid w:val="00680E9E"/>
     <w:rsid w:val="006814CB"/>
+    <w:rsid w:val="00684479"/>
     <w:rsid w:val="006866EF"/>
     <w:rsid w:val="00692B36"/>
     <w:rsid w:val="00693339"/>
     <w:rsid w:val="00696155"/>
     <w:rsid w:val="006A55F8"/>
     <w:rsid w:val="006B58B2"/>
     <w:rsid w:val="006B6EE4"/>
     <w:rsid w:val="006C3462"/>
     <w:rsid w:val="006E5A79"/>
     <w:rsid w:val="006F432E"/>
     <w:rsid w:val="007008E2"/>
     <w:rsid w:val="00702D6A"/>
     <w:rsid w:val="007063A1"/>
     <w:rsid w:val="00712D36"/>
     <w:rsid w:val="007131EC"/>
     <w:rsid w:val="00714B2D"/>
     <w:rsid w:val="0071677D"/>
     <w:rsid w:val="00723DF9"/>
     <w:rsid w:val="0072693E"/>
     <w:rsid w:val="00730253"/>
     <w:rsid w:val="00732470"/>
     <w:rsid w:val="0073528A"/>
     <w:rsid w:val="00740215"/>
     <w:rsid w:val="00745703"/>
     <w:rsid w:val="00760C35"/>
@@ -8791,50 +8802,51 @@
     <w:rsid w:val="00872F8B"/>
     <w:rsid w:val="008A0526"/>
     <w:rsid w:val="008A20A1"/>
     <w:rsid w:val="008A2FC7"/>
     <w:rsid w:val="008A4009"/>
     <w:rsid w:val="008B4493"/>
     <w:rsid w:val="008C3A2A"/>
     <w:rsid w:val="008C6B1A"/>
     <w:rsid w:val="008D2025"/>
     <w:rsid w:val="008D3350"/>
     <w:rsid w:val="008E10CD"/>
     <w:rsid w:val="008E4005"/>
     <w:rsid w:val="008F1173"/>
     <w:rsid w:val="008F1E1D"/>
     <w:rsid w:val="009007DD"/>
     <w:rsid w:val="00912D28"/>
     <w:rsid w:val="009146F3"/>
     <w:rsid w:val="00915FF6"/>
     <w:rsid w:val="00916185"/>
     <w:rsid w:val="009175D0"/>
     <w:rsid w:val="00923300"/>
     <w:rsid w:val="009401A1"/>
     <w:rsid w:val="00940656"/>
     <w:rsid w:val="0094179C"/>
     <w:rsid w:val="00951700"/>
+    <w:rsid w:val="00961E6F"/>
     <w:rsid w:val="00963A13"/>
     <w:rsid w:val="00967787"/>
     <w:rsid w:val="009722E1"/>
     <w:rsid w:val="00973C0E"/>
     <w:rsid w:val="009743BA"/>
     <w:rsid w:val="009774F4"/>
     <w:rsid w:val="009859B0"/>
     <w:rsid w:val="0099441B"/>
     <w:rsid w:val="009A0DDF"/>
     <w:rsid w:val="009A1A48"/>
     <w:rsid w:val="009A64B8"/>
     <w:rsid w:val="009A7FD2"/>
     <w:rsid w:val="009B50E5"/>
     <w:rsid w:val="009B680A"/>
     <w:rsid w:val="009B77CC"/>
     <w:rsid w:val="009C7464"/>
     <w:rsid w:val="009D5C19"/>
     <w:rsid w:val="009E4450"/>
     <w:rsid w:val="009E5176"/>
     <w:rsid w:val="009E5E0F"/>
     <w:rsid w:val="009F5BB9"/>
     <w:rsid w:val="00A07653"/>
     <w:rsid w:val="00A11DFF"/>
     <w:rsid w:val="00A14B5A"/>
     <w:rsid w:val="00A21F71"/>
@@ -8937,102 +8949,106 @@
     <w:rsid w:val="00D7341B"/>
     <w:rsid w:val="00D736CB"/>
     <w:rsid w:val="00D82009"/>
     <w:rsid w:val="00D832B7"/>
     <w:rsid w:val="00D91A41"/>
     <w:rsid w:val="00DB2051"/>
     <w:rsid w:val="00DC3C0A"/>
     <w:rsid w:val="00DD7036"/>
     <w:rsid w:val="00DE0A5F"/>
     <w:rsid w:val="00DE54A3"/>
     <w:rsid w:val="00DF0575"/>
     <w:rsid w:val="00DF12C8"/>
     <w:rsid w:val="00DF28D8"/>
     <w:rsid w:val="00E04C79"/>
     <w:rsid w:val="00E11050"/>
     <w:rsid w:val="00E117FD"/>
     <w:rsid w:val="00E12C86"/>
     <w:rsid w:val="00E2491F"/>
     <w:rsid w:val="00E318DB"/>
     <w:rsid w:val="00E42543"/>
     <w:rsid w:val="00E428C5"/>
     <w:rsid w:val="00E555A1"/>
     <w:rsid w:val="00E5685C"/>
     <w:rsid w:val="00E5725E"/>
     <w:rsid w:val="00E66B2E"/>
+    <w:rsid w:val="00E67969"/>
     <w:rsid w:val="00E72053"/>
     <w:rsid w:val="00E8031C"/>
     <w:rsid w:val="00E87A75"/>
     <w:rsid w:val="00E87B0B"/>
     <w:rsid w:val="00E92D8B"/>
     <w:rsid w:val="00E943E1"/>
     <w:rsid w:val="00EA1B4D"/>
     <w:rsid w:val="00EB2DCF"/>
     <w:rsid w:val="00EB4815"/>
     <w:rsid w:val="00EB486C"/>
     <w:rsid w:val="00EB7D8D"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EF0F4E"/>
     <w:rsid w:val="00F00E31"/>
     <w:rsid w:val="00F02F70"/>
     <w:rsid w:val="00F11FC3"/>
     <w:rsid w:val="00F17575"/>
     <w:rsid w:val="00F1773A"/>
     <w:rsid w:val="00F20DEA"/>
     <w:rsid w:val="00F301DF"/>
     <w:rsid w:val="00F349F4"/>
     <w:rsid w:val="00F37B51"/>
     <w:rsid w:val="00F40766"/>
     <w:rsid w:val="00F442B9"/>
     <w:rsid w:val="00F45D43"/>
     <w:rsid w:val="00F47FED"/>
     <w:rsid w:val="00F51A5D"/>
     <w:rsid w:val="00F534BD"/>
     <w:rsid w:val="00F53E58"/>
     <w:rsid w:val="00F57F1D"/>
     <w:rsid w:val="00F65F80"/>
     <w:rsid w:val="00F67C91"/>
     <w:rsid w:val="00F71191"/>
     <w:rsid w:val="00F724DF"/>
     <w:rsid w:val="00F74A47"/>
     <w:rsid w:val="00F76A45"/>
     <w:rsid w:val="00F77173"/>
     <w:rsid w:val="00F771CC"/>
+    <w:rsid w:val="00F80F9B"/>
     <w:rsid w:val="00F84B07"/>
     <w:rsid w:val="00F876B3"/>
     <w:rsid w:val="00F87C7D"/>
     <w:rsid w:val="00FA33FD"/>
     <w:rsid w:val="00FA3D38"/>
     <w:rsid w:val="00FB298C"/>
     <w:rsid w:val="00FB317C"/>
     <w:rsid w:val="00FB36A3"/>
     <w:rsid w:val="00FB4709"/>
     <w:rsid w:val="00FB6AE5"/>
     <w:rsid w:val="00FB6FF1"/>
+    <w:rsid w:val="00FC30BD"/>
     <w:rsid w:val="00FC59DA"/>
     <w:rsid w:val="00FD337F"/>
     <w:rsid w:val="00FE0414"/>
+    <w:rsid w:val="00FE0C95"/>
     <w:rsid w:val="00FE7963"/>
     <w:rsid w:val="00FE7C1B"/>
     <w:rsid w:val="00FF1F4C"/>
     <w:rsid w:val="00FF6064"/>
     <w:rsid w:val="00FF60D6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">