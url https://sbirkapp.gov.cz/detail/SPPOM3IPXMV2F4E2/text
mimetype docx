--- v0 (2025-11-18)
+++ v1 (2026-01-03)
@@ -1945,91 +1945,78 @@
         <w:t>II. Vodní (husy, kachny)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18D1B4BB" w14:textId="77777777" w:rsidR="00B90969" w:rsidRPr="00044E15" w:rsidRDefault="00B90969" w:rsidP="0075121A">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="696"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>III. Ostatní (pštrosi, pávi)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400F23A1" w14:textId="77777777" w:rsidR="00B90969" w:rsidRPr="00044E15" w:rsidRDefault="00B90969" w:rsidP="0075121A">
+    <w:p w14:paraId="400F23A1" w14:textId="2D4500C4" w:rsidR="00B90969" w:rsidRPr="00044E15" w:rsidRDefault="00B90969" w:rsidP="0075121A">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="696"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IV. Holubi</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+      <w:r w:rsidR="00503FF7">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>vyplněním sčítacího listu uvedeného v příloze tohoto nařízení;</w:t>
+        <w:t>“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09947E3E" w14:textId="28DED2B0" w:rsidR="00B90969" w:rsidRPr="00044E15" w:rsidRDefault="00B90969" w:rsidP="0075121A">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsia="Times New Roman" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2735,51 +2722,50 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61EAC08B" w14:textId="6421FFF0" w:rsidR="00AA0F23" w:rsidRPr="00044E15" w:rsidRDefault="00AA0F23" w:rsidP="00FC38C6">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>dopravní prostředky musí být konstruovány a udržovány tak, aby se zabránilo</w:t>
       </w:r>
       <w:r w:rsidR="000154EA" w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>jakémukoli úniku nebo útěku zvířat, produktů nebo jakékoli věci představující riziko</w:t>
       </w:r>
       <w:r w:rsidR="000154EA" w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2792,50 +2778,51 @@
         </w:rPr>
         <w:t>pro zdraví zvířat;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5892372B" w14:textId="492B7C13" w:rsidR="00AA0F23" w:rsidRPr="00044E15" w:rsidRDefault="00AA0F23" w:rsidP="002A40E3">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>po každé přepravě zvířat, produktů nebo jakékoli věci představující riziko pro zdraví</w:t>
       </w:r>
       <w:r w:rsidR="000154EA" w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zvířat ihned musí být dopravní prostředky vyčištěny a vydezinfikovány a v</w:t>
       </w:r>
       <w:r w:rsidR="000154EA" w:rsidRPr="00044E15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
@@ -3470,51 +3457,50 @@
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36093C44" w14:textId="7C425C9C" w:rsidR="00C028DF" w:rsidRPr="00044E15" w:rsidRDefault="002D791F" w:rsidP="00C028DF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Čl. </w:t>
       </w:r>
       <w:r w:rsidR="00C9786F" w:rsidRPr="00044E15">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4391F0B0" w14:textId="24CF80CA" w:rsidR="002D791F" w:rsidRPr="00044E15" w:rsidRDefault="002D791F" w:rsidP="00C028DF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -3535,50 +3521,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50CB56BE" w14:textId="77777777" w:rsidR="002D791F" w:rsidRPr="00044E15" w:rsidRDefault="002D791F" w:rsidP="006B7BF2">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Za nesplnění nebo porušení povinností vyplývajících z těchto mimořádných veterinárních opatření může správní orgán podle ustanovení § 71 nebo § 72 veterinárního zákona uložit pokutu až do výše: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23CBA9D1" w14:textId="48BE7E8C" w:rsidR="002D791F" w:rsidRPr="00044E15" w:rsidRDefault="002D791F" w:rsidP="00757F5C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100 000 Kč, jde-li o fyzickou osobu, </w:t>
@@ -4089,60 +4076,60 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Poučení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="123B31EE" w14:textId="15906B16" w:rsidR="002D791F" w:rsidRPr="00044E15" w:rsidRDefault="00C9786F" w:rsidP="00C9786F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pokud v souladu s § 67 a násl. veterinárního zákona vzniká nárok na poskytnutí náhrady nákladů a ztrát, které vznikly v důsledku provádění mimořádných veterinárních opatření nařízených k tlumení některé z nebezpečných nákaz a nemocí přenosných ze zvířat </w:t>
+        <w:t xml:space="preserve">Pokud v souladu s § 67 a násl. veterinárního zákona vzniká nárok na poskytnutí náhrady nákladů a ztrát, které vznikly v důsledku provádění mimořádných veterinárních opatření nařízených k tlumení některé z nebezpečných nákaz a nemocí přenosných ze zvířat na člověka, je třeba jej včas uplatnit na základě žádosti podané u Ministerstva zemědělství, které o ní rozhodne. Podrobnosti pro uplatňování náhrady a náležitosti žádosti o její poskytnutí stanoví vyhláška č. 176/2023 Sb., o zdraví zvířat a jeho ochraně a o oprávnění a odborné </w:t>
       </w:r>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">na člověka, je třeba jej včas uplatnit na základě žádosti podané u Ministerstva zemědělství, které o ní rozhodne. Podrobnosti pro uplatňování náhrady a náležitosti žádosti o její poskytnutí stanoví vyhláška č. 176/2023 Sb., o zdraví zvířat a jeho ochraně a o oprávnění a odborné způsobilosti k výkonu některých odborných veterinárních </w:t>
+        <w:t xml:space="preserve">způsobilosti k výkonu některých odborných veterinárních </w:t>
       </w:r>
       <w:r w:rsidRPr="00044E15">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>činností. Formulář žádosti je dostupný na internetových stránkách Ministerstva zemědělství.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67016768" w14:textId="77777777" w:rsidR="00301316" w:rsidRPr="00044E15" w:rsidRDefault="00301316" w:rsidP="00757F5C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CACF0D4" w14:textId="77777777" w:rsidR="00BA4D66" w:rsidRPr="00044E15" w:rsidRDefault="00BA4D66" w:rsidP="00757F5C">
       <w:pPr>
@@ -4658,61 +4645,61 @@
     </w:sdt>
     <w:sectPr w:rsidR="000C35E6" w:rsidRPr="00044E15" w:rsidSect="00801D10">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="748" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02F326DA" w14:textId="77777777" w:rsidR="0005392E" w:rsidRDefault="0005392E">
+    <w:p w14:paraId="66E7ABDC" w14:textId="77777777" w:rsidR="00F3255E" w:rsidRDefault="00F3255E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62B2497F" w14:textId="77777777" w:rsidR="0005392E" w:rsidRDefault="0005392E">
+    <w:p w14:paraId="34A27BDD" w14:textId="77777777" w:rsidR="00F3255E" w:rsidRDefault="00F3255E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4898,61 +4885,61 @@
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="0041559C" w:rsidRPr="005F0EAE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B478672" w14:textId="77777777" w:rsidR="0005392E" w:rsidRDefault="0005392E">
+    <w:p w14:paraId="411168E2" w14:textId="77777777" w:rsidR="00F3255E" w:rsidRDefault="00F3255E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47CECC12" w14:textId="77777777" w:rsidR="0005392E" w:rsidRDefault="0005392E">
+    <w:p w14:paraId="7178A139" w14:textId="77777777" w:rsidR="00F3255E" w:rsidRDefault="00F3255E">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="1A2C767A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="784"/>
@@ -8983,51 +8970,51 @@
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D1F59"/>
     <w:rsid w:val="000121CE"/>
     <w:rsid w:val="00014060"/>
     <w:rsid w:val="00014E98"/>
     <w:rsid w:val="000154EA"/>
     <w:rsid w:val="00015D32"/>
     <w:rsid w:val="00016520"/>
     <w:rsid w:val="00030C3C"/>
     <w:rsid w:val="00033183"/>
     <w:rsid w:val="000376B6"/>
     <w:rsid w:val="000417E3"/>
     <w:rsid w:val="00041B64"/>
     <w:rsid w:val="000432E1"/>
     <w:rsid w:val="00044E15"/>
-    <w:rsid w:val="0005392E"/>
+    <w:rsid w:val="00044FC8"/>
     <w:rsid w:val="00062FCC"/>
     <w:rsid w:val="000711FB"/>
     <w:rsid w:val="00076CD9"/>
     <w:rsid w:val="00077E95"/>
     <w:rsid w:val="00081DE5"/>
     <w:rsid w:val="00087BFB"/>
     <w:rsid w:val="000B125C"/>
     <w:rsid w:val="000B3CFB"/>
     <w:rsid w:val="000C187F"/>
     <w:rsid w:val="000C35E6"/>
     <w:rsid w:val="000C4B3F"/>
     <w:rsid w:val="000C7649"/>
     <w:rsid w:val="000F259E"/>
     <w:rsid w:val="000F29B8"/>
     <w:rsid w:val="000F7B30"/>
     <w:rsid w:val="00102ABF"/>
     <w:rsid w:val="001070A7"/>
     <w:rsid w:val="00110B13"/>
     <w:rsid w:val="00121F77"/>
     <w:rsid w:val="00123D06"/>
     <w:rsid w:val="00126473"/>
     <w:rsid w:val="00126B67"/>
     <w:rsid w:val="0013054B"/>
     <w:rsid w:val="001442B4"/>
     <w:rsid w:val="00147806"/>
@@ -9093,97 +9080,100 @@
     <w:rsid w:val="003D4831"/>
     <w:rsid w:val="003E1830"/>
     <w:rsid w:val="003E1EC3"/>
     <w:rsid w:val="003F0194"/>
     <w:rsid w:val="003F46E0"/>
     <w:rsid w:val="00405DFD"/>
     <w:rsid w:val="0041559C"/>
     <w:rsid w:val="00415A59"/>
     <w:rsid w:val="00417B22"/>
     <w:rsid w:val="00426101"/>
     <w:rsid w:val="004316DC"/>
     <w:rsid w:val="00455151"/>
     <w:rsid w:val="00460C0A"/>
     <w:rsid w:val="0046157F"/>
     <w:rsid w:val="00471807"/>
     <w:rsid w:val="00482E25"/>
     <w:rsid w:val="00485CC6"/>
     <w:rsid w:val="00487C04"/>
     <w:rsid w:val="004A1FBA"/>
     <w:rsid w:val="004D1F59"/>
     <w:rsid w:val="004D2DE2"/>
     <w:rsid w:val="004E5468"/>
     <w:rsid w:val="004F1F1B"/>
     <w:rsid w:val="004F40B7"/>
     <w:rsid w:val="004F60C1"/>
+    <w:rsid w:val="00503FF7"/>
     <w:rsid w:val="00504A26"/>
     <w:rsid w:val="00511F14"/>
     <w:rsid w:val="00511F74"/>
     <w:rsid w:val="00516DEF"/>
     <w:rsid w:val="00527CFD"/>
     <w:rsid w:val="0053411D"/>
     <w:rsid w:val="00552E42"/>
     <w:rsid w:val="00560F66"/>
     <w:rsid w:val="00565D23"/>
     <w:rsid w:val="00575343"/>
     <w:rsid w:val="0057722C"/>
     <w:rsid w:val="00583FAC"/>
     <w:rsid w:val="00585E19"/>
     <w:rsid w:val="0059014A"/>
     <w:rsid w:val="005956FC"/>
     <w:rsid w:val="005B1388"/>
     <w:rsid w:val="005D3C33"/>
     <w:rsid w:val="005E4F9B"/>
     <w:rsid w:val="005F0EAE"/>
     <w:rsid w:val="005F5F22"/>
     <w:rsid w:val="00621FE2"/>
     <w:rsid w:val="00622140"/>
     <w:rsid w:val="0062723B"/>
     <w:rsid w:val="0066491C"/>
     <w:rsid w:val="00674E77"/>
     <w:rsid w:val="00684DE4"/>
     <w:rsid w:val="00685EFD"/>
     <w:rsid w:val="00686F20"/>
     <w:rsid w:val="0069137D"/>
     <w:rsid w:val="006A3237"/>
     <w:rsid w:val="006A3D32"/>
     <w:rsid w:val="006A537D"/>
     <w:rsid w:val="006B7BF2"/>
     <w:rsid w:val="006D4131"/>
     <w:rsid w:val="006F5FDF"/>
     <w:rsid w:val="007070CB"/>
     <w:rsid w:val="007114C6"/>
     <w:rsid w:val="0071242B"/>
     <w:rsid w:val="00712FBB"/>
+    <w:rsid w:val="00713DD6"/>
     <w:rsid w:val="00722D0A"/>
     <w:rsid w:val="0073767E"/>
     <w:rsid w:val="00746A46"/>
     <w:rsid w:val="0074722B"/>
     <w:rsid w:val="0075121A"/>
     <w:rsid w:val="00757F5C"/>
     <w:rsid w:val="00770B6E"/>
     <w:rsid w:val="00773EC5"/>
+    <w:rsid w:val="00776F08"/>
     <w:rsid w:val="00791A8E"/>
     <w:rsid w:val="007979A5"/>
     <w:rsid w:val="007A0381"/>
     <w:rsid w:val="007A2BF8"/>
     <w:rsid w:val="007E1579"/>
     <w:rsid w:val="00801D10"/>
     <w:rsid w:val="0082657D"/>
     <w:rsid w:val="0083114B"/>
     <w:rsid w:val="00840982"/>
     <w:rsid w:val="008553AA"/>
     <w:rsid w:val="00865E86"/>
     <w:rsid w:val="00866F76"/>
     <w:rsid w:val="00873E18"/>
     <w:rsid w:val="00896D3E"/>
     <w:rsid w:val="008A4963"/>
     <w:rsid w:val="008C5B11"/>
     <w:rsid w:val="008D535C"/>
     <w:rsid w:val="008E0EE3"/>
     <w:rsid w:val="008F44D8"/>
     <w:rsid w:val="008F7F4C"/>
     <w:rsid w:val="00903FBB"/>
     <w:rsid w:val="00922FF6"/>
     <w:rsid w:val="00933A79"/>
     <w:rsid w:val="009450D2"/>
     <w:rsid w:val="00947582"/>
@@ -9219,138 +9209,139 @@
     <w:rsid w:val="00AE5E31"/>
     <w:rsid w:val="00AF0DC2"/>
     <w:rsid w:val="00AF1A53"/>
     <w:rsid w:val="00AF3B24"/>
     <w:rsid w:val="00B04546"/>
     <w:rsid w:val="00B1355F"/>
     <w:rsid w:val="00B135A2"/>
     <w:rsid w:val="00B14306"/>
     <w:rsid w:val="00B35654"/>
     <w:rsid w:val="00B37A24"/>
     <w:rsid w:val="00B4005B"/>
     <w:rsid w:val="00B40158"/>
     <w:rsid w:val="00B52C95"/>
     <w:rsid w:val="00B56A3C"/>
     <w:rsid w:val="00B70EEB"/>
     <w:rsid w:val="00B735B2"/>
     <w:rsid w:val="00B86722"/>
     <w:rsid w:val="00B90969"/>
     <w:rsid w:val="00B90B76"/>
     <w:rsid w:val="00B92FCF"/>
     <w:rsid w:val="00BA078B"/>
     <w:rsid w:val="00BA3509"/>
     <w:rsid w:val="00BA4D66"/>
     <w:rsid w:val="00BA4E35"/>
     <w:rsid w:val="00BA62F9"/>
-    <w:rsid w:val="00BC2AAE"/>
     <w:rsid w:val="00C028DF"/>
     <w:rsid w:val="00C04791"/>
     <w:rsid w:val="00C14340"/>
     <w:rsid w:val="00C2291A"/>
     <w:rsid w:val="00C260BB"/>
     <w:rsid w:val="00C31BA6"/>
     <w:rsid w:val="00C323D8"/>
     <w:rsid w:val="00C36681"/>
     <w:rsid w:val="00C37768"/>
     <w:rsid w:val="00C43A84"/>
     <w:rsid w:val="00C50D3E"/>
     <w:rsid w:val="00C524D2"/>
     <w:rsid w:val="00C625B0"/>
     <w:rsid w:val="00C7307D"/>
     <w:rsid w:val="00C74B90"/>
     <w:rsid w:val="00C917C2"/>
     <w:rsid w:val="00C920E6"/>
     <w:rsid w:val="00C9786F"/>
     <w:rsid w:val="00CA2FC0"/>
     <w:rsid w:val="00CA6932"/>
     <w:rsid w:val="00CA6A07"/>
     <w:rsid w:val="00CB6E82"/>
     <w:rsid w:val="00CD09DB"/>
     <w:rsid w:val="00CD6C3E"/>
     <w:rsid w:val="00CE3B01"/>
     <w:rsid w:val="00CF043E"/>
     <w:rsid w:val="00CF24F1"/>
     <w:rsid w:val="00D055C7"/>
     <w:rsid w:val="00D056D8"/>
     <w:rsid w:val="00D15079"/>
     <w:rsid w:val="00D26175"/>
     <w:rsid w:val="00D41224"/>
     <w:rsid w:val="00D51351"/>
     <w:rsid w:val="00D524FF"/>
     <w:rsid w:val="00D54C4D"/>
     <w:rsid w:val="00D60C26"/>
     <w:rsid w:val="00D659FF"/>
     <w:rsid w:val="00D6640D"/>
     <w:rsid w:val="00D67885"/>
     <w:rsid w:val="00D761A9"/>
     <w:rsid w:val="00D81C47"/>
     <w:rsid w:val="00D86F8A"/>
     <w:rsid w:val="00D933BB"/>
     <w:rsid w:val="00D94C77"/>
     <w:rsid w:val="00D97D67"/>
     <w:rsid w:val="00DB0002"/>
     <w:rsid w:val="00DB6276"/>
     <w:rsid w:val="00DB6502"/>
     <w:rsid w:val="00DB6FFF"/>
     <w:rsid w:val="00DB7E4A"/>
-    <w:rsid w:val="00DC008F"/>
     <w:rsid w:val="00DD0DE7"/>
     <w:rsid w:val="00DD1873"/>
     <w:rsid w:val="00DD3541"/>
     <w:rsid w:val="00DE4AB7"/>
     <w:rsid w:val="00DF140F"/>
     <w:rsid w:val="00DF5A54"/>
     <w:rsid w:val="00E030D7"/>
     <w:rsid w:val="00E03AD5"/>
     <w:rsid w:val="00E061C0"/>
     <w:rsid w:val="00E141CE"/>
     <w:rsid w:val="00E22062"/>
     <w:rsid w:val="00E2463A"/>
     <w:rsid w:val="00E31BE0"/>
+    <w:rsid w:val="00E33886"/>
     <w:rsid w:val="00E37A51"/>
     <w:rsid w:val="00E4167A"/>
     <w:rsid w:val="00E42F26"/>
     <w:rsid w:val="00E43AAC"/>
     <w:rsid w:val="00E62DDF"/>
     <w:rsid w:val="00E72333"/>
     <w:rsid w:val="00E73EA4"/>
     <w:rsid w:val="00E80F96"/>
     <w:rsid w:val="00E878AF"/>
     <w:rsid w:val="00E909D3"/>
     <w:rsid w:val="00E92F9E"/>
+    <w:rsid w:val="00EB4A19"/>
     <w:rsid w:val="00EB4C63"/>
     <w:rsid w:val="00ED0D4F"/>
     <w:rsid w:val="00ED7488"/>
     <w:rsid w:val="00EE31AD"/>
     <w:rsid w:val="00EE75C2"/>
     <w:rsid w:val="00EF62C7"/>
     <w:rsid w:val="00EF6363"/>
     <w:rsid w:val="00F03D4C"/>
     <w:rsid w:val="00F12996"/>
     <w:rsid w:val="00F20364"/>
     <w:rsid w:val="00F20BB9"/>
     <w:rsid w:val="00F20FC6"/>
+    <w:rsid w:val="00F3255E"/>
     <w:rsid w:val="00F34DED"/>
     <w:rsid w:val="00F36E49"/>
     <w:rsid w:val="00F3709B"/>
     <w:rsid w:val="00F45974"/>
     <w:rsid w:val="00F5066E"/>
     <w:rsid w:val="00F52DD9"/>
     <w:rsid w:val="00F53E64"/>
     <w:rsid w:val="00F54918"/>
     <w:rsid w:val="00F721F3"/>
     <w:rsid w:val="00F73299"/>
     <w:rsid w:val="00F73806"/>
     <w:rsid w:val="00F73936"/>
     <w:rsid w:val="00F82ECA"/>
     <w:rsid w:val="00FA5274"/>
     <w:rsid w:val="00FB3F5A"/>
     <w:rsid w:val="00FC06D0"/>
     <w:rsid w:val="00FC38C6"/>
     <w:rsid w:val="00FE16CC"/>
     <w:rsid w:val="00FE1EEB"/>
     <w:rsid w:val="00FE27C9"/>
     <w:rsid w:val="00FE3F34"/>
     <w:rsid w:val="00FE798E"/>
     <w:rsid w:val="00FF3515"/>
     <w:rsid w:val="00FF4095"/>
     <w:rsid w:val="00FF49E6"/>
@@ -10450,63 +10441,65 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00960681"/>
     <w:rsid w:val="00081DE5"/>
-    <w:rsid w:val="00093144"/>
     <w:rsid w:val="001B24C9"/>
     <w:rsid w:val="002B60ED"/>
+    <w:rsid w:val="002C2B78"/>
     <w:rsid w:val="00372D57"/>
     <w:rsid w:val="004862DE"/>
+    <w:rsid w:val="00713DD6"/>
     <w:rsid w:val="00751EFC"/>
     <w:rsid w:val="008C1591"/>
     <w:rsid w:val="00960649"/>
     <w:rsid w:val="00960681"/>
+    <w:rsid w:val="00974D05"/>
     <w:rsid w:val="00C50D3E"/>
     <w:rsid w:val="00CC7EC8"/>
-    <w:rsid w:val="00DC008F"/>
     <w:rsid w:val="00E2553D"/>
+    <w:rsid w:val="00EB4A19"/>
     <w:rsid w:val="00F34DED"/>
     <w:rsid w:val="00FE16CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -11209,70 +11202,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2062</Words>
-  <Characters>12168</Characters>
+  <Words>2053</Words>
+  <Characters>12115</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
+  <Lines>100</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Státní veterinární správa České republiky</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SVS ČR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14202</CharactersWithSpaces>
+  <CharactersWithSpaces>14140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Státní veterinární správa České republiky</dc:title>
   <dc:subject/>
   <dc:creator>Mgr. Lenka Stoličková</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>