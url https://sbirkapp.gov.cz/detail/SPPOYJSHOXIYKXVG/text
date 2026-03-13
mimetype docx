--- v0 (2025-12-19)
+++ v1 (2026-03-13)
@@ -609,60 +609,71 @@
     </w:p>
     <w:p w14:paraId="537F0493" w14:textId="77777777" w:rsidR="00C65900" w:rsidRDefault="00BD5641">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>dosáhla v příslušném kalendářním roce 75 a více let nebo jí je 6 či méně let, ve výši 100 Kč,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADF6F51" w14:textId="77777777" w:rsidR="00586805" w:rsidRDefault="00BD5641">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>je držitelem průkazu ZTP nebo ZTP/P, ve výši 100 Kč,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BE5030" w14:textId="77777777" w:rsidR="00D90559" w:rsidRDefault="00586805">
+    <w:p w14:paraId="78BE5030" w14:textId="7535FE77" w:rsidR="00D90559" w:rsidRDefault="00586805">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00586805">
-        <w:t xml:space="preserve">je zapojena do systému třídění komunálního odpadu - „Pytlový sběr dům od domu“ podle „Obecně závazné vyhlášky obce Ostopovice o místním poplatku za obecní systém odpadového hospodářství“, za vytříděné odpady uvedené níže. Získaná sleva z předchozího roku se odečítá od poplatku běžného roku. </w:t>
+        <w:t xml:space="preserve">je zapojena do systému třídění komunálního odpadu - „Pytlový sběr dům od domu“ podle „Obecně závazné vyhlášky obce Ostopovice </w:t>
+      </w:r>
+      <w:r w:rsidR="00726113" w:rsidRPr="00726113">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o stanovení obecního systému odpadového hospodářství</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586805">
+        <w:t xml:space="preserve">“, za vytříděné odpady uvedené níže. Získaná sleva z předchozího roku se odečítá od poplatku běžného roku. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38173281" w14:textId="77777777" w:rsidR="00D90559" w:rsidRDefault="00586805">
       <w:pPr>
         <w:pStyle w:val="Nadpis11"/>
         <w:ind w:left="1560"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009524A0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">a. tříděný papír </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>1kg</w:t>
@@ -1016,63 +1027,63 @@
               <w:pStyle w:val="PodpisovePole"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A5590A5" w14:textId="77777777" w:rsidR="00BD5641" w:rsidRDefault="00BD5641">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BD5641" w:rsidSect="00C65900">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32EAA5A5" w14:textId="77777777" w:rsidR="007D7C2B" w:rsidRDefault="007D7C2B" w:rsidP="00C65900">
+    <w:p w14:paraId="5E8B3CAE" w14:textId="77777777" w:rsidR="004342C0" w:rsidRDefault="004342C0" w:rsidP="00C65900">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A70D831" w14:textId="77777777" w:rsidR="007D7C2B" w:rsidRDefault="007D7C2B" w:rsidP="00C65900">
+    <w:p w14:paraId="0A3596F1" w14:textId="77777777" w:rsidR="004342C0" w:rsidRDefault="004342C0" w:rsidP="00C65900">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
@@ -1119,66 +1130,66 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62969A1F" w14:textId="77777777" w:rsidR="007D7C2B" w:rsidRDefault="007D7C2B" w:rsidP="00C65900">
+    <w:p w14:paraId="073A2983" w14:textId="77777777" w:rsidR="004342C0" w:rsidRDefault="004342C0" w:rsidP="00C65900">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C65900">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B025869" w14:textId="77777777" w:rsidR="007D7C2B" w:rsidRDefault="007D7C2B" w:rsidP="00C65900">
+    <w:p w14:paraId="75D735CB" w14:textId="77777777" w:rsidR="004342C0" w:rsidRDefault="004342C0" w:rsidP="00C65900">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3834AE6A" w14:textId="77777777" w:rsidR="00C65900" w:rsidRDefault="00BD5641">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r w:rsidRPr="00C65900">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10o odst. 1 zákona o místních poplatcích</w:t>
       </w:r>
     </w:p>
@@ -1641,65 +1652,68 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C65900"/>
     <w:rsid w:val="00075D4A"/>
     <w:rsid w:val="000F0E9B"/>
     <w:rsid w:val="00100A89"/>
     <w:rsid w:val="00140A16"/>
     <w:rsid w:val="00144732"/>
     <w:rsid w:val="002A2DCD"/>
     <w:rsid w:val="002D7E9A"/>
     <w:rsid w:val="003C6C24"/>
+    <w:rsid w:val="004342C0"/>
     <w:rsid w:val="00586805"/>
     <w:rsid w:val="00640B36"/>
+    <w:rsid w:val="00726113"/>
     <w:rsid w:val="007D7C2B"/>
     <w:rsid w:val="00940AFB"/>
     <w:rsid w:val="009B3918"/>
     <w:rsid w:val="00B75DCC"/>
     <w:rsid w:val="00BB6006"/>
     <w:rsid w:val="00BD5641"/>
     <w:rsid w:val="00BD72D2"/>
     <w:rsid w:val="00C4034D"/>
     <w:rsid w:val="00C65900"/>
     <w:rsid w:val="00D42417"/>
     <w:rsid w:val="00D834A7"/>
     <w:rsid w:val="00D90559"/>
     <w:rsid w:val="00F614CF"/>
+    <w:rsid w:val="00F84C28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="55CDBD90"/>
@@ -2712,66 +2726,66 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB9E9FD0-7BF7-4A9B-9DDE-689E1AF72D2E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4710</Characters>
+  <Pages>4</Pages>
+  <Words>797</Words>
+  <Characters>4704</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5498</CharactersWithSpaces>
+  <CharactersWithSpaces>5491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>OU3</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>