--- v0 (2025-10-15)
+++ v1 (2026-01-27)
@@ -1,69 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="0050526D" w:rsidRDefault="0050526D" w:rsidP="001268CC">
       <w:pPr>
         <w:pStyle w:val="Nadpis6"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00F92212" w:rsidRPr="00F92212" w:rsidRDefault="00F92212" w:rsidP="00F92212"/>
     <w:p w:rsidR="0050526D" w:rsidRPr="003579DF" w:rsidRDefault="009D365A" w:rsidP="009D365A">
       <w:pPr>
         <w:pStyle w:val="Nadpis6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="964"/>
           <w:tab w:val="center" w:pos="4819"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -86,55 +83,55 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003579DF">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Karlovarského kraje</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050526D" w:rsidRPr="00890978" w:rsidRDefault="001A2F5B" w:rsidP="0050526D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460812">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">č. </w:t>
       </w:r>
-      <w:r w:rsidR="0088501A">
+      <w:r w:rsidR="00DC5D30">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="006622A7" w:rsidRPr="00460812">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="004701E4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0050526D" w:rsidRPr="00890978">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050526D" w:rsidRPr="003579DF" w:rsidRDefault="0050526D" w:rsidP="00535D1A">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
@@ -144,50 +141,52 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003579DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o vymezení úseků silnic III. třídy, na kterých se pro jejich malý dopravní význam nezajišťuje sjízdnost a schůdnost odstraňováním sněhu a náledí</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050526D" w:rsidRPr="00875488" w:rsidRDefault="0050526D" w:rsidP="00535D1A">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0050526D" w:rsidRPr="00875488" w:rsidRDefault="0050526D" w:rsidP="00535D1A">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="0050526D" w:rsidRPr="00875488" w:rsidRDefault="0050526D" w:rsidP="007F2E0B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B21DF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rada Karlovarského kraje vy</w:t>
       </w:r>
       <w:r w:rsidR="00515366" w:rsidRPr="008B21DF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dá</w:t>
       </w:r>
       <w:r w:rsidR="002D2420" w:rsidRPr="008B21DF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vá na základě usnesení č. RK</w:t>
@@ -738,58 +737,69 @@
               <w:t>III/22213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>A.Hora - Šemnice</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>A.Hora</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Šemnice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
@@ -1071,58 +1081,89 @@
               <w:t>III/2236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>kř. Osvinov - Srní</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Osvinov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Srní</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
@@ -1403,52 +1444,63 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Hřebečná - Ryžovna</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Hřebečná - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ryžovna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="00096402" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1564,58 +1616,69 @@
               <w:t>III/2196</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>Ryžovna - Potůčky</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ryžovna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Potůčky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
@@ -1891,58 +1954,78 @@
               </w:rPr>
               <w:t>III/2209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>N.Hamry</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>H.Blatná</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
@@ -2052,58 +2135,78 @@
               <w:t>III/22141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>H.Blatná</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ryžovna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
@@ -2375,77 +2478,99 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="00096402" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>kř. I</w:t>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. I</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/6 – zač. obce Skřípov</w:t>
+              <w:t xml:space="preserve">/6 – zač. obce </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Skřípov</w:t>
             </w:r>
             <w:r w:rsidR="00BC03A0">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>á</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
@@ -2555,67 +2680,98 @@
               <w:t>III/20522</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="00096402" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>kř. I</w:t>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. I</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/6 – kř. II</w:t>
+              <w:t xml:space="preserve">/6 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009C69A3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009C69A3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. II</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/205 Knínice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
@@ -2733,76 +2889,127 @@
               <w:t>III/20516</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>kř.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>MK Vladořice – kř.</w:t>
+              <w:t xml:space="preserve">MK </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Vladořice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> III</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/20515</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -3615,85 +3822,116 @@
               <w:t>III/19829</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="00096402" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ř.</w:t>
+              <w:t>ř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>II/198 – kř.</w:t>
+              <w:t xml:space="preserve">II/198 – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>II/210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -3820,58 +4058,69 @@
               <w:t>III/19825</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>kř.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">II/230 - Tisová </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -3998,67 +4247,98 @@
               <w:t>III/19835</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="009C69A3" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>kř. III</w:t>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. III</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">/19834 Beranovka - </w:t>
+              <w:t xml:space="preserve">/19834 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Beranovka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="006B6EFF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">hr. </w:t>
             </w:r>
             <w:r w:rsidR="006B6EFF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>okresu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -4363,76 +4643,107 @@
               <w:t>III/2121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>kř.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> III</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/2122 - kř.</w:t>
+              <w:t xml:space="preserve">/2122 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> III</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/2122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -4559,76 +4870,107 @@
               <w:t>III/21016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="009C69A3">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>kř.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> II</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/210 u Mnichova – kř.</w:t>
+              <w:t xml:space="preserve">/210 u Mnichova – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">s II/230 u Mnichova </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -4755,76 +5097,107 @@
               <w:t>III/21018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...6 lines deleted...]
-              <w:t>kř.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> II</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/210 - kř.</w:t>
+              <w:t xml:space="preserve">/210 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> III</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/21019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -4958,92 +5331,132 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>300 m za kř.</w:t>
+              <w:t xml:space="preserve">300 m za </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> I</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/20 – </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="metricconverter">
               <w:smartTagPr>
                 <w:attr w:name="ProductID" w:val="300 m"/>
               </w:smartTagPr>
               <w:r w:rsidRPr="005D393D">
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>300 m</w:t>
               </w:r>
             </w:smartTag>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>. před kř.</w:t>
+              <w:t xml:space="preserve">. před </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> II</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/2082</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -5173,52 +5586,62 @@
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Úval - Těšov</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Úval - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Těšov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
@@ -5334,51 +5757,71 @@
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Velká Šitboř – Úval</w:t>
+              <w:t xml:space="preserve">Velká </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Šitboř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Úval</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
@@ -5499,51 +5942,71 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Úval – kř. s MK Tuřany</w:t>
+              <w:t xml:space="preserve">Úval – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. s MK Tuřany</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5665,51 +6128,71 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Doubí, konec zástavby za mostem přes Ohři – kř.</w:t>
+              <w:t xml:space="preserve">Doubí, konec zástavby za mostem přes Ohři – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>s III/21226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -5842,58 +6325,69 @@
               <w:t>III/21413</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="009C69A3" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>kř. III</w:t>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. III</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/21414 - konec sil. H. Laž</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>any</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
@@ -6026,85 +6520,127 @@
               <w:t>III/2143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="00096402" w:rsidP="009C69A3">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>r.</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> kř. </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009C69A3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009C69A3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>II/214 - kř. III/2145</w:t>
+              <w:t xml:space="preserve">II/214 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. III/2145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -6700,57 +7236,67 @@
               </w:rPr>
               <w:t>III/2163</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...5 lines deleted...]
-              <w:t>Šťítary u Aše – Újezd</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Šťítary</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> u Aše – Újezd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D393D">
@@ -6858,57 +7404,67 @@
               </w:rPr>
               <w:t>III/2118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D393D">
-[...5 lines deleted...]
-              <w:t>kř.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005D393D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009C69A3">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> I</w:t>
             </w:r>
             <w:r w:rsidR="006B6EFF">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/21</w:t>
             </w:r>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> - zámek Kynžvart</w:t>
             </w:r>
@@ -7043,51 +7599,69 @@
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="009C69A3" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Za Martinovem - hr. o</w:t>
+              <w:t xml:space="preserve">Za </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Martinovem</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - hr. o</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>kr. Tachov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
@@ -7377,57 +7951,67 @@
               </w:rPr>
               <w:t>III/2111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="009C69A3" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>kř. III</w:t>
+              <w:t>kř</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. III</w:t>
             </w:r>
             <w:r w:rsidR="005D393D" w:rsidRPr="005D393D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/2112 u zámku - konec sil</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>nice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7559,58 +8143,60 @@
               </w:rPr>
               <w:t>III/2305</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E86EEB">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Martinov</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005D393D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> mlýn - konec silnice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1766" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005D393D" w:rsidRPr="005D393D" w:rsidRDefault="005D393D" w:rsidP="005D393D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
@@ -8648,56 +9234,56 @@
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="003A3F22" w:rsidRPr="006D38E8">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="003A3F22" w:rsidRPr="006D38E8">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00145A91">
         <w:rPr>
           <w:rFonts w:ascii="Raleway" w:hAnsi="Raleway"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>1. náměstek hejtmanky Karlovarského kraje</w:t>
       </w:r>
       <w:r w:rsidR="006D38E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0050526D" w:rsidRPr="00875488" w:rsidRDefault="0050526D" w:rsidP="0050526D"/>
     <w:p w:rsidR="003579DF" w:rsidRDefault="003579DF" w:rsidP="0050526D"/>
     <w:p w:rsidR="00113C2D" w:rsidRDefault="00113C2D" w:rsidP="0050526D"/>
     <w:sectPr w:rsidR="00113C2D" w:rsidSect="00606012">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1242" w:left="1134" w:header="426" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="0009436B" w:rsidRDefault="0009436B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="0009436B" w:rsidRDefault="0009436B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -8983,68 +9569,65 @@
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="36B08E25" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,19.1pt" to="481.9pt,19.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBy9immEQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxIIFCLCqkqgl22L&#10;tNsPMLZDrDq2ZRsCqvrvHRuC2PZSVc3BGXtmnt/MG6+ezp1EJ26d0KrE2TjFiCuqmVCHEn973Y4W&#10;GDlPFCNSK17iC3f4af3+3ao3BZ/oVkvGLQIQ5YrelLj13hRJ4mjLO+LG2nAFzkbbjnjY2kPCLOkB&#10;vZPJJE3nSa8tM1ZT7hyc1lcnXkf8puHUf20axz2SJQZuPq42rvuwJusVKQ6WmFbQGw3yDyw6IhRc&#10;eoeqiSfoaMUfUJ2gVjvd+DHVXaKbRlAea4BqsvS3al5aYnisBZrjzL1N7v/B0i+nnUWCgXYYKdKB&#10;RM9CcTQNnemNKyCgUjsbaqNn9WKeNf3ukNJVS9SBR4avFwNpWchI3qSEjTOAv+8/awYx5Oh1bNO5&#10;sV2AhAagc1TjcleDnz2icDjPoCVTEI0OvoQUQ6Kxzn/iukPBKLEEzhGYnJ6dD0RIMYSEe5TeCimj&#10;2FKhvsTL2WQWE5yWggVnCHP2sK+kRScSxiV+sSrwPIZZfVQsgrWcsM3N9kTIqw2XSxXwoBSgc7Ou&#10;8/BjmS43i80iH+WT+WaUp3U9+rit8tF8m32Y1dO6qursZ6CW5UUrGOMqsBtmM8v/TvvbK7lO1X06&#10;721I3qLHfgHZ4R9JRy2DfNdB2Gt22dlBYxjHGHx7OmHeH/dgPz7w9S8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCBoJr82wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcqtYhkao2&#10;xKkQkBsXWhDXbbwkEfE6jd028PUs4gDH2VnNvCk2k+vVicbQeTZws0hAEdfedtwYeNlV8xWoEJEt&#10;9p7JwCcF2JSXFwXm1p/5mU7b2CgJ4ZCjgTbGIdc61C05DAs/EIv37keHUeTYaDviWcJdr9MkWWqH&#10;HUtDiwPdt1R/bI/OQKhe6VB9zepZ8pY1ntLDw9MjGnN9Nd3dgoo0xb9n+MEXdCiFae+PbIPqDciQ&#10;aCBbpaDEXS8zGbL/Peiy0P/xy28AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcvYpphEC&#10;AAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgaCa&#10;/NsAAAAGAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" o:allowincell="f"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00764071">
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
       </w:rPr>
       <w:t>RADA KRAJE</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D068E"/>
     <w:rsid w:val="00005F6A"/>
     <w:rsid w:val="000111F0"/>
     <w:rsid w:val="0001781A"/>
     <w:rsid w:val="00023743"/>
     <w:rsid w:val="00030D17"/>
     <w:rsid w:val="0003162E"/>
@@ -9403,50 +9986,51 @@
     <w:rsid w:val="00D03F4B"/>
     <w:rsid w:val="00D12ADE"/>
     <w:rsid w:val="00D131F6"/>
     <w:rsid w:val="00D14419"/>
     <w:rsid w:val="00D14D2F"/>
     <w:rsid w:val="00D14DDA"/>
     <w:rsid w:val="00D150A7"/>
     <w:rsid w:val="00D15F26"/>
     <w:rsid w:val="00D2145E"/>
     <w:rsid w:val="00D2241D"/>
     <w:rsid w:val="00D30502"/>
     <w:rsid w:val="00D36AC3"/>
     <w:rsid w:val="00D43FD8"/>
     <w:rsid w:val="00D452D0"/>
     <w:rsid w:val="00D536BB"/>
     <w:rsid w:val="00D7133C"/>
     <w:rsid w:val="00D72BD0"/>
     <w:rsid w:val="00D938C2"/>
     <w:rsid w:val="00DA2278"/>
     <w:rsid w:val="00DA26FC"/>
     <w:rsid w:val="00DA64B4"/>
     <w:rsid w:val="00DB7580"/>
     <w:rsid w:val="00DB790C"/>
     <w:rsid w:val="00DC1D37"/>
     <w:rsid w:val="00DC33BF"/>
+    <w:rsid w:val="00DC5D30"/>
     <w:rsid w:val="00DD0C02"/>
     <w:rsid w:val="00DE02AD"/>
     <w:rsid w:val="00DE32B0"/>
     <w:rsid w:val="00E01653"/>
     <w:rsid w:val="00E016BC"/>
     <w:rsid w:val="00E03340"/>
     <w:rsid w:val="00E03CA9"/>
     <w:rsid w:val="00E21228"/>
     <w:rsid w:val="00E3217B"/>
     <w:rsid w:val="00E35A4A"/>
     <w:rsid w:val="00E40A53"/>
     <w:rsid w:val="00E60924"/>
     <w:rsid w:val="00E70708"/>
     <w:rsid w:val="00E70FDE"/>
     <w:rsid w:val="00E772AA"/>
     <w:rsid w:val="00E7743D"/>
     <w:rsid w:val="00E778F7"/>
     <w:rsid w:val="00E802B1"/>
     <w:rsid w:val="00E80AC4"/>
     <w:rsid w:val="00E86EEB"/>
     <w:rsid w:val="00EB0A0F"/>
     <w:rsid w:val="00EB1AA8"/>
     <w:rsid w:val="00EB2A6D"/>
     <w:rsid w:val="00EB4EFB"/>
     <w:rsid w:val="00EB5897"/>
@@ -9477,89 +10061,134 @@
     <w:rsid w:val="00FC7D23"/>
     <w:rsid w:val="00FE1F91"/>
     <w:rsid w:val="00FE284E"/>
     <w:rsid w:val="00FE5C74"/>
     <w:rsid w:val="00FF33E4"/>
     <w:rsid w:val="00FF43A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="5121"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="37BEC1C9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5ABDD05E-E3CC-4138-938A-18019721D19B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -9834,110 +10463,115 @@
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="004F5CC8"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
-    <w:aliases w:val=" Char Char1"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zhlav">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normln"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zkladntextodsazen">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normln"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:ind w:left="300"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rozvrendokumentu">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rozvrendokumentu">
     <w:name w:val="Rozvržení dokumentu"/>
     <w:basedOn w:val="Normln"/>
     <w:semiHidden/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zkladntext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normln"/>
     <w:rsid w:val="006D068E"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textvysvtlivek">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normln"/>
     <w:semiHidden/>
     <w:rsid w:val="006D068E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
@@ -9978,52 +10612,52 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textpoznpodarou">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normln"/>
     <w:semiHidden/>
     <w:rsid w:val="006D068E"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Znakapoznpodarou">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="006D068E"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-    <w:name w:val="Body Text 2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zkladntext21">
+    <w:name w:val="Základní text 21"/>
     <w:basedOn w:val="Normln"/>
     <w:rsid w:val="006D068E"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textbubliny">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normln"/>
     <w:semiHidden/>
     <w:rsid w:val="002F7F55"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odkaznakoment">
@@ -10111,56 +10745,55 @@
       <w:sz w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Motivtabulky">
     <w:name w:val="Table Theme"/>
     <w:basedOn w:val="Normlntabulka"/>
     <w:rsid w:val="00ED0583"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\Administrator\Data%20aplikac&#237;\Microsoft\&#352;ablony\Sm&#283;rnice.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10427,51 +11060,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A417F24-FF5F-42B5-A407-92D65871DFDD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33021F05-0387-4CD1-9DDB-21E3971621B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Směrnice</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>571</Words>
   <Characters>3372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>