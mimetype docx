--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -1,377 +1,1558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5DA4B481" w14:textId="06B030B9" w:rsidR="00E86D5B" w:rsidRPr="00C3680C" w:rsidRDefault="00E86D5B" w:rsidP="00C3680C">
-      <w:pPr>
+    <w:p w14:paraId="72BF8816" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Obec Podolanka</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Zastupitelstvo obce Podolanka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D497A6" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Obecně závazná vyhláška obce Podolanka</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>o místním poplatku za užívání veřejného prostranství</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECA8542" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="UvodniVeta"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zastupitelstvo obce Podolanka se na svém zasedání dne 6. prosince 2023 usneslo vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A671988" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Úvodní ustanovení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704B471A" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Obec Podolanka touto vyhláškou zavádí místní poplatek za užívání veřejného prostranství (dále jen „poplatek“).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F3A257" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Správcem poplatku je obecní úřad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A79AAE" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Předmět poplatku a poplatník</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E5CC17" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatek za užívání veřejného prostranství se vybírá za zvláštní užívání veřejného prostranství, kterým se rozumí</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D3881E" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění dočasných staveb sloužících pro poskytování služeb,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B19A0BF" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění zařízení sloužících pro poskytování služeb,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11387B8F" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění dočasných staveb sloužících pro poskytování prodeje,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE8E1F5" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění zařízení sloužících pro poskytování prodeje,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07315903" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění reklamních zařízení,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3075E0" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>provádění výkopových prací,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D26C52D" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění stavebních zařízení,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33672F08" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění skládek,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18841E06" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění zařízení cirkusů,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F809709" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>umístění zařízení lunaparků a jiných obdobných atrakcí,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232EF95B" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>vyhrazení trvalého parkovacího místa,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C20DDAA" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>užívání veřejného prostranství pro kulturní akce,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E4B924" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>užívání veřejného prostranství pro sportovní akce,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289F99FC" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>užívání veřejného prostranství pro reklamní akce,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE30E6C" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>užívání veřejného prostranství pro potřeby tvorby filmových a televizních děl.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAD0FB6" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatek za užívání veřejného prostranství platí fyzické i právnické osoby, které užívají veřejné prostranství způsobem uvedeným v odstavci 1 (dále jen „poplatník“)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C40A816" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 3</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Veřejná prostranství</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177D2E35" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatek se platí za užívání veřejných prostranství, která jsou uvedena jmenovitě v příloze č. 1. Tato příloha tvoří nedílnou součást této vyhlášky.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38627568" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Ohlašovací povinnost</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343EDB91" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatník je povinen podat správci poplatku ohlášení nejpozději 15 dnů před zahájením užívání veřejného prostranství; není-li to možné, je povinen podat nejpozději v den zahájení užívání veřejného prostranství. Pokud tento den připadne na sobotu, neděli nebo státem uznaný svátek, je poplatník povinen splnit ohlašovací povinnost nejblíže následující pracovní den.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7A19C6" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Údaje uváděné v ohlášení upravuje zákon</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693BA16F" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Dojde-li ke změně údajů uvedených v ohlášení, je poplatník povinen tuto změnu oznámit do 15 dnů ode dne, kdy nastala</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FAD1DBB" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 5</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Sazba poplatku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5A52D2" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Sazba poplatku činí za každý i započatý m² a každý i započatý den:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67280B7E" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění dočasných staveb sloužících pro poskytování služeb 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064DCC60" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění zařízení sloužících pro poskytování služeb 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A62C0E" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění dočasných staveb sloužících pro poskytování prodeje 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF5033C" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění zařízení sloužících pro poskytování prodeje 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6889C8DF" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění reklamních zařízení 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EBF612" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za provádění výkopových prací 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4BC8F5" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění stavebních zařízení 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79695696" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění skládek 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592BB4CC" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za užívání veřejného prostranství pro kulturní akce 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC3DD22" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za užívání veřejného prostranství pro sportovní akce 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01075831" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za užívání veřejného prostranství pro reklamní akce 5 Kč,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CF0694" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>za užívání veřejného prostranství pro potřeby tvorby filmových a televizních děl 5 Kč.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3C06C6" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Obec stanovuje poplatek paušální částkou:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDCC94F" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění zařízení cirkusů 50 Kč za týden,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0423C919" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za umístění zařízení lunaparků a jiných obdobných atrakcí 500 Kč za týden,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE67F0C" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za vyhrazení trvalého parkovacího místa 500 Kč za rok.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A4EDB1" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Volbu placení poplatku paušální částkou včetně výběru varianty paušální částky sdělí poplatník správci poplatku v rámci ohlášení dle čl. 4 odst. 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463F5C5E" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 6</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Splatnost poplatku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C75D6A" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatek je splatný v den ukončení užívání veřejného prostranství.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06576821" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatek stanovený paušální částkou je splatný do 15 dnů od počátku každého poplatkového období.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62426B70" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 7</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve"> Osvobození</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2920A365" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatek se neplatí:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64292F42" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>za vyhrazení trvalého parkovacího místa pro osobu, která je držitelem průkazu ZTP nebo ZTP/P,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B06E174" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>z akcí pořádaných na veřejném prostranství, jejichž celý výtěžek je odveden na charitativní a veřejně prospěšné účely</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7203D6E2" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Od poplatku se dále osvobozují:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1857A1B4" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>užívání veřejného prostranství na (části) pozemku ve vlastnictví obce, který je poplatníkovi pronajat,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E324C5" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>užívání podle čl. 5 odst. 1 písm. c), e) a g) po dobu prvních dvou dnů,,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4906841D" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>užívání podle čl. 5 odst. 1 písm. d) na tržištích.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0731C4" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>V případě, že poplatník nesplní povinnost ohlásit údaj rozhodný pro osvobození ve lhůtách stanovených touto vyhláškou nebo zákonem, nárok na osvobození zaniká</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210CEEE4" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Čl. 8</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve"> Přechodné a zrušovací ustanovení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08356DA2" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Poplatkové povinnosti vzniklé před nabytím účinnosti této vyhlášky se posuzují podle dosavadních právních předpisů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04BB9A4D" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Zrušuje se obecně závazná vyhláška č. 01/2019, Obecně závazná vyhláška obce Podolanka č. 01/2019, o místním poplatku za užívání veřejného prostranství, ze dne 4. prosince 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1B2329" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Čl. 9</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Účinnost</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2820B5A9" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tato vyhláška nabývá účinnosti dnem 1. ledna 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9641" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="4821"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00205089" w14:paraId="43735812" w14:textId="77777777" w:rsidTr="00E96F67">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E5DF1A" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00205089">
+            <w:pPr>
+              <w:pStyle w:val="PodpisovePole"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4821" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AC9F97" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00205089">
+            <w:pPr>
+              <w:pStyle w:val="PodpisovePole"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00205089" w14:paraId="6A44C773" w14:textId="77777777" w:rsidTr="00E96F67">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0679D0" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00205089" w:rsidP="00E96F67">
+            <w:pPr>
+              <w:pStyle w:val="PodpisovePole"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4821" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="55" w:type="dxa"/>
+              <w:left w:w="55" w:type="dxa"/>
+              <w:bottom w:w="55" w:type="dxa"/>
+              <w:right w:w="55" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="027C0126" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00205089">
+            <w:pPr>
+              <w:pStyle w:val="PodpisovePole"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6BA46CE8" w14:textId="77777777" w:rsidR="00E96F67" w:rsidRPr="00E96F67" w:rsidRDefault="00E96F67" w:rsidP="00E96F67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1985"/>
+          <w:tab w:val="center" w:pos="7088"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C3680C">
+      <w:r w:rsidRPr="00E96F67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Příloha </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3680C">
+        <w:tab/>
+        <w:t>..........................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E96F67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">č. 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C3680C">
+        <w:tab/>
+        <w:t>..........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF2E0DE" w14:textId="77777777" w:rsidR="00E96F67" w:rsidRPr="00E96F67" w:rsidRDefault="00E96F67" w:rsidP="00E96F67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="1985"/>
+          <w:tab w:val="center" w:pos="7088"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">k obecně závazné vyhlášce </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3680C" w:rsidRPr="00C3680C">
+      </w:pPr>
+      <w:r w:rsidRPr="00E96F67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>obce Podolanka o místním poplatku za užívání veřejného prostranství</w:t>
-[...83 lines deleted...]
-        </w:numPr>
+        <w:tab/>
+        <w:t>Mgr. Roman Pečenka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E96F67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Veronika Jašková</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A95D5F" w14:textId="77777777" w:rsidR="00E96F67" w:rsidRPr="00E96F67" w:rsidRDefault="00E96F67" w:rsidP="00E96F67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="-11"/>
+          <w:tab w:val="center" w:pos="1985"/>
+          <w:tab w:val="center" w:pos="7088"/>
         </w:tabs>
-        <w:textAlignment w:val="auto"/>
-[...34 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E96F67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>starosta obce</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E96F67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>místostarosta obce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416FCC3F" w14:textId="77777777" w:rsidR="00E96F67" w:rsidRPr="00E96F67" w:rsidRDefault="00E96F67" w:rsidP="00E96F67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="7020"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78FB5258" w14:textId="77777777" w:rsidR="00E96F67" w:rsidRPr="00E96F67" w:rsidRDefault="00E96F67" w:rsidP="00E96F67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="7020"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C92E26B" w14:textId="77777777" w:rsidR="00E96F67" w:rsidRPr="00E96F67" w:rsidRDefault="00E96F67" w:rsidP="00E96F67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="7020"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E96F67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vyvěšeno na úřední desce dne:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0504CE" w14:textId="77777777" w:rsidR="00E96F67" w:rsidRPr="00E96F67" w:rsidRDefault="00E96F67" w:rsidP="00E96F67">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="7020"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E96F67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sejmuto z úřední desky dne:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9615D2" w14:textId="77777777" w:rsidR="000B1476" w:rsidRDefault="000B1476"/>
+    <w:sectPr w:rsidR="000B1476">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="11909" w:h="16834"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="58424545" w14:textId="77777777" w:rsidR="007A3A30" w:rsidRDefault="007A3A30">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1889E963" w14:textId="77777777" w:rsidR="007A3A30" w:rsidRDefault="007A3A30">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-    <w:charset w:val="EE"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Songti SC">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="PingFang SC">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="EE"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7FBC131E" w14:textId="77777777" w:rsidR="007A3A30" w:rsidRDefault="007A3A30">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5A28CE81" w14:textId="77777777" w:rsidR="007A3A30" w:rsidRDefault="007A3A30">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="02EACB23" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Footnote"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t>§ 15 odst. 1 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="047FAE0C" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Footnote"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t>§ 4 odst. 1 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="3144BBE8" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Footnote"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t>§ 4 odst. 2 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="34E990EF" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Footnote"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t>§ 14a odst. 1 a 2 zákona o místních poplatcích; v ohlášení poplatník uvede zejména své identifikační údaje a skutečnosti rozhodné pro stanovení poplatku</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="7F69ED5C" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Footnote"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t>§ 14a odst. 4 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="1DC3E463" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Footnote"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t>§ 4 odst. 1 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="7F1D72DE" w14:textId="77777777" w:rsidR="00205089" w:rsidRDefault="00020889">
+      <w:pPr>
+        <w:pStyle w:val="Footnote"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t>§ 14a odst. 6 zákona o místních poplatcích</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B6E1F24" w14:textId="77777777" w:rsidR="000C3F5C" w:rsidRDefault="000C3F5C" w:rsidP="000C3F5C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:object w:dxaOrig="1155" w:dyaOrig="1110" w14:anchorId="189ABA53">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:57.5pt;height:55pt">
+          <v:imagedata r:id="rId1" o:title=""/>
+        </v:shape>
+        <o:OLEObject Type="Embed" ProgID="PBrush" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1834207394" r:id="rId2"/>
+      </w:object>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6AAD64F4" w14:textId="77777777" w:rsidR="000C3F5C" w:rsidRDefault="000C3F5C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="43FB2FB1"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04050011">
+    <w:nsid w:val="023C6597"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5FA80E84"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="C7AE016A">
-[...1 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="964" w:hanging="397"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
-[...11 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:lvlText w:val="(%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%7)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="782317E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A00C9BCA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -417,210 +1598,356 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1889099767">
+  <w:num w:numId="1" w16cid:durableId="252472895">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2136215678">
+  <w:num w:numId="2" w16cid:durableId="841235446">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="88697347">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="864711056">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2054799">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2078817668">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="544411546">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="820541385">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="709"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E86D5B"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E86D5B"/>
+    <w:rsidRoot w:val="00205089"/>
+    <w:rsid w:val="00020889"/>
+    <w:rsid w:val="00071C25"/>
+    <w:rsid w:val="000849DC"/>
+    <w:rsid w:val="000B1476"/>
+    <w:rsid w:val="000C3F5C"/>
+    <w:rsid w:val="00205089"/>
+    <w:rsid w:val="002D25D2"/>
+    <w:rsid w:val="007A3A30"/>
+    <w:rsid w:val="00A907B7"/>
+    <w:rsid w:val="00AE3690"/>
+    <w:rsid w:val="00C95166"/>
+    <w:rsid w:val="00E5381D"/>
+    <w:rsid w:val="00E96F67"/>
+    <w:rsid w:val="00F8119C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="04732898"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{6EF6EDBB-9DD2-44F6-AEFC-912B44927215}"/>
+  <w14:docId w14:val="4224F0CC"/>
+  <w15:docId w15:val="{A4BFDF01-4231-4435-8F90-31E0D61BD0CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Songti SC" w:hAnsi="Liberation Serif" w:cs="Arial Unicode MS"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...14 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -769,172 +2096,448 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E86D5B"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
+      <w:kern w:val="3"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Heading"/>
+    <w:next w:val="Textbody"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="238" w:after="238"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Heading"/>
+    <w:next w:val="Textbody"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="360" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
+    <w:name w:val="Heading"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Textbody"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="PingFang SC" w:hAnsi="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Textbody"/>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
+    <w:name w:val="Index"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Heading"/>
+    <w:next w:val="Textbody"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UvodniVeta">
+    <w:name w:val="UvodniVeta"/>
+    <w:basedOn w:val="Textbody"/>
+    <w:pPr>
+      <w:spacing w:before="62" w:after="120"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Odstavec">
     <w:name w:val="Odstavec"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00C3680C"/>
+    <w:basedOn w:val="Textbody"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
-      <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-      <w:textAlignment w:val="baseline"/>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
+    <w:name w:val="Table Contents"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PodpisovePole">
+    <w:name w:val="PodpisovePole"/>
+    <w:basedOn w:val="TableContents"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:kern w:val="3"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:ind w:left="170" w:hanging="170"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NumberingSymbols">
+    <w:name w:val="Numbering Symbols"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteSymbol">
+    <w:name w:val="Footnote Symbol"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Footnoteanchor">
+    <w:name w:val="Footnote anchor"/>
+    <w:rPr>
+      <w:position w:val="0"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C3F5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000C3F5C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C3F5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000C3F5C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00E96F67"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="120"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00E96F67"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -942,51 +2545,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1053,65 +2656,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1132,124 +2735,120 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</p:properties>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e49037d-be48-4307-98e0-46871c58e7f6" xmlns:ns3="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0d8f3f7b5b1ae7e137a2b5177da82bce" ns2:_="" ns3:_="">
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100AC1B70FDAEDE164AA1EAB66B418064E2" ma:contentTypeVersion="14" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="6ff9961275149fab0dcfe8f5d5ee58df">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8e49037d-be48-4307-98e0-46871c58e7f6" xmlns:ns3="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4318f5a1e385c21cbdde4281373b6b30" ns2:_="" ns3:_="">
     <xsd:import namespace="8e49037d-be48-4307-98e0-46871c58e7f6"/>
     <xsd:import namespace="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8e49037d-be48-4307-98e0-46871c58e7f6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Značky obrázků" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="bd972d3d-87dd-4160-a985-fa6ea8bee922" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -1268,55 +2867,50 @@
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{731bcf81-2516-4e78-a324-c2015f4e0c2f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Sdílí se s" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -1416,127 +3010,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7533643-355C-4DAD-8DAF-765405495EBC}">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8e49037d-be48-4307-98e0-46871c58e7f6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F971EB0F-4468-4F5B-9819-31ADF648FE75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8e49037d-be48-4307-98e0-46871c58e7f6"/>
     <ds:schemaRef ds:uri="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75260311-F71D-4621-A183-0F96548941B4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1DB3765-875B-4DE2-B097-5516B4B0C577}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{578317F1-7B4D-4E14-AE1A-F69A5EC42EDB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="79fbffa8-39ee-4aa9-afb1-925e14b7b8fb"/>
+    <ds:schemaRef ds:uri="8e49037d-be48-4307-98e0-46871c58e7f6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>308</Characters>
+  <Pages>4</Pages>
+  <Words>731</Words>
+  <Characters>4316</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Příloha k obecně závazné vyhlášce č</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>360</CharactersWithSpaces>
+  <CharactersWithSpaces>5037</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Příloha k obecně závazné vyhlášce č</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>spravce</dc:creator>
+  <dc:creator>Místostarostka</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100AC1B70FDAEDE164AA1EAB66B418064E2</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#SharedWithUsers">
+    <vt:lpwstr>Roman Pečenka</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SharedWithUsers">
+    <vt:lpwstr>14;#Roman Pečenka</vt:lpwstr>
   </property>
 </Properties>
 </file>