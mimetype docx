--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -2,221 +2,169 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="395E0975" w14:textId="77777777" w:rsidR="0024722A" w:rsidRDefault="0024722A">
-[...38 lines deleted...]
-    <w:p w14:paraId="5F03AC77" w14:textId="021C292E" w:rsidR="00E963F9" w:rsidRPr="00431DC7" w:rsidRDefault="00E963F9" w:rsidP="00431DC7">
+    <w:p w14:paraId="5F03AC77" w14:textId="021C292E" w:rsidR="00E963F9" w:rsidRPr="008E40B4" w:rsidRDefault="00E963F9" w:rsidP="00431DC7">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E40B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00752FEE">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obec </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62C20" w:rsidRPr="008E40B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Obříství</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFC39D5" w14:textId="36B6108C" w:rsidR="00E963F9" w:rsidRPr="00431DC7" w:rsidRDefault="00E963F9" w:rsidP="00431DC7">
+    <w:p w14:paraId="2AFC39D5" w14:textId="13DB2756" w:rsidR="00E963F9" w:rsidRDefault="00E963F9" w:rsidP="00431DC7">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00431DC7">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E40B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastupitelstvo obce </w:t>
       </w:r>
-      <w:r w:rsidR="00D62C20" w:rsidRPr="00431DC7">
+      <w:r w:rsidR="00D62C20" w:rsidRPr="008E40B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Obříství</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294369BC" w14:textId="431DA987" w:rsidR="00E963F9" w:rsidRPr="00431DC7" w:rsidRDefault="00E963F9" w:rsidP="00431DC7">
+    <w:p w14:paraId="5980D0B4" w14:textId="77777777" w:rsidR="008E40B4" w:rsidRPr="008E40B4" w:rsidRDefault="008E40B4" w:rsidP="00431DC7">
+      <w:pPr>
+        <w:pStyle w:val="NormlnIMP"/>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="294369BC" w14:textId="3DD367A7" w:rsidR="00E963F9" w:rsidRPr="008E40B4" w:rsidRDefault="00E963F9" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00431DC7">
+      <w:r w:rsidRPr="008E40B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Obecně závazná vyhláška obce </w:t>
       </w:r>
-      <w:r w:rsidR="00D62C20" w:rsidRPr="00431DC7">
+      <w:r w:rsidR="00D62C20" w:rsidRPr="008E40B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Obříství</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1A3C2478" w14:textId="77777777" w:rsidR="00774261" w:rsidRDefault="00774261" w:rsidP="00431DC7">
+      <w:r w:rsidR="008E40B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104FDAE6" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="008E40B4" w:rsidRDefault="00F64363" w:rsidP="00431DC7">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:spacing w:after="60"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E40B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kterou se vydává požární řád obce</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628D7215" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="675E893C" w14:textId="2E81E012" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -781,373 +729,230 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Podmínky požární bezpečnosti při činnostech a v objektech se zvýšeným nebezpečím vzniku požáru se zřetelem na místní situaci</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B981D4" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:ind w:firstLine="500"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43EB0486" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="43EB0486" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="0030196D">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="567" w:hanging="567"/>
+        <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Za činnosti, při kterých hrozí zvýšené nebezpečí vzniku požáru, se podle místních podmínek považuje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A19533C" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="414" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="289AF45F" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="00F64363">
-[...73 lines deleted...]
-    <w:p w14:paraId="5B9DB69A" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="289AF45F" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="0030196D">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>konání veřejnosti přístupných kulturních a sportovních akcí na veřejných prostranstvích, při nichž dochází k manipulaci s otevřeným ohněm a na něž se nevztahují povinnosti uvedené v § 6 zákona o požární ochraně ani v právním předpisu kraje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> či obce</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vydanému k zabezpečení požární ochrany při akcích, kterých se zúčastňuje větší počet osob.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9DB69A" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C7326D5" w14:textId="07BB3D0D" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="4C7326D5" w14:textId="07BB3D0D" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="0030196D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pořadatel akce je povinen konání akce nahlásit min. 2 pracovní dny před jejím započetím na Obecním úřadu </w:t>
+      </w:r>
+      <w:r w:rsidR="00431DC7" w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Obříství</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Je-li pořadatelem právnická osoba či fyzická osoba podnikající, je její povinností zřídit preventivní požární hlídku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE997DF" w14:textId="69FD6CB6" w:rsidR="00F64363" w:rsidRPr="00431DC7" w:rsidRDefault="00F64363" w:rsidP="00431DC7">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...123 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="39EBB3E1" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1738,51 +1543,50 @@
     </w:p>
     <w:p w14:paraId="76D187CF" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Čl. 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Seznam ohlašoven požárů a dalších míst, odkud lze hlásit požár, a způsob jejich označení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F5401F0" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1868,57 +1672,53 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dalšími místy zřízenými obcí, odkud lze hlásit požár a která jsou trvale označena tabulkou „Zde hlaste požár” nebo symbolem telefonního čísla „150” či „112“, jsou:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F660628" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F36B806" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00F64363" w:rsidP="00431DC7">
-[...5 lines deleted...]
-        <w:ind w:left="1418" w:hanging="851"/>
+    <w:p w14:paraId="6F36B806" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00F64363" w:rsidP="00565C1A">
+      <w:pPr>
+        <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hasičská zbrojnice v ulici </w:t>
       </w:r>
       <w:r w:rsidR="00431DC7" w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bedřicha Smetany 66, Obříství 277 42</w:t>
       </w:r>
       <w:r w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2146,180 +1946,195 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>v případě poruchy technických zařízení pro vyhlášení požárního poplachu se požární poplach v obci vyhlašuje</w:t>
       </w:r>
       <w:r w:rsidR="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">obecním rozhlasem </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3DABBF" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRPr="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="6E3DABBF" w14:textId="6DE5DB25" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1418" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BB28580" w14:textId="3D9DEA98" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00431DC7">
+    <w:p w14:paraId="26151B3F" w14:textId="77777777" w:rsidR="00341C89" w:rsidRPr="00431DC7" w:rsidRDefault="00341C89" w:rsidP="00431DC7">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1418" w:firstLine="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F64363">
-[...3 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="4BB28580" w14:textId="6A912DA1" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00341C89" w:rsidP="00341C89">
+      <w:pPr>
+        <w:pStyle w:val="Normlnweb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1418" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64363" w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Čl. 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB8658E" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="1AB8658E" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="nzevzkona"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Seznam sil a prostředků jednotek požární ochrany</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1CBB33" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="2F1CBB33" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C46595B" w14:textId="19879CF6" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="7C46595B" w14:textId="04F46719" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seznam sil a prostředků jednotek požární ochrany podle výpisu z požárního poplachového plánu </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00431DC7" w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Středočeského</w:t>
       </w:r>
       <w:r w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>kraje</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> je uveden v příloze </w:t>
+        <w:t xml:space="preserve">kraje je uveden v příloze </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>č. 1 vyhlášky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31DF035A" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="539060F2" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00AB72E6" w:rsidRDefault="00F64363" w:rsidP="00AB72E6">
@@ -2327,224 +2142,212 @@
         <w:pStyle w:val="Nadpis4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB72E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E4082B" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="64E4082B" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Zrušovací ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1A34D0" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="1B1A34D0" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5768C536" w14:textId="261C27DF" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5768C536" w14:textId="261C27DF" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F64363">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Touto vyhláškou se ruší obecně závazná vyhláška č.</w:t>
       </w:r>
-      <w:r w:rsidR="001D2729">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="001D2729" w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1/2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ze dne </w:t>
       </w:r>
-      <w:r w:rsidR="001D2729" w:rsidRPr="001D2729">
-[...16 lines deleted...]
-    <w:p w14:paraId="6962848D" w14:textId="77777777" w:rsidR="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+      <w:r w:rsidR="001D2729" w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11.7.2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6962848D" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="77BE4204" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00F64363">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77BE4204" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRPr="00341C89" w:rsidRDefault="00431DC7" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="29AF6AD2" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRPr="00F64363" w:rsidRDefault="00431DC7" w:rsidP="00F64363">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29AF6AD2" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRPr="00341C89" w:rsidRDefault="00431DC7" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0384108F" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00AB72E6" w:rsidRDefault="00F64363" w:rsidP="00AB72E6">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0384108F" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00AB72E6">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB72E6">
+      <w:r w:rsidRPr="00341C89">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7BF0AC" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="7C7BF0AC" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00341C89" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F64363">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00341C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CCF590" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06F5718E" w14:textId="77777777" w:rsidR="00774261" w:rsidRPr="00E836B1" w:rsidRDefault="00774261" w:rsidP="00774261">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -2873,622 +2676,199 @@
       </w:r>
       <w:r w:rsidRPr="00F64363">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>starosta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F597FF" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00F64363" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DD50923" w14:textId="77777777" w:rsidR="0094420F" w:rsidRPr="00F235C4" w:rsidRDefault="0094420F" w:rsidP="0094420F">
-[...85 lines deleted...]
-    <w:p w14:paraId="7C47274D" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="48ACF8ED" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48ACF8ED" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="75EFD8EA" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75EFD8EA" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="715E13D9" w14:textId="7CC60154" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="715E13D9" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="532DF2D1" w14:textId="24C92D25" w:rsidR="0030196D" w:rsidRDefault="0030196D" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF7A116" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="54D5A986" w14:textId="23D565A7" w:rsidR="0030196D" w:rsidRDefault="0030196D" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D7F3ACE" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="4CA987B1" w14:textId="1EC76AD8" w:rsidR="0030196D" w:rsidRDefault="0030196D" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EEA9BC0" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="635A9644" w14:textId="25439894" w:rsidR="0030196D" w:rsidRDefault="0030196D" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6792DC1C" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="2D41327E" w14:textId="77777777" w:rsidR="0030196D" w:rsidRDefault="0030196D" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EA3F003" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="5DF7A116" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53EBD1D1" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
+    <w:p w14:paraId="44D34AA7" w14:textId="3722BCF7" w:rsidR="00431DC7" w:rsidRPr="00431DC7" w:rsidRDefault="00431DC7" w:rsidP="00431DC7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk206660137"/>
+      <w:r w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...332 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Příloha č. 1 k obecně závazné vyhlášce</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> obce Obříství</w:t>
       </w:r>
       <w:r w:rsidRPr="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, kterou se vydává požární řád </w:t>
       </w:r>
     </w:p>
@@ -4391,71 +3771,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="239550BF" w14:textId="77777777" w:rsidR="001C3D78" w:rsidRDefault="001C3D78" w:rsidP="006026C5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4ED87C9A" w14:textId="77777777" w:rsidR="001C3D78" w:rsidRDefault="001C3D78" w:rsidP="006026C5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B31C58E" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRPr="000E3719" w:rsidRDefault="00431DC7" w:rsidP="006026C5">
-[...19 lines deleted...]
-    </w:p>
     <w:p w14:paraId="37DF8451" w14:textId="7C024EDE" w:rsidR="000E3719" w:rsidRPr="000E3719" w:rsidRDefault="000E3719" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk206660515"/>
       <w:r w:rsidRPr="000E3719">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Příloha č. 2 k obecně závazné vyhlášce</w:t>
       </w:r>
       <w:r w:rsidR="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -5690,112 +5049,133 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56CCBB0F" w14:textId="77777777" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="001A84EB" w14:textId="77777777" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6E674C" w14:textId="77777777" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
+    <w:p w14:paraId="3E6E674C" w14:textId="7A30495D" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A3DAE4F" w14:textId="77777777" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
+    <w:p w14:paraId="297B5FEF" w14:textId="1F4BF77F" w:rsidR="008E40B4" w:rsidRDefault="008E40B4" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="690229E8" w14:textId="77777777" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
+    <w:p w14:paraId="406295B5" w14:textId="77777777" w:rsidR="008E40B4" w:rsidRDefault="008E40B4" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CCB9489" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRPr="000E3719" w:rsidRDefault="00431DC7" w:rsidP="000E3719">
+    <w:p w14:paraId="6A3DAE4F" w14:textId="77777777" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="690229E8" w14:textId="77777777" w:rsidR="00D8759F" w:rsidRDefault="00D8759F" w:rsidP="000E3719">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CCB9489" w14:textId="77777777" w:rsidR="00431DC7" w:rsidRPr="000E3719" w:rsidRDefault="00431DC7" w:rsidP="000E3719">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="467E2859" w14:textId="0D9A1AE1" w:rsidR="000E3719" w:rsidRPr="000E3719" w:rsidRDefault="000E3719" w:rsidP="000E3719">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E3719">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Příloha č. 3 k obecně závazné vyhlášce </w:t>
       </w:r>
       <w:r w:rsidR="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>obce Obříství</w:t>
       </w:r>
       <w:r w:rsidRPr="000E3719">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, kterou se vydává požární řád</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70DEBBFD" w14:textId="77777777" w:rsidR="000E3719" w:rsidRDefault="000E3719" w:rsidP="000E3719">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6924,51 +6304,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B772600" w14:textId="475D3EEC" w:rsidR="00686504" w:rsidRPr="00AB6114" w:rsidRDefault="00AB6114" w:rsidP="00AB6114">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54E7072D" wp14:editId="3C7ED42C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-1086177</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1178234</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="8498224" cy="7352066"/>
             <wp:effectExtent l="1588" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1950674151" name="Obrázek 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1950674151" name="Obrázek 1950674151"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
@@ -7044,70 +6423,70 @@
         <w:t>nim</w:t>
       </w:r>
       <w:r w:rsidR="003F468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00686504" w:rsidRPr="00AB6114" w:rsidSect="003F04F4">
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="424" w:bottom="1417" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31C61D71" w14:textId="77777777" w:rsidR="00606E60" w:rsidRDefault="00606E60">
+    <w:p w14:paraId="41C308F0" w14:textId="77777777" w:rsidR="001442EE" w:rsidRDefault="001442EE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B6CEC16" w14:textId="77777777" w:rsidR="00606E60" w:rsidRDefault="00606E60">
+    <w:p w14:paraId="5431E3A6" w14:textId="77777777" w:rsidR="001442EE" w:rsidRDefault="001442EE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7131,60 +6510,60 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="193F3EB8" w14:textId="77777777" w:rsidR="00606E60" w:rsidRDefault="00606E60">
+    <w:p w14:paraId="7433C706" w14:textId="77777777" w:rsidR="001442EE" w:rsidRDefault="001442EE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37E57EF6" w14:textId="77777777" w:rsidR="00606E60" w:rsidRDefault="00606E60">
+    <w:p w14:paraId="6E0997EA" w14:textId="77777777" w:rsidR="001442EE" w:rsidRDefault="001442EE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4CE44711" w14:textId="77777777" w:rsidR="00F64363" w:rsidRPr="00036DE6" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00036DE6">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00036DE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 27 odst. 2 písm. b) bod 5 zákona o požární ochraně</w:t>
@@ -7259,107 +6638,119 @@
       </w:pPr>
       <w:r w:rsidRPr="002E56B5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="17365D"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002E56B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="17365D"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E56B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>§ 7 odst. 1 zákona o požární ochraně</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="5D8FFBE2" w14:textId="5624C0BF" w:rsidR="00F64363" w:rsidRPr="002E56B5" w:rsidRDefault="00F64363" w:rsidP="00F64363">
+    <w:p w14:paraId="5D8FFBE2" w14:textId="4B0E2601" w:rsidR="00F64363" w:rsidRPr="002E56B5" w:rsidRDefault="00F64363" w:rsidP="00F64363">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E56B5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002E56B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> nařízení </w:t>
       </w:r>
       <w:r w:rsidR="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Středočeského </w:t>
       </w:r>
       <w:r w:rsidRPr="002E56B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>kraje č</w:t>
       </w:r>
       <w:r w:rsidR="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:t>. 2/2010</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0030196D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>/2010</w:t>
       </w:r>
       <w:r w:rsidRPr="002E56B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ze dne </w:t>
       </w:r>
       <w:r w:rsidR="00431DC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>4. ledna 2010</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0500119E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="087A96BC"/>
     <w:lvl w:ilvl="0" w:tplc="832A6900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11688,304 +11079,311 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2029789403">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="465244511">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="800615407">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1325158048">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1596786063">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1794325367">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="460340810">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1182551602">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1757746376">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1327705755">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="262306132">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2008946655">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="795173293">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="906501591">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1558544097">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1031566803">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="615982889">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="841428443">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1758207913">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1902859651">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1794398888">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="16273849">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="917520137">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1605186120">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="336886963">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="363947125">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="977805701">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1354724915">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="2142381939">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1347099848">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="587159688">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="759638256">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1726559616">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="864899989">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="146169113">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1263301968">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="280307114">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="99837702">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1215585709">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1776056809">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1124881834">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1591431431">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1824197289">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1864201612">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1247350072">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="626355426">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E1DB2"/>
     <w:rsid w:val="00015BC7"/>
     <w:rsid w:val="0002050F"/>
     <w:rsid w:val="000249FB"/>
     <w:rsid w:val="00032EB6"/>
     <w:rsid w:val="00061B31"/>
+    <w:rsid w:val="00096C07"/>
     <w:rsid w:val="000A192D"/>
     <w:rsid w:val="000C01AD"/>
     <w:rsid w:val="000E3719"/>
+    <w:rsid w:val="00125847"/>
+    <w:rsid w:val="001442EE"/>
     <w:rsid w:val="00167FA5"/>
     <w:rsid w:val="00176F5A"/>
     <w:rsid w:val="001908F6"/>
     <w:rsid w:val="001C3D78"/>
     <w:rsid w:val="001D0B27"/>
     <w:rsid w:val="001D2729"/>
     <w:rsid w:val="001E2224"/>
     <w:rsid w:val="00212C35"/>
     <w:rsid w:val="00213118"/>
     <w:rsid w:val="00224B0D"/>
     <w:rsid w:val="0024722A"/>
     <w:rsid w:val="00264860"/>
     <w:rsid w:val="002B3198"/>
     <w:rsid w:val="002D539B"/>
     <w:rsid w:val="002F1F16"/>
+    <w:rsid w:val="0030196D"/>
     <w:rsid w:val="00314D04"/>
+    <w:rsid w:val="00341C89"/>
     <w:rsid w:val="00380BCE"/>
     <w:rsid w:val="003B12D9"/>
     <w:rsid w:val="003E454A"/>
     <w:rsid w:val="003F04F4"/>
     <w:rsid w:val="003F468D"/>
     <w:rsid w:val="004154AF"/>
     <w:rsid w:val="00431DC7"/>
     <w:rsid w:val="004602FC"/>
     <w:rsid w:val="00470C68"/>
     <w:rsid w:val="00474A50"/>
     <w:rsid w:val="00477C4B"/>
     <w:rsid w:val="00484A5F"/>
     <w:rsid w:val="00485025"/>
     <w:rsid w:val="00506910"/>
     <w:rsid w:val="00513323"/>
     <w:rsid w:val="00533F5B"/>
     <w:rsid w:val="0054059F"/>
+    <w:rsid w:val="00565C1A"/>
     <w:rsid w:val="00595B01"/>
     <w:rsid w:val="005D3312"/>
     <w:rsid w:val="006026C5"/>
     <w:rsid w:val="00606E60"/>
     <w:rsid w:val="00614F22"/>
     <w:rsid w:val="00617BDE"/>
     <w:rsid w:val="0062451D"/>
     <w:rsid w:val="00630470"/>
     <w:rsid w:val="00641107"/>
     <w:rsid w:val="0064245C"/>
     <w:rsid w:val="00662877"/>
     <w:rsid w:val="00663A3F"/>
     <w:rsid w:val="006647CE"/>
     <w:rsid w:val="006863A2"/>
     <w:rsid w:val="00686504"/>
     <w:rsid w:val="00696A6B"/>
     <w:rsid w:val="006A062D"/>
     <w:rsid w:val="006A5547"/>
     <w:rsid w:val="006B0AAB"/>
     <w:rsid w:val="006C2361"/>
     <w:rsid w:val="006F76D2"/>
     <w:rsid w:val="00700792"/>
     <w:rsid w:val="007057EF"/>
     <w:rsid w:val="00706D42"/>
     <w:rsid w:val="0072122F"/>
     <w:rsid w:val="00725357"/>
     <w:rsid w:val="00744A2D"/>
     <w:rsid w:val="007552E2"/>
     <w:rsid w:val="00771BD5"/>
     <w:rsid w:val="00774261"/>
     <w:rsid w:val="007D1FDC"/>
     <w:rsid w:val="007E1DB2"/>
     <w:rsid w:val="00804441"/>
     <w:rsid w:val="00823768"/>
     <w:rsid w:val="008335F5"/>
     <w:rsid w:val="008524BB"/>
     <w:rsid w:val="00871053"/>
     <w:rsid w:val="00876251"/>
     <w:rsid w:val="008B5E32"/>
     <w:rsid w:val="008B7348"/>
     <w:rsid w:val="008C0752"/>
     <w:rsid w:val="008C7339"/>
     <w:rsid w:val="008D6496"/>
+    <w:rsid w:val="008E40B4"/>
     <w:rsid w:val="008F0540"/>
     <w:rsid w:val="008F28C3"/>
     <w:rsid w:val="00937FA4"/>
     <w:rsid w:val="0094420F"/>
     <w:rsid w:val="0094501D"/>
     <w:rsid w:val="00947A8B"/>
     <w:rsid w:val="0095368E"/>
     <w:rsid w:val="00964068"/>
     <w:rsid w:val="009662E7"/>
     <w:rsid w:val="0096656C"/>
     <w:rsid w:val="00966E6A"/>
     <w:rsid w:val="009A3B45"/>
     <w:rsid w:val="009B06AB"/>
     <w:rsid w:val="009B33F1"/>
     <w:rsid w:val="009C57D6"/>
     <w:rsid w:val="009D1880"/>
     <w:rsid w:val="00A30821"/>
     <w:rsid w:val="00A62621"/>
     <w:rsid w:val="00A97662"/>
     <w:rsid w:val="00AA2424"/>
     <w:rsid w:val="00AA71D0"/>
     <w:rsid w:val="00AB3845"/>
     <w:rsid w:val="00AB6114"/>
     <w:rsid w:val="00AB72E6"/>
     <w:rsid w:val="00AC1E54"/>
@@ -12045,51 +11443,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3BB1A574"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{89E73EDB-561E-4F30-8231-FB3EF7EF72EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12523,50 +11921,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00264860"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zkladntextodsazen">
     <w:name w:val="Body Text Indent"/>
@@ -12848,51 +12247,51 @@
     <w:link w:val="Nadpis7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00264860"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Hlava">
     <w:name w:val="Hlava"/>
     <w:basedOn w:val="Normln"/>
     <w:rsid w:val="00264860"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -13138,71 +12537,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAE5A110-7127-4949-9167-480558434884}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>7525</Characters>
+  <Pages>7</Pages>
+  <Words>1174</Words>
+  <Characters>6930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MV ČR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8783</CharactersWithSpaces>
+  <CharactersWithSpaces>8088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</dc:title>
   <dc:subject/>
   <dc:creator>DA210036</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>