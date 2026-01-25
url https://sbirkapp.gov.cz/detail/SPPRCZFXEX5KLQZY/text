--- v0 (2025-12-10)
+++ v1 (2026-01-25)
@@ -75,76 +75,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="796C5CEB" w14:textId="49F0FB39" w:rsidR="00572D04" w:rsidRDefault="00572D04" w:rsidP="00572D04">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Zastupitelstvo obce Krouna se na svém zasedání dne </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00293DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.12.202</w:t>
       </w:r>
       <w:r w:rsidR="00360E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> usneslo vydat na základě § 59 odst. 4 zákona č. 541/2020 Sb., o odpadech, ve znění pozdějších předpisů (dále jen „zákon o odpadech“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D35AF1D" w14:textId="77777777" w:rsidR="00572D04" w:rsidRPr="00572D04" w:rsidRDefault="00572D04" w:rsidP="005343CA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00572D04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -984,51 +982,51 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Určení míst pro oddělené s</w:t>
       </w:r>
       <w:r w:rsidR="008B7B1A" w:rsidRPr="008B7B1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oustřeďování </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>určených složek komunálního odpadu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC52B32" w14:textId="240D8530" w:rsidR="00EA5F8B" w:rsidRPr="00DD2743" w:rsidRDefault="002C1AAF" w:rsidP="002D5E58">
+    <w:p w14:paraId="2FC52B32" w14:textId="050963B3" w:rsidR="00EA5F8B" w:rsidRPr="00DD2743" w:rsidRDefault="002C1AAF" w:rsidP="002D5E58">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5E58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Papír, plasty, n</w:t>
       </w:r>
       <w:r w:rsidR="002B2881" w:rsidRPr="002D5E58">
         <w:rPr>
@@ -1048,65 +1046,65 @@
       </w:r>
       <w:r w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tuky</w:t>
       </w:r>
       <w:r w:rsidR="00293DB0" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00293DB0" w:rsidRPr="00843DC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>textil</w:t>
       </w:r>
-      <w:r w:rsidR="00495436" w:rsidRPr="00843DC2">
-[...5 lines deleted...]
-        <w:t>, vyřazená nefunkční elektrozařízení</w:t>
+      <w:r w:rsidR="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00843DC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a biologický odpad se soustřeďují do zvláštních sběrných nádob,  kterými</w:t>
+        <w:t>a biologický odpad se soustřeďují do zvláštních sběrných nádob,  kterými</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jsou sběrné nádoby</w:t>
       </w:r>
       <w:r w:rsidR="009E271E" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> na tříděný odpad</w:t>
       </w:r>
       <w:r w:rsidR="00EA5F8B" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a velkoobjemové kontejnery.</w:t>
       </w:r>
@@ -1253,69 +1251,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dolní náves</w:t>
       </w:r>
       <w:r w:rsidR="002C1AAF" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u brodu</w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (u </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">123) </w:t>
+        <w:t xml:space="preserve"> (u č.p.123) </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>– papír, plasty,</w:t>
       </w:r>
       <w:r w:rsidR="00B801A3" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nápojové kartony,</w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sklo, kovy, </w:t>
       </w:r>
@@ -1405,69 +1385,51 @@
         </w:rPr>
         <w:t xml:space="preserve">            b)</w:t>
       </w:r>
       <w:r w:rsidR="002C1AAF" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u prodejny Jednot</w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 306)</w:t>
+        <w:t xml:space="preserve"> (č.p. 306)</w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - papír, plasty, </w:t>
       </w:r>
       <w:r w:rsidR="00B801A3" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nápojové kartony, </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sklo, kovy, jedlé oleje </w:t>
       </w:r>
@@ -1571,104 +1533,86 @@
         </w:rPr>
         <w:t xml:space="preserve">            c) </w:t>
       </w:r>
       <w:r w:rsidR="002C1AAF" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na parkovišti na křižovatce</w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(u </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 218) </w:t>
+        <w:t xml:space="preserve">(u č.p. 218) </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- papír, plasty,</w:t>
       </w:r>
       <w:r w:rsidR="00B801A3" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nápojové kartony,</w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sklo, kovy, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D13A47" w14:textId="08950AAB" w:rsidR="002C1AAF" w:rsidRPr="000E741B" w:rsidRDefault="00B47C9F" w:rsidP="00B47C9F">
+    <w:p w14:paraId="42D13A47" w14:textId="566F5DFE" w:rsidR="002C1AAF" w:rsidRPr="000E741B" w:rsidRDefault="00B47C9F" w:rsidP="00B47C9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="00B801A3" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1677,129 +1621,95 @@
       </w:r>
       <w:r w:rsidR="00ED62B9" w:rsidRPr="00DD2743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oleje a tuky</w:t>
       </w:r>
       <w:r w:rsidR="00360E44" w:rsidRPr="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00360E44" w:rsidRPr="00843DC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>textil</w:t>
       </w:r>
-      <w:r w:rsidR="00730C49" w:rsidRPr="00843DC2">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6FB59506" w14:textId="257D56B9" w:rsidR="00B801A3" w:rsidRDefault="00B47C9F" w:rsidP="00B47C9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">           d)</w:t>
       </w:r>
       <w:r w:rsidR="002C1AAF" w:rsidRPr="000E741B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u hasičárny </w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 388) </w:t>
+        <w:t xml:space="preserve">(č.p. 388) </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- papír, plasty, </w:t>
       </w:r>
       <w:r w:rsidR="00B801A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nápojové kartony, </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sklo, kovy, </w:t>
       </w:r>
@@ -1873,69 +1783,51 @@
         </w:rPr>
         <w:t>e)</w:t>
       </w:r>
       <w:r w:rsidRPr="000E741B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">horní Krouna u mostu </w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(u </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 230) </w:t>
+        <w:t xml:space="preserve">(u č.p. 230) </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- papír, plasty, </w:t>
       </w:r>
       <w:r w:rsidR="00B801A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nápojové kartony, </w:t>
       </w:r>
       <w:r w:rsidR="006D5B4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sklo </w:t>
       </w:r>
@@ -1999,69 +1891,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00360E44" w:rsidRPr="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>na autobusové točně</w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(u </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 23) </w:t>
+        <w:t xml:space="preserve">(u č.p. 23) </w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- papír, plasty, </w:t>
       </w:r>
       <w:r w:rsidR="00B801A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nápojové kartony, </w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sklo </w:t>
       </w:r>
@@ -2096,69 +1970,51 @@
         </w:rPr>
         <w:t>b)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C1AAF" w:rsidRPr="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u hasičárny</w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 92)</w:t>
+        <w:t xml:space="preserve"> (č.p. 92)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- papír, plasty,</w:t>
       </w:r>
       <w:r w:rsidR="00B801A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nápojové kartony,</w:t>
       </w:r>
@@ -2257,69 +2113,51 @@
         </w:rPr>
         <w:t xml:space="preserve">u </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hasičárny</w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 2)</w:t>
+        <w:t>(č.p. 2)</w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- papír, plasty, </w:t>
       </w:r>
       <w:r w:rsidR="00B801A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nápojové kartony, </w:t>
       </w:r>
       <w:r w:rsidR="009E271E" w:rsidRPr="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sklo, </w:t>
       </w:r>
@@ -2396,69 +2234,51 @@
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="002C1AAF" w:rsidRPr="000E741B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u hasičárny</w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 42) </w:t>
+        <w:t xml:space="preserve">(č.p. 42) </w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- papír, plasty, </w:t>
       </w:r>
       <w:r w:rsidR="00B801A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nápojové kartony, </w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sklo, </w:t>
       </w:r>
@@ -2501,69 +2321,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Františky </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u bývalé školy </w:t>
       </w:r>
       <w:r w:rsidR="00240A9E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 85) </w:t>
+        <w:t xml:space="preserve">(č.p. 85) </w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- papír, plasty,</w:t>
       </w:r>
       <w:r w:rsidR="00B801A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nápojové kartony,</w:t>
       </w:r>
       <w:r w:rsidR="009E271E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sklo bílé, sklo barevné, </w:t>
       </w:r>
@@ -3240,106 +3042,72 @@
       <w:r w:rsidR="00CC4ED8" w:rsidRPr="004B6483">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00730C49">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="005073CB" w:rsidRPr="004B6483">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409A0CC9" w14:textId="73AE3440" w:rsidR="00730C49" w:rsidRPr="00843DC2" w:rsidRDefault="00730C49" w:rsidP="00730C49">
-[...33 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1BD86DEE" w14:textId="0787738E" w:rsidR="00366198" w:rsidRDefault="00366198" w:rsidP="004B6483">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Do zvláštních sběrných nádob je zakázáno ukládat jiné složky komunálních odpadů, než pro které jsou určeny.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FDFEA7" w14:textId="77777777" w:rsidR="00366198" w:rsidRDefault="00366198" w:rsidP="002D5E58">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="357" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3871,131 +3639,356 @@
       <w:r w:rsidR="0049333A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> slouží</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cí</w:t>
       </w:r>
       <w:r w:rsidR="0049333A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pro odkládání drobného směsného komunálního odpadu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5902B50F" w14:textId="77777777" w:rsidR="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="002D5862">
+    <w:p w14:paraId="5902B50F" w14:textId="54DD6007" w:rsidR="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="00A833DC">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD29AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Soustřeďování směsného komunálního odpadu podléhá požadavkům stanoveným v čl. 3 odst. 4 a 5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E8F410" w14:textId="77777777" w:rsidR="00E8661F" w:rsidRPr="00AD29AE" w:rsidRDefault="00E8661F" w:rsidP="00E8661F">
+    <w:p w14:paraId="4BB9CB40" w14:textId="77777777" w:rsidR="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="360"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EE7EE12" w14:textId="77777777" w:rsidR="007C7E64" w:rsidRPr="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="001D4550">
+    <w:p w14:paraId="41B59AAD" w14:textId="77777777" w:rsidR="00A833DC" w:rsidRPr="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Čl. 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFBB730" w14:textId="77777777" w:rsidR="00A833DC" w:rsidRPr="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nakládání s výrobky s ukončenou životností v rámci služby pro výrobce </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49AF8C32" w14:textId="3F87A634" w:rsidR="00A833DC" w:rsidRPr="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>(zpětný odběr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FFE8C3" w14:textId="77777777" w:rsidR="00A833DC" w:rsidRPr="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA23965" w14:textId="77777777" w:rsidR="00A833DC" w:rsidRPr="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obec v rámci služby pro výrobce nakládá s těmito výrobky s ukončenou životností: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4920E6F0" w14:textId="77777777" w:rsidR="00A833DC" w:rsidRPr="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektrozařízení</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081690DE" w14:textId="75075BEE" w:rsidR="00A833DC" w:rsidRDefault="00A833DC" w:rsidP="00A833DC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Výrobky s ukončenou životností uvedené v odst. 1 lze předávat do nádoby barvy červené, označené nápisem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Elektro“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, umístěné </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v Krouně </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parkovišti na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">křižovatce u nemovitosti č.p. 218. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365EA0F0" w14:textId="77777777" w:rsidR="005D22EF" w:rsidRPr="00A833DC" w:rsidRDefault="005D22EF" w:rsidP="005D22EF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE7EE12" w14:textId="62A239E4" w:rsidR="007C7E64" w:rsidRPr="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="001D4550">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Čl</w:t>
       </w:r>
       <w:r w:rsidR="005821E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A4DD5D" w14:textId="77777777" w:rsidR="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="007C7E64">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nakládání se stavebním a demoličním odpadem</w:t>
       </w:r>
     </w:p>
@@ -4092,208 +4085,208 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fyzické osoby si mohou u oprávněné osoby (např. Technické služby Hlinsko s.r.o.) objednat pro tyto účely na vlastní náklady kontejner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E759E5A" w14:textId="77777777" w:rsidR="00AB0482" w:rsidRDefault="00AB0482" w:rsidP="002D5E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2148AB4E" w14:textId="77777777" w:rsidR="007C7E64" w:rsidRPr="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="002D5E58">
+    <w:p w14:paraId="2148AB4E" w14:textId="3437F06C" w:rsidR="007C7E64" w:rsidRPr="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="002D5E58">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Čl</w:t>
       </w:r>
       <w:r w:rsidR="005821E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A833DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE0832F" w14:textId="77777777" w:rsidR="007C7E64" w:rsidRDefault="007C7E64" w:rsidP="001D4550">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C7E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sankce</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F159696" w14:textId="77777777" w:rsidR="001D4550" w:rsidRDefault="002D5E58" w:rsidP="001D4550">
+    <w:p w14:paraId="6F159696" w14:textId="1A46D6EF" w:rsidR="001D4550" w:rsidRDefault="002D5E58" w:rsidP="001D4550">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Poruš</w:t>
       </w:r>
       <w:r w:rsidR="007C7E64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ení povinností stanovených touto vyhláškou bude postihováno podle zvláštních právních předpisů.</w:t>
-      </w:r>
-[...7 lines deleted...]
-        <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3EE3B7" w14:textId="77777777" w:rsidR="001D4550" w:rsidRDefault="001D4550" w:rsidP="001D4550">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49B2BA9F" w14:textId="77777777" w:rsidR="00AA1CCB" w:rsidRPr="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="001D4550">
+    <w:p w14:paraId="49B2BA9F" w14:textId="5195B7BF" w:rsidR="00AA1CCB" w:rsidRPr="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="001D4550">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1CCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Čl</w:t>
       </w:r>
       <w:r w:rsidR="005821E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA1CCB">
+      <w:r w:rsidR="00A833DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68AE491D" w14:textId="77777777" w:rsidR="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="001D4550">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA1CCB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Závěrečná ustanovení</w:t>
       </w:r>
@@ -4332,60 +4325,58 @@
       </w:r>
       <w:r w:rsidR="005D5F76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">systému </w:t>
       </w:r>
       <w:r w:rsidR="00293DB0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">odpadového hospodářství </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5E58">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ze dne </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00360E44">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.12.2024</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="566DB6E7" w14:textId="28ECE74C" w:rsidR="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="00CD1325">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tato vyhláška nabývá účinnosti dne 1. ledna 202</w:t>
       </w:r>
       <w:r w:rsidR="00360E44">
@@ -4469,166 +4460,162 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="180E4BEE" w14:textId="77777777" w:rsidR="00AA1CCB" w:rsidRPr="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="00AA1CCB">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………..                                              ……………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7783A9D2" w14:textId="113798CF" w:rsidR="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="00AA1CCB">
+    <w:p w14:paraId="7783A9D2" w14:textId="51A2EED0" w:rsidR="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="00AA1CCB">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C544AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00652E93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Michal Pekař</w:t>
+      </w:r>
+      <w:r w:rsidR="003522C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, v.r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652E93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00C544AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00652E93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="005D5F76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00C544AA">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00652E93">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">   Michal Pekař </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="005379EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ing. Leoš Chlupáč</w:t>
+      </w:r>
+      <w:r w:rsidR="003522C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, v.r.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="005D5F76">
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00AA6D8E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1116DE9E" w14:textId="3E6FBC45" w:rsidR="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="00AA1CCB">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="005379EB">
         <w:rPr>
@@ -4707,90 +4694,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D8985E3" w14:textId="77777777" w:rsidR="00AA1CCB" w:rsidRDefault="00AA1CCB" w:rsidP="00AA1CCB">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FE21381" w14:textId="77777777" w:rsidR="005379EB" w:rsidRDefault="005379EB" w:rsidP="00AA1CCB">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
-        </w:tabs>
-[...38 lines deleted...]
-          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CF39B5F" w14:textId="77777777" w:rsidR="006B2E57" w:rsidRPr="006B2E57" w:rsidRDefault="006B2E57" w:rsidP="000E741B">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4964,79 +4911,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> § 61 zákona o odpadech</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="21C1B107" w14:textId="77777777" w:rsidR="00A7134D" w:rsidRPr="00E8661F" w:rsidRDefault="00A7134D">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E8661F">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E8661F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 60 zákona o odpadech</w:t>
-      </w:r>
-[...27 lines deleted...]
-        <w:t>ákona č. 541/2020 Sb., o odpadech</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="69B1CBA3" w14:textId="77777777" w:rsidR="00640E11" w:rsidRDefault="00640E11" w:rsidP="00640E11">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="426"/>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
       <w:ind w:left="993"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5308510A" wp14:editId="0119D157">
           <wp:simplePos x="0" y="0"/>
@@ -6063,50 +5981,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EFF22FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DCC74E2"/>
+    <w:lvl w:ilvl="0" w:tplc="04050011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0405001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0405000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0405001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0405000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04050019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0405001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31DC10BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DB29FE6"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6148,51 +6152,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AB86D03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA4087F0"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
@@ -6237,51 +6241,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E7D007C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FD88DA2"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6323,51 +6327,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F7A69A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="979E08BA"/>
     <w:lvl w:ilvl="0" w:tplc="04050017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="06C29B2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2010" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
@@ -6412,51 +6416,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="423B20D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3A68E7E"/>
     <w:lvl w:ilvl="0" w:tplc="1682B67E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1347" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2067" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6524,51 +6528,51 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6387" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7107" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44C9235E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2CE4B450"/>
     <w:lvl w:ilvl="0" w:tplc="4386C3F6">
       <w:start w:val="9"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1437" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
@@ -6613,51 +6617,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5037" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5757" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6477" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45AC0EFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DC6B6A4"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6699,51 +6703,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46114D4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FD45D4A"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6785,51 +6789,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47B2455F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F80A18E"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6871,51 +6875,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="508D7B38"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0405001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -6957,51 +6961,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55F8474A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A348C44"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7043,51 +7047,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59B40BF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="77A09CF2"/>
     <w:lvl w:ilvl="0" w:tplc="DF2C4F10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7155,51 +7159,51 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65DA186E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B98A7C16"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7241,51 +7245,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C65357D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7382AFB4"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7327,51 +7331,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F8F0B25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A74E6FC"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
@@ -7416,51 +7420,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="707B6ED4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CB835F6"/>
     <w:lvl w:ilvl="0" w:tplc="30DE18E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -7528,51 +7532,51 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70967069"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D781860"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7615,238 +7619,269 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="27">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:inkAnnotations="0"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00572D04"/>
     <w:rsid w:val="000E741B"/>
     <w:rsid w:val="0011500A"/>
     <w:rsid w:val="00153BF0"/>
     <w:rsid w:val="001D4550"/>
     <w:rsid w:val="00240A9E"/>
     <w:rsid w:val="00293DB0"/>
     <w:rsid w:val="002B2881"/>
     <w:rsid w:val="002C1AAF"/>
     <w:rsid w:val="002D5E58"/>
+    <w:rsid w:val="003522C7"/>
     <w:rsid w:val="00360E44"/>
     <w:rsid w:val="00366198"/>
     <w:rsid w:val="003A7284"/>
     <w:rsid w:val="0049333A"/>
     <w:rsid w:val="00495436"/>
     <w:rsid w:val="004B6483"/>
     <w:rsid w:val="004E63B6"/>
     <w:rsid w:val="005073CB"/>
     <w:rsid w:val="00517E5E"/>
     <w:rsid w:val="005343CA"/>
     <w:rsid w:val="005379EB"/>
     <w:rsid w:val="00572D04"/>
     <w:rsid w:val="005821E8"/>
     <w:rsid w:val="00596A55"/>
+    <w:rsid w:val="005D22EF"/>
     <w:rsid w:val="005D5F76"/>
     <w:rsid w:val="00640E11"/>
     <w:rsid w:val="00652E93"/>
     <w:rsid w:val="00680220"/>
     <w:rsid w:val="006A6704"/>
     <w:rsid w:val="006B2E57"/>
     <w:rsid w:val="006D5B4D"/>
     <w:rsid w:val="00730C49"/>
     <w:rsid w:val="007C7E64"/>
     <w:rsid w:val="00843DC2"/>
-    <w:rsid w:val="00853EA5"/>
     <w:rsid w:val="008B7B1A"/>
     <w:rsid w:val="009E271E"/>
     <w:rsid w:val="00A7134D"/>
+    <w:rsid w:val="00A833DC"/>
     <w:rsid w:val="00AA1CCB"/>
     <w:rsid w:val="00AA6D8E"/>
     <w:rsid w:val="00AB0482"/>
     <w:rsid w:val="00AB6CF7"/>
     <w:rsid w:val="00AD29AE"/>
     <w:rsid w:val="00B47C9F"/>
     <w:rsid w:val="00B53529"/>
     <w:rsid w:val="00B801A3"/>
     <w:rsid w:val="00C17EE6"/>
     <w:rsid w:val="00C544AA"/>
     <w:rsid w:val="00CC4ED8"/>
     <w:rsid w:val="00D246E2"/>
     <w:rsid w:val="00D62400"/>
     <w:rsid w:val="00DD2743"/>
     <w:rsid w:val="00E3173A"/>
     <w:rsid w:val="00E8661F"/>
     <w:rsid w:val="00EA5F8B"/>
     <w:rsid w:val="00EB3D81"/>
     <w:rsid w:val="00ED62B9"/>
     <w:rsid w:val="00FD60DA"/>
     <w:rsid w:val="00FE1416"/>
     <w:rsid w:val="00FE2012"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="22529"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="70D37F7B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{124AA38D-2339-4039-AD9B-0E487C30D446}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -8209,50 +8244,73 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Nadpis2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="Nadpis2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A833DC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -8365,83 +8423,111 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A7284"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextbublinyChar">
     <w:name w:val="Text bubliny Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Textbubliny"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003A7284"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis2Char">
+    <w:name w:val="Nadpis 2 Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Nadpis2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A833DC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="192809858">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1431854397">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1487013357">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1767965597">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
@@ -8695,82 +8781,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D150C1CC-1A34-41C7-8672-2E81B6207732}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC40693A-72D0-4B05-B092-748CFD550BA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1084</Words>
-  <Characters>6401</Characters>
+  <Words>1119</Words>
+  <Characters>6605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7471</CharactersWithSpaces>
+  <CharactersWithSpaces>7709</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ivana Teplá</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>