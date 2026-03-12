--- v0 (2025-12-18)
+++ v1 (2026-03-12)
@@ -1294,69 +1294,83 @@
     </w:p>
     <w:p w14:paraId="2881F95C" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Osvobození</w:t>
       </w:r>
       <w:r w:rsidR="00B57AE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a úlevy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D480E99" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="1D480E99" w14:textId="3F0765BF" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Od poplatku je osvobozena osoba, které poplatková povinnost vznikla z důvodu přihlášení ve městě a která je</w:t>
+        <w:t xml:space="preserve">Od poplatku je osvobozena osoba, které poplatková povinnost vznikla z důvodu přihlášení ve městě </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3E8F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D1E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a která je</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7064C4B1" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1477,104 +1491,112 @@
         </w:rPr>
         <w:t>Od poplatku se osvobozuje osoba, které poplatková povinnost vznikla z důvodu přihlášení ve městě a která:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F0B4D3" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dlouhodobě žije mimo její území, minimálně 183 po sobě jdoucích kalendářních dnů v roce,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7255C2A3" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="7255C2A3" w14:textId="7B81DC81" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>má úřední pobyt na ohlašovně Městského úřadu v Plumlově, Rudé armády 302, Plumlov</w:t>
       </w:r>
       <w:r w:rsidR="00B57AE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="5F18EC10" w14:textId="77777777" w:rsidR="005409A5" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3E8F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D1E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a současně se na území obce po celý příslušný kalendářní rok nezdržuje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EDFA47" w14:textId="77777777" w:rsidR="006B5E86" w:rsidRDefault="006B5E86" w:rsidP="006B5E86">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Od poplatku se osvobozuje osoba, které poplatková povinnost vznikla z důvodu vlastnictví nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, ve které není přihlášená žádná fyzická osoba a která se nachází na území tohoto města a která je poplatníkem dle článku 2.</w:t>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Od poplatku se osvobozuje osoba, které poplatková povinnost vznikla z důvodu vlastnictví nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, ve které není přihlášená žádná fyzická osoba a která se nachází na území tohoto města a která je poplatníkem dle článku 2, odstavec 1, písmeno a) této vyhlášky.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A24FD99" w14:textId="77777777" w:rsidR="00B57AE4" w:rsidRPr="00860D1E" w:rsidRDefault="00B57AE4" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V případě, že poplatník nesplní povinnost ohlásit údaj rozhodný pro osvobození ve lhůtách stanovených touto vyhláškou nebo zákonem, nárok na osvobození zaniká</w:t>
       </w:r>
@@ -1640,218 +1662,197 @@
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B57AE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V souvislosti se zavedením systému „intenzifikace třídění odpadu“ má poplatník nárok na poskytnutí mimořádné úlevy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E5C323" w14:textId="77777777" w:rsidR="00860D1E" w:rsidRPr="00860D1E" w:rsidRDefault="00860D1E" w:rsidP="00B57AE4">
+    <w:p w14:paraId="11E5C323" w14:textId="5870C9B6" w:rsidR="00860D1E" w:rsidRPr="00860D1E" w:rsidRDefault="00860D1E" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ve výši 1</w:t>
       </w:r>
       <w:r w:rsidR="00B57AE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>0,- Kč/rok/poplatník v případě, že poplatník ve sledovaném období, tj. od 1.10. roku předcházejícího do 30.9. běžného roku vykáže v systému evidence třídění odpadu hodnotu</w:t>
       </w:r>
       <w:r w:rsidR="00555173">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">           separace </w:t>
+        <w:t xml:space="preserve"> separace </w:t>
       </w:r>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>v intervalu od 35-54,99 % poměru tříděného odpadu k celkovému množství</w:t>
       </w:r>
       <w:r w:rsidR="00555173">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00555173">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">dvezeného </w:t>
+      <w:r w:rsidR="00FE3E8F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>odv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D1E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ezeného o</w:t>
       </w:r>
       <w:r w:rsidR="00B57AE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>dpadu</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367BD2A2" w14:textId="77777777" w:rsidR="00860D1E" w:rsidRPr="00860D1E" w:rsidRDefault="00860D1E" w:rsidP="00B57AE4">
+    <w:p w14:paraId="367BD2A2" w14:textId="62FB45C7" w:rsidR="00860D1E" w:rsidRPr="00860D1E" w:rsidRDefault="00860D1E" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ve výši </w:t>
       </w:r>
       <w:r w:rsidR="00B57AE4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>300</w:t>
       </w:r>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">,- Kč/rok/poplatník v případě, že poplatník ve sledovaném období, tj. od 1.10. roku předcházejícího roku do 30.9. běžného roku vykáže v systému evidence třídění odpadu hodnotu separace přesahující více než 55 % poměru tříděného odpadu k celkovému množství </w:t>
-[...13 lines deleted...]
-        <w:t>odvezeného odpadu.</w:t>
+        <w:t>,- Kč/rok/poplatník v případě, že poplatník ve sledovaném období, tj. od 1.10. roku předcházejícího roku do 30.9. běžného roku vykáže v systému evidence třídění odpadu hodnotu separace přesahující více než 55 % poměru tříděného odpadu k celkovému množství odvezeného</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3E8F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860D1E">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>odpadu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="474C5E2D" w14:textId="77777777" w:rsidR="00860D1E" w:rsidRPr="00860D1E" w:rsidRDefault="00860D1E" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00860D1E">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2281,146 +2282,134 @@
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9641" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="4821"/>
       </w:tblGrid>
       <w:tr w:rsidR="005409A5" w:rsidRPr="00860D1E" w14:paraId="36D63B8A" w14:textId="77777777" w:rsidTr="006C1AAF">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BF7B199" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="006C1AAF" w:rsidP="006C1AAF">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00860D1E">
+            <w:r w:rsidRPr="00860D1E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>abriela Jančíková v. r.</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00860D1E">
+            <w:r w:rsidRPr="00860D1E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> starostka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5865074F" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="00000000" w:rsidP="006C1AAF">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00860D1E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Martin Hyndrich v. r.</w:t>
             </w:r>
             <w:r w:rsidRPr="00860D1E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> místostarosta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005409A5" w:rsidRPr="00860D1E" w14:paraId="519E354B" w14:textId="77777777" w:rsidTr="006C1AAF">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="55" w:type="dxa"/>
               <w:left w:w="55" w:type="dxa"/>
               <w:bottom w:w="55" w:type="dxa"/>
               <w:right w:w="55" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="53B6EECE" w14:textId="77777777" w:rsidR="005409A5" w:rsidRPr="00860D1E" w:rsidRDefault="005409A5" w:rsidP="00860D1E">
             <w:pPr>
               <w:pStyle w:val="PodpisovePole"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2593,410 +2582,411 @@
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   2.1.2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00005ABE">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16411DF0" w14:textId="77777777" w:rsidR="00C2197A" w:rsidRDefault="00C2197A">
+    <w:p w14:paraId="602BA66D" w14:textId="77777777" w:rsidR="00BE010F" w:rsidRDefault="00BE010F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66C36DF5" w14:textId="77777777" w:rsidR="00C2197A" w:rsidRDefault="00C2197A">
+    <w:p w14:paraId="633C788D" w14:textId="77777777" w:rsidR="00BE010F" w:rsidRDefault="00BE010F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PingFang SC">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18062D0B" w14:textId="77777777" w:rsidR="00C2197A" w:rsidRDefault="00C2197A">
+    <w:p w14:paraId="4B1BFD99" w14:textId="77777777" w:rsidR="00BE010F" w:rsidRDefault="00BE010F">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F80DEED" w14:textId="77777777" w:rsidR="00C2197A" w:rsidRDefault="00C2197A">
+    <w:p w14:paraId="2F099E1C" w14:textId="77777777" w:rsidR="00BE010F" w:rsidRDefault="00BE010F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="1DBF4E0C" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="1DBF4E0C" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10o odst</w:t>
       </w:r>
       <w:r w:rsidR="00860D1E">
         <w:t xml:space="preserve">avec </w:t>
       </w:r>
       <w:r>
         <w:t>1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="4F21F60E" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="4F21F60E" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 15 odst</w:t>
       </w:r>
       <w:r w:rsidR="00860D1E">
         <w:t xml:space="preserve">avec </w:t>
       </w:r>
       <w:r>
         <w:t>1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="64E94CCD" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="64E94CCD" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10e zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="65344CE1" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="65344CE1" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>Za přihlášení fyzické osoby se podle § 16c zákona o místních poplatcích považuje (a) přihlášení k trvalému pobytu podle zákona o evidenci obyvatel, nebo (b) ohlášení místa pobytu podle zákona o pobytu cizinců na území České republiky, zákona o azylu nebo zákona o dočasné ochraně cizinců, jde-li o cizince, (1.) kterému byl povolen trvalý pobyt, (2.) který na území České republiky pobývá přechodně po dobu delší než 3 měsíce, (3.) který je žadatelem o udělení mezinárodní ochrany nebo osobou strpěnou na území podle zákona o azylu anebo žadatelem o poskytnutí dočasné ochrany podle zákona o dočasné ochraně cizinců, nebo (4.) kterému byla udělena mezinárodní ochrana nebo jde o cizince požívajícího dočasné ochrany cizinců.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="22764FF9" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="22764FF9" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10p zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="2FE6BD14" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="2FE6BD14" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">§ 14a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>odst</w:t>
       </w:r>
       <w:r w:rsidR="00860D1E">
         <w:t xml:space="preserve">avec </w:t>
       </w:r>
       <w:r>
         <w:t> 1</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> a 2 zákona o místních poplatcích; v ohlášení poplatník uvede zejména své identifikační údaje a skutečnosti rozhodné pro stanovení poplatku.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="41F075E4" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00860D1E">
+    <w:p w14:paraId="41F075E4" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00860D1E">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 14a odst</w:t>
       </w:r>
       <w:r w:rsidR="00860D1E">
         <w:t>avec</w:t>
       </w:r>
       <w:r>
         <w:t> 4 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="40E78C90" w14:textId="77777777" w:rsidR="005409A5" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10h odst</w:t>
       </w:r>
       <w:r w:rsidR="00860D1E">
         <w:t>avec</w:t>
       </w:r>
       <w:r>
         <w:t> 2 ve spojení s § 10o odst</w:t>
       </w:r>
       <w:r w:rsidR="00860D1E">
         <w:t>avec 2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0836E6" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="006C1AAF" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E0836E6" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRPr="006C1AAF" w:rsidRDefault="00BF0604">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C2ECD13" w14:textId="77777777" w:rsidR="00DC5B22" w:rsidRPr="006C1AAF" w:rsidRDefault="00DC5B22">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A7E4298" w14:textId="77777777" w:rsidR="00DC5B22" w:rsidRPr="006C1AAF" w:rsidRDefault="00DC5B22">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="38CDA240" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00B57AE4">
+    <w:p w14:paraId="38CDA240" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10h odst</w:t>
       </w:r>
       <w:r w:rsidR="00B57AE4">
         <w:t>avec</w:t>
       </w:r>
       <w:r>
         <w:t> 3 ve spojení s § 10o odst</w:t>
       </w:r>
       <w:r w:rsidR="00B57AE4">
         <w:t>avec</w:t>
       </w:r>
       <w:r>
         <w:t> 2 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="43D653B5" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00B57AE4">
+    <w:p w14:paraId="43D653B5" w14:textId="77777777" w:rsidR="00BF0604" w:rsidRDefault="00000000" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 10g zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p w14:paraId="10561428" w14:textId="77777777" w:rsidR="00B57AE4" w:rsidRDefault="00B57AE4" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t>§ 14a odstavec 6 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51500E5C" w14:textId="77777777" w:rsidR="00B57AE4" w:rsidRDefault="00B57AE4" w:rsidP="00B57AE4">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0743B25F" w14:textId="77777777" w:rsidR="00B57AE4" w:rsidRDefault="00B57AE4" w:rsidP="00B57AE4"/>
+    <w:p w14:paraId="06EC69A5" w14:textId="77777777" w:rsidR="00FE3E8F" w:rsidRDefault="00FE3E8F" w:rsidP="00B57AE4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13F25611"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3410BE00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3372,96 +3362,133 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="893085351">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1699620886">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="241917941">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1962493339">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="178740598">
     <w:abstractNumId w:val="2"/>
   </w:num>
+  <w:num w:numId="10" w16cid:durableId="244072125">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="236"/>
+  <w:zoom w:percent="156"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005409A5"/>
     <w:rsid w:val="00005ABE"/>
     <w:rsid w:val="00103358"/>
+    <w:rsid w:val="00237690"/>
     <w:rsid w:val="00364EC6"/>
     <w:rsid w:val="00381454"/>
     <w:rsid w:val="00472738"/>
     <w:rsid w:val="005409A5"/>
     <w:rsid w:val="00555173"/>
+    <w:rsid w:val="00571FFD"/>
+    <w:rsid w:val="006B5E86"/>
     <w:rsid w:val="006C1AAF"/>
     <w:rsid w:val="00860D1E"/>
     <w:rsid w:val="00A53E98"/>
     <w:rsid w:val="00B57AE4"/>
+    <w:rsid w:val="00BE010F"/>
+    <w:rsid w:val="00BF0604"/>
     <w:rsid w:val="00C2197A"/>
+    <w:rsid w:val="00C948CE"/>
     <w:rsid w:val="00DB4446"/>
     <w:rsid w:val="00DC5B22"/>
     <w:rsid w:val="00E35ABC"/>
     <w:rsid w:val="00FA087D"/>
+    <w:rsid w:val="00FE3E8F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0A085F42"/>
@@ -3978,53 +4005,50 @@
   <w:style w:type="paragraph" w:styleId="Seznam">
     <w:name w:val="List"/>
     <w:basedOn w:val="Textbody"/>
     <w:rPr>
       <w:rFonts w:cs="Arial Unicode MS"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titulek">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
     <w:name w:val="Index"/>
     <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nzev">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Heading"/>
     <w:next w:val="Textbody"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UvodniVeta">
     <w:name w:val="UvodniVeta"/>
     <w:basedOn w:val="Textbody"/>
     <w:pPr>
       <w:spacing w:before="62" w:after="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
@@ -4407,68 +4431,68 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B091D1F-5BA5-47A2-8444-03299A0D431C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>853</Words>
-  <Characters>5036</Characters>
+  <Words>857</Words>
+  <Characters>5060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
+  <Lines>42</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5878</CharactersWithSpaces>
+  <CharactersWithSpaces>5906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kocourek František</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>