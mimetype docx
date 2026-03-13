--- v0 (2025-12-19)
+++ v1 (2026-03-13)
@@ -184,64 +184,70 @@
     </w:p>
     <w:p w14:paraId="3CE3C46D" w14:textId="6DED2035" w:rsidR="007C09E9" w:rsidRPr="006B60D7" w:rsidRDefault="001853E2" w:rsidP="001853E2">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B60D7">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br/>
         <w:t>o regulaci zacházení s pyrotechnickými výrobky</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43ED381E" w14:textId="77777777" w:rsidR="006B60D7" w:rsidRDefault="006B60D7" w:rsidP="001853E2">
       <w:pPr>
         <w:pStyle w:val="UvodniVeta"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08F352E2" w14:textId="3DD38DA1" w:rsidR="007C09E9" w:rsidRDefault="001853E2" w:rsidP="001853E2">
+    <w:p w14:paraId="08F352E2" w14:textId="4C2BC77C" w:rsidR="007C09E9" w:rsidRDefault="001853E2" w:rsidP="001853E2">
       <w:pPr>
         <w:pStyle w:val="UvodniVeta"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zastupitelstvo města Štětí se na svém zasedání dne 18. prosince 2025 usneslo </w:t>
       </w:r>
       <w:r w:rsidR="00DB151A">
         <w:t xml:space="preserve">usnesením </w:t>
       </w:r>
       <w:r w:rsidR="00DB151A">
         <w:br/>
-        <w:t xml:space="preserve">č. 2025/28/449 </w:t>
+        <w:t>č. 2025/2</w:t>
+      </w:r>
+      <w:r w:rsidR="004E27EB">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB151A">
+        <w:t xml:space="preserve">/449 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">vydat na základě § 35c </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk216132902"/>
       <w:r>
         <w:t>zákona č. 206/2015 Sb., o pyrotechnických výrobcích a zacházení s nimi a o změně některých zákonů (zákon o pyrotechnice)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>, ve znění pozdějších předpisů (dále jen „zákon o pyrotechnice“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41971340" w14:textId="77777777" w:rsidR="000B2416" w:rsidRDefault="000B2416" w:rsidP="001853E2">
       <w:pPr>
         <w:pStyle w:val="UvodniVeta"/>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="79BF4DF0" w14:textId="457FDC0A" w:rsidR="007C09E9" w:rsidRDefault="001853E2" w:rsidP="001853E2">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:before="0" w:after="0"/>
@@ -1339,50 +1345,51 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C09E9"/>
     <w:rsid w:val="000B2416"/>
     <w:rsid w:val="001853E2"/>
+    <w:rsid w:val="004E27EB"/>
     <w:rsid w:val="004F50BF"/>
     <w:rsid w:val="006B60D7"/>
     <w:rsid w:val="00714AB8"/>
     <w:rsid w:val="007C09E9"/>
     <w:rsid w:val="00881CE5"/>
     <w:rsid w:val="009F098A"/>
     <w:rsid w:val="00CA36D0"/>
     <w:rsid w:val="00DB151A"/>
     <w:rsid w:val="00EF7DDD"/>
     <w:rsid w:val="00FC7ADC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>