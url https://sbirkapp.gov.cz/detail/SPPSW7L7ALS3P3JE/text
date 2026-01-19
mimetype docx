--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1800815A" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="1800815A" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1701"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CCB1B8C" wp14:editId="36EC843B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-110486</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>10789</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="897556" cy="1148111"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="233784955" name="Obrázek 3" descr="Popis: Erb"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -72,274 +72,264 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                       <a:prstDash/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Obec Byšice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666F1F14" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="666F1F14" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1701"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Tyršovo náměstí 153, Byšice 277 32</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500823BF" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="500823BF" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">tel.:315 696 237, email: obec@bysice.eu </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FAB660C" w14:textId="77777777" w:rsidR="00BA2322" w:rsidRDefault="00BA2322" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63503C4A" w14:textId="6E05CD8C" w:rsidR="00B11554" w:rsidRPr="00BA2322" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="63503C4A" w14:textId="6E05CD8C" w:rsidR="00B11554" w:rsidRPr="00BA2322" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="1701"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA2322">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zastupitelstvo obce Byšice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1825BDEC" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00B11554" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21AECEFD" w14:textId="77777777" w:rsidR="00BB2ED5" w:rsidRDefault="00BB2ED5" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AF3D4CE" w14:textId="1AE36BE4" w:rsidR="00B11554" w:rsidRDefault="00000000" w:rsidP="00BA2322">
+    <w:p w14:paraId="7AF3D4CE" w14:textId="1AE36BE4" w:rsidR="00B11554" w:rsidRDefault="00B406BD" w:rsidP="00BA2322">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Obecně závazná vyhláška obce Byšice č. 1/202</w:t>
       </w:r>
       <w:r w:rsidR="00BB2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7737ED60" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="7737ED60" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">o místním poplatku za </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>odkládání komunálního odpadu z nemovité věci</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="379A7689" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00B11554" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC22695" w14:textId="77777777" w:rsidR="00B11554" w:rsidRDefault="00B11554" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="224F008A" w14:textId="1261BD55" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="224F008A" w14:textId="100F7109" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastupitelstvo obce Byšice schvaluje a vydává dne </w:t>
       </w:r>
-      <w:r w:rsidR="00BB2ED5" w:rsidRPr="00BB2ED5">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24.11.2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB2ED5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">usnesením č. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28/6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">v souladu s </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ust</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -359,96 +349,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku o místním poplatku </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">za </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>odkládání komunálního odpadu z nemovité věci:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD482E0" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="4BD482E0" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32ADB5ED" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="32ADB5ED" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Základní ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2903D0" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="4D2903D0" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="348"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Obec Byšice </w:t>
       </w:r>
@@ -482,142 +472,142 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>odkládání komunálního odpadu z nemovité věci</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (dále jen „poplatek“).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39841DAD" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="39841DAD" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Správcem poplatku je Obecní úřad Byšice</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C734AE5" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="1C734AE5" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0CECE4" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="0E0CECE4" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Předmět poplatku, poplatník a plátce</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E89510" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="20E89510" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Předmětem poplatku</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
@@ -649,243 +639,243 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Byšice</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(dále jen „nemovitá věc“).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AB3D10" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="15AB3D10" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Poplatníkem poplatku</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> je:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="655255C5" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="655255C5" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1134" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="s31"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>fyzická osoba, která má v nemovité věci bydliště,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B140EF" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="22B140EF" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="s31"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>vlastník nemovité věci, ve které nemá bydliště žádná fyzická osoba.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0514C68D" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="0514C68D" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plátcem poplatku</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> je: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0911CBC5" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="0911CBC5" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="1134" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="s31"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>společenství vlastníků jednotek, pokud pro dům vzniklo,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC2EF0E" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="0AC2EF0E" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="s31"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>vlastník nemovité věci v ostatních případech.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73599F2F" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="73599F2F" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="240"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plátce poplatku </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
@@ -893,301 +883,301 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>je povinen vybrat poplatek od poplatníka</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503CC9A1" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="503CC9A1" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4710138F" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="4710138F" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ohlašovací povinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECB2845" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="4ECB2845" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plátce poplatku je povinen podat správci poplatku ohlášení</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, a to do 15 dnů ode dne účinnosti této obecně závazné vyhlášky nebo do 15 dnů ode dne, kdy se stal plátcem poplatku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D4B84E" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="62D4B84E" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>V rámci ohlašovací povinnosti plátce poplatku uvede údaje podle zákona o místních poplatcích</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, identifikaci nemovité věci údaji dle katastru nemovitostí, počet, objem a frekvenci svozu sběrných nádob pro shromažďování směsného komunálního odpadu pro uvedenou nemovitou věc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AF6EFE" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="15AF6EFE" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plátce poplatku </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>je povinen ohlásit správci poplatku do 15 dnů jakékoliv změny v ohlášených skutečnostech.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0641B3E9" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="0641B3E9" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ohlašovací povinnost se nevztahuje na údaje zveřejněné pro tyto účely správcem poplatku na úřední desce</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219F9683" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="219F9683" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Základ poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44966669" w14:textId="77777777" w:rsidR="00BB2ED5" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="44966669" w14:textId="77777777" w:rsidR="00BB2ED5" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Základem dílčího poplatku</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
@@ -1226,175 +1216,175 @@
     </w:p>
     <w:p w14:paraId="28C01DD0" w14:textId="234C639E" w:rsidR="00BB2ED5" w:rsidRPr="00BB2ED5" w:rsidRDefault="00BB2ED5" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minimální základ dílčího poplatku činí 60 l. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66936C88" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="66936C88" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Nadpis4"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Sazba poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B795AB" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="40B795AB" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="0" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sazba poplatku činí 0,70 Kč/litr.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF5A00E" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="5DF5A00E" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330A183F" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="330A183F" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Splatnost poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2550F697" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="2550F697" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Poplatek je na příslušný kalendářní rok splatný vždy nejpozději do 31.3. příslušného kalendářního roku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E10C032" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="2E10C032" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vznikne-li poplatková povinnost během roku po datu splatnosti uvedeném v odstavci 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1409,90 +1399,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> je poplatek splatný do </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>30ti</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> dnů od vzniku poplatkové povinnosti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AA00A0" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="53AA00A0" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BE6D863" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="3BE6D863" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Přechodná ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220814C6" w14:textId="09CE3389" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="220814C6" w14:textId="09CE3389" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk24027794"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Práva a povinnosti vyplývající z obecně závazné vyhlášky uvedené v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -1543,86 +1533,86 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Splnění ohlašovací povinnosti ke vzniku poplatkové povinnosti před účinností této obecně závazné vyhlášky podle obecně závazné vyhlášky uvedené v </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ust</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Čl. 8 odst. 1) této obecně závazné vyhlášky se považuje za splnění ohlašovací povinnosti ke vzniku poplatkové povinnosti dle této obecně závazné vyhlášky.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B11BC5C" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="2B11BC5C" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Čl. 8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6273D363" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="6273D363" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Závěrečná ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10815F20" w14:textId="4DFBAC81" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="10815F20" w14:textId="4DFBAC81" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Zrušuje se obecně závazná vyhláška obce Byšice č. 1/202</w:t>
@@ -1655,51 +1645,51 @@
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, ze dne </w:t>
       </w:r>
       <w:r w:rsidR="00BB2ED5" w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>11.9.2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2B0027" w14:textId="61D2DD1E" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="4E2B0027" w14:textId="61D2DD1E" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="348"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tato obecně závazná vyhláška nabývá účinnosti dnem 1.1.202</w:t>
       </w:r>
@@ -1734,51 +1724,51 @@
     </w:p>
     <w:p w14:paraId="7E013381" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B11554" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F21D8C6" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B11554" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2085CF9D" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="2085CF9D" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   ………………….………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1795,51 +1785,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  ………………….………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487A8FE7" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="487A8FE7" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Irena Zavadilová</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1876,51 +1866,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Mgr.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jana Poláková</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EF70E7" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00000000" w:rsidP="00BB2ED5">
+    <w:p w14:paraId="20EF70E7" w14:textId="77777777" w:rsidR="00B11554" w:rsidRPr="00BB2ED5" w:rsidRDefault="00B406BD" w:rsidP="00BB2ED5">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> místostarostka</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2ED5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1976,51 +1966,51 @@
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2BE558B0" w14:textId="77777777" w:rsidR="00622EE2" w:rsidRDefault="00622EE2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="39D3C905" w14:textId="77777777" w:rsidR="00622EE2" w:rsidRDefault="00622EE2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -2053,285 +2043,285 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5142E8D6" w14:textId="77777777" w:rsidR="0043186C" w:rsidRDefault="00000000">
+  <w:p w14:paraId="5142E8D6" w14:textId="77777777" w:rsidR="0043186C" w:rsidRDefault="00B406BD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="496274C4" w14:textId="77777777" w:rsidR="00622EE2" w:rsidRDefault="00622EE2">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="18E5F3FF" w14:textId="77777777" w:rsidR="00622EE2" w:rsidRDefault="00622EE2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="0C60F022" w14:textId="3C17F04E" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="0C60F022" w14:textId="3C17F04E" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 10d odst. 1) písm. b) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="6E5102D7" w14:textId="7D6AB381" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="6E5102D7" w14:textId="7D6AB381" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 15 odst. 1) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="18C2AB47" w14:textId="01754D89" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="18C2AB47" w14:textId="01754D89" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 10j zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="2C24F21B" w14:textId="0C2C2304" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="2C24F21B" w14:textId="0C2C2304" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 10i zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="6BBFD558" w14:textId="1448044F" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="6BBFD558" w14:textId="1448044F" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 10n odst. 1) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="76C7CE14" w14:textId="27F46A0F" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="76C7CE14" w14:textId="27F46A0F" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 10n odst. 2) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="4896C4B7" w14:textId="669598E3" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="4896C4B7" w14:textId="669598E3" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 14a zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="7DE479EE" w14:textId="14173BB2" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="7DE479EE" w14:textId="14173BB2" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 14a odst. 2) a 3) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="0071FDD3" w14:textId="5A59DF79" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="0071FDD3" w14:textId="5A59DF79" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 14a odst. 5) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="514FE1CB" w14:textId="44DF0D8F" w:rsidR="0043186C" w:rsidRDefault="00000000" w:rsidP="00F85582">
+    <w:p w14:paraId="514FE1CB" w14:textId="44DF0D8F" w:rsidR="0043186C" w:rsidRDefault="00B406BD" w:rsidP="00F85582">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 10k zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D6BA1E0" w14:textId="77777777" w:rsidR="0043186C" w:rsidRDefault="0043186C">
@@ -3439,51 +3429,53 @@
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B11554"/>
     <w:rsid w:val="00002DF6"/>
     <w:rsid w:val="00103118"/>
     <w:rsid w:val="0043186C"/>
     <w:rsid w:val="00622EE2"/>
     <w:rsid w:val="0070278B"/>
+    <w:rsid w:val="00950EF3"/>
     <w:rsid w:val="00B11554"/>
+    <w:rsid w:val="00B406BD"/>
     <w:rsid w:val="00BA2322"/>
     <w:rsid w:val="00BB2ED5"/>
     <w:rsid w:val="00E043F4"/>
     <w:rsid w:val="00F532FC"/>
     <w:rsid w:val="00F85582"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -4984,69 +4976,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>527</Words>
-  <Characters>3115</Characters>
+  <Words>528</Words>
+  <Characters>3118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3635</CharactersWithSpaces>
+  <CharactersWithSpaces>3639</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lucka</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>