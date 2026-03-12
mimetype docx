--- v0 (2025-12-17)
+++ v1 (2026-03-12)
@@ -317,51 +317,51 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>VYHLÁŠKA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2406A07D" w14:textId="77777777" w:rsidR="00F070EB" w:rsidRPr="00F070EB" w:rsidRDefault="00F070EB" w:rsidP="00F070EB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D47B3E7" w14:textId="77777777" w:rsidR="00F070EB" w:rsidRPr="00F070EB" w:rsidRDefault="00F070EB" w:rsidP="00F070EB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32CD6C40" w14:textId="4482E314" w:rsidR="00F070EB" w:rsidRPr="00E90510" w:rsidRDefault="00CA67E6" w:rsidP="00F070EB">
+    <w:p w14:paraId="32CD6C40" w14:textId="008F3574" w:rsidR="00F070EB" w:rsidRPr="00E90510" w:rsidRDefault="005341EB" w:rsidP="00F070EB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>č. 18</w:t>
       </w:r>
       <w:r w:rsidR="00E90510" w:rsidRPr="00D233D8">
         <w:rPr>
@@ -395,69 +395,60 @@
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66902233" w14:textId="77777777" w:rsidR="00F070EB" w:rsidRPr="00E47CAC" w:rsidRDefault="00F070EB" w:rsidP="00F070EB">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47CAC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">o místním poplatku za obecní systém odpadového hospodářství </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427CE34E" w14:textId="4D680BB1" w:rsidR="00F070EB" w:rsidRPr="00E47CAC" w:rsidRDefault="00F070EB" w:rsidP="00F070EB">
+    <w:p w14:paraId="427CE34E" w14:textId="008EDD72" w:rsidR="00F070EB" w:rsidRPr="00E47CAC" w:rsidRDefault="00F070EB" w:rsidP="00F070EB">
       <w:pPr>
         <w:spacing w:before="200" w:after="1800"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47CAC">
         <w:t xml:space="preserve">ze dne </w:t>
       </w:r>
-      <w:r w:rsidR="00CA67E6">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="005341EB">
+        <w:t>15.12.</w:t>
       </w:r>
       <w:r w:rsidR="00D233D8" w:rsidRPr="00D233D8">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="000032FE">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C290CF0" w14:textId="3F6B9140" w:rsidR="00F070EB" w:rsidRPr="00E47CAC" w:rsidRDefault="00F070EB" w:rsidP="00F070EB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47CAC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">účinnost ode dne </w:t>
       </w:r>
       <w:r w:rsidR="00AA7055" w:rsidRPr="00E47CAC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1. 1.</w:t>
       </w:r>
       <w:r w:rsidR="00E90510" w:rsidRPr="00E90510">
@@ -539,68 +530,68 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ZASTUPITELSTVO MĚSTA ČESKÉ BUDĚJOVICE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C73607" w14:textId="77777777" w:rsidR="00AA7055" w:rsidRDefault="00AA7055" w:rsidP="00AA7055">
       <w:pPr>
         <w:pStyle w:val="Souhrnntextnvrhu"/>
         <w:spacing w:after="160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E573C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>OBECNĚ ZÁVAZNÁ VYHLÁŠKA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397067FC" w14:textId="0BB6AB06" w:rsidR="00AA7055" w:rsidRPr="001A2C24" w:rsidRDefault="001A2C24" w:rsidP="00AA7055">
+    <w:p w14:paraId="397067FC" w14:textId="103A6BC0" w:rsidR="00AA7055" w:rsidRPr="001A2C24" w:rsidRDefault="001A2C24" w:rsidP="00AA7055">
       <w:pPr>
         <w:pStyle w:val="Souhrnntextnvrhu"/>
         <w:spacing w:after="160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A2C24">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">č. </w:t>
       </w:r>
-      <w:r w:rsidR="00CA67E6">
+      <w:r w:rsidR="00F9666F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidR="00E90510" w:rsidRPr="00D233D8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="000032FE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D233D8">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -626,51 +617,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">místním poplatku za obecní systém odpadového hospodářství </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC81341" w14:textId="77777777" w:rsidR="008D6906" w:rsidRPr="00B967D5" w:rsidRDefault="008D6906" w:rsidP="006402B9">
       <w:pPr>
         <w:pStyle w:val="nzevzkona"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F97A4AB" w14:textId="770FC351" w:rsidR="00131160" w:rsidRPr="00B967D5" w:rsidRDefault="00AC18A4" w:rsidP="008506AD">
+    <w:p w14:paraId="2F97A4AB" w14:textId="6541A6AD" w:rsidR="00131160" w:rsidRPr="00B967D5" w:rsidRDefault="00AC18A4" w:rsidP="008506AD">
       <w:pPr>
         <w:pStyle w:val="nzevzkona"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B967D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastupitelstvo </w:t>
       </w:r>
       <w:r w:rsidR="00B967D5">
@@ -696,51 +687,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> konaném</w:t>
       </w:r>
       <w:r w:rsidRPr="00B967D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E47CAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">dne </w:t>
       </w:r>
-      <w:r w:rsidR="00CA67E6">
+      <w:r w:rsidR="005341EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15. prosince </w:t>
       </w:r>
       <w:r w:rsidR="00891D30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00D233D8" w:rsidRPr="00D233D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>02</w:t>
@@ -777,58 +768,76 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>usnesení</w:t>
       </w:r>
       <w:r w:rsidR="003540F3" w:rsidRPr="00E47CAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="001A2C24" w:rsidRPr="00E47CAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> č</w:t>
       </w:r>
-      <w:r w:rsidR="00CA67E6">
+      <w:r w:rsidR="005341EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. 203</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008506AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005341EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>203</w:t>
       </w:r>
       <w:r w:rsidR="00E90510" w:rsidRPr="00D233D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00A002CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="003540F3" w:rsidRPr="00E47CAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1726,69 +1735,97 @@
         </w:rPr>
         <w:t>dnů</w:t>
       </w:r>
       <w:r w:rsidR="00AD79BB" w:rsidRPr="00B967D5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B967D5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ode dne, kdy nastala</w:t>
       </w:r>
       <w:r w:rsidR="006D3482">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5BAE94" w14:textId="787CFC09" w:rsidR="00A85988" w:rsidRPr="00B967D5" w:rsidRDefault="00A85988" w:rsidP="00087ACD">
+    <w:p w14:paraId="5A5BAE94" w14:textId="1B54BCDC" w:rsidR="00A85988" w:rsidRPr="00E87B5E" w:rsidRDefault="00A85988" w:rsidP="00087ACD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Stejným způsobem a ve stejné lhůtě podle odst. 1 jsou poplatníci povinni ohlásit správci poplatku zánik své poplatkové povinnosti v důsledku změny přihlášení nebo v důsledku změny vlastnictví ke stavbě pro rodinnou rekreaci, bytu nebo rodinnému domu.</w:t>
+        <w:t xml:space="preserve">Stejným způsobem a ve stejné lhůtě podle odst. 1 jsou poplatníci povinni ohlásit správci poplatku zánik své poplatkové povinnosti v důsledku změny </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87B5E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">přihlášení nebo v důsledku změny </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87B5E" w:rsidRPr="00E87B5E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vlastnictví </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87B5E" w:rsidRPr="00C205D6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, ve které není přihlášená žádná fyzická osoba a která je umístěna na území statutárního města České Budějovice.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E87B5E" w:rsidRPr="00E87B5E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49623242" w14:textId="77777777" w:rsidR="00131160" w:rsidRPr="00B967D5" w:rsidRDefault="00131160" w:rsidP="00956763">
       <w:pPr>
         <w:pStyle w:val="slalnk"/>
         <w:spacing w:before="480"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B967D5">
         <w:t xml:space="preserve">Čl. </w:t>
       </w:r>
       <w:r w:rsidR="00CD0C08" w:rsidRPr="00B967D5">
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="572ED768" w14:textId="77777777" w:rsidR="00131160" w:rsidRPr="00B967D5" w:rsidRDefault="00131160" w:rsidP="00B71306">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
       </w:pPr>
       <w:r w:rsidRPr="00B967D5">
         <w:t>Sazba poplatku</w:t>
       </w:r>
     </w:p>
@@ -2826,84 +2863,91 @@
         </w:rPr>
         <w:t xml:space="preserve"> poplatková povinnost vznikla z důvodu přihlášení na území statutárního města České Budějovice</w:t>
       </w:r>
       <w:r w:rsidR="008814DD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3470">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357EBEA6" w14:textId="2CF4A3ED" w:rsidR="00367B75" w:rsidRDefault="00367B75" w:rsidP="003C791B">
+    <w:p w14:paraId="357EBEA6" w14:textId="34C1649A" w:rsidR="00367B75" w:rsidRDefault="00367B75" w:rsidP="003C791B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Poplatníci přihlášení na území statutárního města České Budějovice, kteří jsou zároveň vlastníky stavby pro rodinnou rekreaci, ve které není přihlášena žádná fy</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">poplatku u této stavby. </w:t>
+        <w:t>Poplatníci přihlášení na území statutárního města České Budějovice, kteří jsou zároveň vlastníky</w:t>
+      </w:r>
+      <w:r w:rsidR="00E87B5E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87B5E" w:rsidRPr="00C205D6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nemovité věci zahrnující stavbu pro rodinnou rekreaci</w:t>
+      </w:r>
+      <w:r w:rsidR="00E87B5E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, ve které není přihlášená žádná fyzická osoba, jsou osvobozeni od poplatku u této stavby.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B51536" w14:textId="6F2C447F" w:rsidR="00BA1E8D" w:rsidRPr="00B967D5" w:rsidRDefault="00BA1E8D" w:rsidP="00BA1E8D">
       <w:pPr>
         <w:spacing w:before="120" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B967D5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E4405C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
@@ -3722,145 +3766,139 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB82089" w14:textId="77777777" w:rsidR="006D3F12" w:rsidRPr="00101EDA" w:rsidRDefault="00131160" w:rsidP="00D52308">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="6660"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101EDA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A761330" w14:textId="1EE81D4D" w:rsidR="006D3F12" w:rsidRPr="00101EDA" w:rsidRDefault="002E72EF" w:rsidP="00652014">
+    <w:p w14:paraId="0A761330" w14:textId="7F3A3EA2" w:rsidR="006D3F12" w:rsidRPr="00101EDA" w:rsidRDefault="002E72EF" w:rsidP="00652014">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005E7F1E" w:rsidRPr="00101EDA">
         <w:t>Doc. Dr. Ing. Dagmar Škodová Parmová</w:t>
       </w:r>
-      <w:r w:rsidR="00C44DF9">
-[...6 lines deleted...]
-        <w:t>r.</w:t>
+      <w:r w:rsidR="005341EB">
+        <w:t xml:space="preserve"> v.r.</w:t>
       </w:r>
       <w:r w:rsidR="006D3F12" w:rsidRPr="00101EDA">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005E7F1E" w:rsidRPr="00101EDA">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00614D35" w:rsidRPr="00101EDA">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005E7F1E" w:rsidRPr="00101EDA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C0301">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="005E7F1E" w:rsidRPr="00101EDA">
         <w:t>Ing. Petr Maroš</w:t>
       </w:r>
-      <w:r w:rsidR="00C44DF9">
-[...2 lines deleted...]
-      <w:r w:rsidR="008251D8">
+      <w:r w:rsidR="00D52308" w:rsidRPr="00101EDA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C44DF9">
-[...3 lines deleted...]
-    <w:p w14:paraId="29CA4380" w14:textId="5E13CB24" w:rsidR="00131160" w:rsidRPr="00101EDA" w:rsidRDefault="006D3F12" w:rsidP="006D3F12">
+      <w:r w:rsidR="005341EB">
+        <w:t>v.r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CA4380" w14:textId="6A6E01FD" w:rsidR="00131160" w:rsidRPr="00101EDA" w:rsidRDefault="006D3F12" w:rsidP="006D3F12">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="6237"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:r w:rsidRPr="00101EDA">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E317C2">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D52308" w:rsidRPr="00101EDA">
         <w:t>primátor</w:t>
       </w:r>
       <w:r w:rsidR="005E7F1E" w:rsidRPr="00101EDA">
         <w:t>ka</w:t>
       </w:r>
       <w:r w:rsidR="00D52308" w:rsidRPr="00101EDA">
         <w:t xml:space="preserve"> města </w:t>
       </w:r>
       <w:r w:rsidR="00D52308" w:rsidRPr="00101EDA">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00614D35" w:rsidRPr="00101EDA">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="005341EB">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C44DF9">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00614D35" w:rsidRPr="00101EDA">
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D52308" w:rsidRPr="00101EDA">
         <w:t>náměstek primátor</w:t>
       </w:r>
       <w:r w:rsidR="008347A4">
         <w:t>ky</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52308" w:rsidRPr="00101EDA">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8C5B98" w14:textId="77777777" w:rsidR="00131160" w:rsidRPr="00101EDA" w:rsidRDefault="00131160" w:rsidP="006402B9">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56A2A4BE" w14:textId="77777777" w:rsidR="009E0512" w:rsidRPr="00B967D5" w:rsidRDefault="009E0512" w:rsidP="00A05EA6">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:rPr>
@@ -3876,58 +3914,58 @@
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A05EA6" w:rsidRPr="00B967D5" w:rsidSect="008F577E">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="992" w:right="1418" w:bottom="992" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C8CC47D" w14:textId="77777777" w:rsidR="00226AC4" w:rsidRDefault="00226AC4">
+    <w:p w14:paraId="3F913D73" w14:textId="77777777" w:rsidR="00B73CA1" w:rsidRDefault="00B73CA1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36078F08" w14:textId="77777777" w:rsidR="00226AC4" w:rsidRDefault="00226AC4">
+    <w:p w14:paraId="10F1B434" w14:textId="77777777" w:rsidR="00B73CA1" w:rsidRDefault="00B73CA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4042,58 +4080,58 @@
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="008F577E">
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0D47195E" w14:textId="77777777" w:rsidR="008F577E" w:rsidRDefault="008F577E">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37CD7FE8" w14:textId="77777777" w:rsidR="00226AC4" w:rsidRDefault="00226AC4">
+    <w:p w14:paraId="24BAA1C4" w14:textId="77777777" w:rsidR="00B73CA1" w:rsidRDefault="00B73CA1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5202358F" w14:textId="77777777" w:rsidR="00226AC4" w:rsidRDefault="00226AC4">
+    <w:p w14:paraId="79581729" w14:textId="77777777" w:rsidR="00B73CA1" w:rsidRDefault="00B73CA1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="53AA3B45" w14:textId="77777777" w:rsidR="00F137F9" w:rsidRPr="006D3F12" w:rsidRDefault="00F137F9" w:rsidP="00F137F9">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D3F12">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006D3F12">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -9337,79 +9375,80 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1319267670">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="614605657">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="696585850">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="743530951">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="396979266">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="331109633">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="190"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00131160"/>
     <w:rsid w:val="00003224"/>
     <w:rsid w:val="000032FE"/>
+    <w:rsid w:val="0001057D"/>
     <w:rsid w:val="00010B51"/>
     <w:rsid w:val="0001260D"/>
     <w:rsid w:val="000129AF"/>
     <w:rsid w:val="000166A8"/>
     <w:rsid w:val="00017B56"/>
     <w:rsid w:val="00021F63"/>
     <w:rsid w:val="000345D5"/>
     <w:rsid w:val="00035287"/>
     <w:rsid w:val="00035BB1"/>
     <w:rsid w:val="000408D0"/>
     <w:rsid w:val="00040EA6"/>
     <w:rsid w:val="000538DD"/>
     <w:rsid w:val="000566F2"/>
     <w:rsid w:val="00065D79"/>
     <w:rsid w:val="00066D7D"/>
     <w:rsid w:val="00067222"/>
     <w:rsid w:val="0007566F"/>
     <w:rsid w:val="00083621"/>
     <w:rsid w:val="00087ACD"/>
     <w:rsid w:val="000940DC"/>
     <w:rsid w:val="0009601A"/>
     <w:rsid w:val="000A2391"/>
     <w:rsid w:val="000A53C3"/>
     <w:rsid w:val="000A7524"/>
     <w:rsid w:val="000A7872"/>
@@ -9440,96 +9479,97 @@
     <w:rsid w:val="00166420"/>
     <w:rsid w:val="00173886"/>
     <w:rsid w:val="00190222"/>
     <w:rsid w:val="00191186"/>
     <w:rsid w:val="001A0C3C"/>
     <w:rsid w:val="001A2C24"/>
     <w:rsid w:val="001B2692"/>
     <w:rsid w:val="001B36E4"/>
     <w:rsid w:val="001B6CD8"/>
     <w:rsid w:val="001C1953"/>
     <w:rsid w:val="001D26C0"/>
     <w:rsid w:val="001D7016"/>
     <w:rsid w:val="001E0982"/>
     <w:rsid w:val="001E37DD"/>
     <w:rsid w:val="001E38ED"/>
     <w:rsid w:val="001E74A9"/>
     <w:rsid w:val="001F2B36"/>
     <w:rsid w:val="001F34BB"/>
     <w:rsid w:val="001F6E22"/>
     <w:rsid w:val="001F7B84"/>
     <w:rsid w:val="00201893"/>
     <w:rsid w:val="002041CE"/>
     <w:rsid w:val="00211F22"/>
     <w:rsid w:val="00223690"/>
     <w:rsid w:val="00225B8C"/>
-    <w:rsid w:val="00226AC4"/>
     <w:rsid w:val="00227C89"/>
     <w:rsid w:val="002333C1"/>
     <w:rsid w:val="00243C02"/>
     <w:rsid w:val="0024485C"/>
     <w:rsid w:val="00246383"/>
     <w:rsid w:val="0025107F"/>
     <w:rsid w:val="00252437"/>
     <w:rsid w:val="00260886"/>
     <w:rsid w:val="00264B52"/>
     <w:rsid w:val="00264E4B"/>
     <w:rsid w:val="002666C2"/>
+    <w:rsid w:val="00266BC7"/>
     <w:rsid w:val="00274BB8"/>
     <w:rsid w:val="0027609E"/>
     <w:rsid w:val="002871C2"/>
     <w:rsid w:val="00297AF4"/>
     <w:rsid w:val="002A0D77"/>
     <w:rsid w:val="002A3A42"/>
     <w:rsid w:val="002B47E6"/>
     <w:rsid w:val="002C0C5C"/>
     <w:rsid w:val="002C307D"/>
     <w:rsid w:val="002C3721"/>
     <w:rsid w:val="002C61AA"/>
     <w:rsid w:val="002D05A9"/>
     <w:rsid w:val="002D1965"/>
     <w:rsid w:val="002D30C0"/>
     <w:rsid w:val="002E0EAD"/>
     <w:rsid w:val="002E201C"/>
     <w:rsid w:val="002E6E4A"/>
     <w:rsid w:val="002E72EF"/>
     <w:rsid w:val="002F3690"/>
     <w:rsid w:val="002F4189"/>
     <w:rsid w:val="002F75B4"/>
     <w:rsid w:val="00300CCD"/>
     <w:rsid w:val="00302A97"/>
     <w:rsid w:val="00303591"/>
     <w:rsid w:val="00303D38"/>
     <w:rsid w:val="00304575"/>
     <w:rsid w:val="00322107"/>
     <w:rsid w:val="003310BE"/>
     <w:rsid w:val="0033112D"/>
     <w:rsid w:val="00331F03"/>
     <w:rsid w:val="003338CC"/>
     <w:rsid w:val="00342E31"/>
     <w:rsid w:val="00350372"/>
     <w:rsid w:val="003540F3"/>
+    <w:rsid w:val="00355359"/>
     <w:rsid w:val="0035710E"/>
     <w:rsid w:val="0036194E"/>
     <w:rsid w:val="00362A72"/>
     <w:rsid w:val="00363015"/>
     <w:rsid w:val="0036600C"/>
     <w:rsid w:val="0036732C"/>
     <w:rsid w:val="00367B75"/>
     <w:rsid w:val="00371501"/>
     <w:rsid w:val="00371A61"/>
     <w:rsid w:val="0038283D"/>
     <w:rsid w:val="00383105"/>
     <w:rsid w:val="00383E0E"/>
     <w:rsid w:val="00384D76"/>
     <w:rsid w:val="0038599B"/>
     <w:rsid w:val="00386229"/>
     <w:rsid w:val="003911AE"/>
     <w:rsid w:val="003958C3"/>
     <w:rsid w:val="00396BEE"/>
     <w:rsid w:val="003A74F6"/>
     <w:rsid w:val="003B2625"/>
     <w:rsid w:val="003B4C7B"/>
     <w:rsid w:val="003C0C49"/>
     <w:rsid w:val="003C2D77"/>
     <w:rsid w:val="003C791B"/>
     <w:rsid w:val="003D0CED"/>
@@ -9558,60 +9598,62 @@
     <w:rsid w:val="004A03A2"/>
     <w:rsid w:val="004A5FF4"/>
     <w:rsid w:val="004A648F"/>
     <w:rsid w:val="004B007F"/>
     <w:rsid w:val="004B1994"/>
     <w:rsid w:val="004B4A8E"/>
     <w:rsid w:val="004C0427"/>
     <w:rsid w:val="004C0C90"/>
     <w:rsid w:val="004D0316"/>
     <w:rsid w:val="004E0009"/>
     <w:rsid w:val="004E065E"/>
     <w:rsid w:val="004E2C06"/>
     <w:rsid w:val="004F1F1F"/>
     <w:rsid w:val="004F321B"/>
     <w:rsid w:val="004F6539"/>
     <w:rsid w:val="004F6661"/>
     <w:rsid w:val="00500A52"/>
     <w:rsid w:val="00502251"/>
     <w:rsid w:val="00503CFD"/>
     <w:rsid w:val="00504C32"/>
     <w:rsid w:val="00507EF0"/>
     <w:rsid w:val="0051128D"/>
     <w:rsid w:val="00515084"/>
     <w:rsid w:val="00531B17"/>
     <w:rsid w:val="00532775"/>
+    <w:rsid w:val="005341EB"/>
     <w:rsid w:val="005344BF"/>
     <w:rsid w:val="00544006"/>
     <w:rsid w:val="00545904"/>
     <w:rsid w:val="00546241"/>
     <w:rsid w:val="00550C8C"/>
     <w:rsid w:val="005523AF"/>
     <w:rsid w:val="005620CD"/>
     <w:rsid w:val="005714F0"/>
     <w:rsid w:val="005736D7"/>
     <w:rsid w:val="00576D09"/>
+    <w:rsid w:val="0058407A"/>
     <w:rsid w:val="005867F5"/>
     <w:rsid w:val="00597E72"/>
     <w:rsid w:val="005A683D"/>
     <w:rsid w:val="005B3A3F"/>
     <w:rsid w:val="005B47E4"/>
     <w:rsid w:val="005B5A07"/>
     <w:rsid w:val="005C4381"/>
     <w:rsid w:val="005C6BA9"/>
     <w:rsid w:val="005D3C5A"/>
     <w:rsid w:val="005D4726"/>
     <w:rsid w:val="005E2958"/>
     <w:rsid w:val="005E4BE0"/>
     <w:rsid w:val="005E7B72"/>
     <w:rsid w:val="005E7F1E"/>
     <w:rsid w:val="005F15D1"/>
     <w:rsid w:val="005F6F56"/>
     <w:rsid w:val="0060754A"/>
     <w:rsid w:val="006146CA"/>
     <w:rsid w:val="00614D35"/>
     <w:rsid w:val="00617559"/>
     <w:rsid w:val="006204F2"/>
     <w:rsid w:val="00621825"/>
     <w:rsid w:val="0062314B"/>
     <w:rsid w:val="00623A3A"/>
     <w:rsid w:val="006402B9"/>
@@ -9624,99 +9666,100 @@
     <w:rsid w:val="006679FA"/>
     <w:rsid w:val="0067325B"/>
     <w:rsid w:val="00675992"/>
     <w:rsid w:val="00677447"/>
     <w:rsid w:val="0068759E"/>
     <w:rsid w:val="00694167"/>
     <w:rsid w:val="00695493"/>
     <w:rsid w:val="006962AD"/>
     <w:rsid w:val="006967EB"/>
     <w:rsid w:val="006A3B50"/>
     <w:rsid w:val="006A4A80"/>
     <w:rsid w:val="006C4CC7"/>
     <w:rsid w:val="006C7047"/>
     <w:rsid w:val="006D3482"/>
     <w:rsid w:val="006D3F12"/>
     <w:rsid w:val="006D4118"/>
     <w:rsid w:val="006E08F4"/>
     <w:rsid w:val="006E6EB8"/>
     <w:rsid w:val="006F6C96"/>
     <w:rsid w:val="007005F7"/>
     <w:rsid w:val="00700827"/>
     <w:rsid w:val="00702820"/>
     <w:rsid w:val="00712DB4"/>
     <w:rsid w:val="007165A1"/>
     <w:rsid w:val="00720121"/>
+    <w:rsid w:val="00721685"/>
     <w:rsid w:val="00722383"/>
     <w:rsid w:val="00732B10"/>
     <w:rsid w:val="0073417D"/>
     <w:rsid w:val="007342A5"/>
     <w:rsid w:val="00736E0C"/>
     <w:rsid w:val="00743081"/>
     <w:rsid w:val="00746AE3"/>
     <w:rsid w:val="0074717E"/>
     <w:rsid w:val="00752037"/>
     <w:rsid w:val="0076252F"/>
     <w:rsid w:val="0076572C"/>
     <w:rsid w:val="007661B9"/>
     <w:rsid w:val="007746D8"/>
     <w:rsid w:val="00774FDD"/>
     <w:rsid w:val="00776E64"/>
     <w:rsid w:val="00777A84"/>
     <w:rsid w:val="007834F2"/>
     <w:rsid w:val="00784DE8"/>
     <w:rsid w:val="0079573C"/>
     <w:rsid w:val="007A403B"/>
     <w:rsid w:val="007A4E58"/>
     <w:rsid w:val="007A65BA"/>
     <w:rsid w:val="007A6850"/>
     <w:rsid w:val="007B11D2"/>
     <w:rsid w:val="007B1993"/>
     <w:rsid w:val="007D11A6"/>
     <w:rsid w:val="007D1B94"/>
     <w:rsid w:val="007D5AA9"/>
     <w:rsid w:val="007D7D86"/>
     <w:rsid w:val="007E04B6"/>
     <w:rsid w:val="007E7ED9"/>
     <w:rsid w:val="00810AD7"/>
     <w:rsid w:val="008123FB"/>
     <w:rsid w:val="008148C5"/>
     <w:rsid w:val="00821399"/>
     <w:rsid w:val="00824269"/>
-    <w:rsid w:val="008251D8"/>
     <w:rsid w:val="0082642B"/>
     <w:rsid w:val="00826D2C"/>
     <w:rsid w:val="00831809"/>
     <w:rsid w:val="00831C1A"/>
     <w:rsid w:val="00831D58"/>
     <w:rsid w:val="008347A4"/>
     <w:rsid w:val="008413A6"/>
     <w:rsid w:val="00843AA7"/>
     <w:rsid w:val="00847AEC"/>
     <w:rsid w:val="008506AD"/>
     <w:rsid w:val="008560D9"/>
     <w:rsid w:val="00864D90"/>
+    <w:rsid w:val="008650D1"/>
     <w:rsid w:val="00865258"/>
     <w:rsid w:val="008658CA"/>
     <w:rsid w:val="00866409"/>
     <w:rsid w:val="008704BB"/>
     <w:rsid w:val="00880AB8"/>
     <w:rsid w:val="008814DD"/>
     <w:rsid w:val="00887D0F"/>
     <w:rsid w:val="00891D30"/>
     <w:rsid w:val="0089292B"/>
     <w:rsid w:val="00897430"/>
     <w:rsid w:val="008A2F12"/>
     <w:rsid w:val="008B0A2C"/>
     <w:rsid w:val="008B6E2F"/>
     <w:rsid w:val="008C0301"/>
     <w:rsid w:val="008C1F0B"/>
     <w:rsid w:val="008D6906"/>
     <w:rsid w:val="008E43B1"/>
     <w:rsid w:val="008E5AE2"/>
     <w:rsid w:val="008F3152"/>
     <w:rsid w:val="008F577E"/>
     <w:rsid w:val="00900DCA"/>
     <w:rsid w:val="00903F5D"/>
     <w:rsid w:val="00911B15"/>
     <w:rsid w:val="00912CE1"/>
     <w:rsid w:val="00915F90"/>
@@ -9740,246 +9783,246 @@
     <w:rsid w:val="00966286"/>
     <w:rsid w:val="009820E8"/>
     <w:rsid w:val="00985BFB"/>
     <w:rsid w:val="00985C2E"/>
     <w:rsid w:val="0099250E"/>
     <w:rsid w:val="009954F5"/>
     <w:rsid w:val="009A40EB"/>
     <w:rsid w:val="009A488E"/>
     <w:rsid w:val="009B59CD"/>
     <w:rsid w:val="009D02DA"/>
     <w:rsid w:val="009D04CB"/>
     <w:rsid w:val="009D0F92"/>
     <w:rsid w:val="009D1457"/>
     <w:rsid w:val="009D238D"/>
     <w:rsid w:val="009D39EA"/>
     <w:rsid w:val="009E0512"/>
     <w:rsid w:val="009E188F"/>
     <w:rsid w:val="009E26C9"/>
     <w:rsid w:val="009F3901"/>
     <w:rsid w:val="009F3B24"/>
     <w:rsid w:val="009F6F73"/>
     <w:rsid w:val="009F75C6"/>
     <w:rsid w:val="00A002CF"/>
     <w:rsid w:val="00A03904"/>
     <w:rsid w:val="00A05EA6"/>
-    <w:rsid w:val="00A134A9"/>
     <w:rsid w:val="00A318A9"/>
     <w:rsid w:val="00A32AB3"/>
     <w:rsid w:val="00A36276"/>
     <w:rsid w:val="00A418F6"/>
     <w:rsid w:val="00A427B9"/>
     <w:rsid w:val="00A55621"/>
     <w:rsid w:val="00A74D9D"/>
     <w:rsid w:val="00A76680"/>
     <w:rsid w:val="00A81CF2"/>
     <w:rsid w:val="00A84AAB"/>
     <w:rsid w:val="00A85988"/>
     <w:rsid w:val="00A904E7"/>
     <w:rsid w:val="00A94D4C"/>
     <w:rsid w:val="00A97118"/>
     <w:rsid w:val="00AA644C"/>
     <w:rsid w:val="00AA6703"/>
     <w:rsid w:val="00AA7055"/>
     <w:rsid w:val="00AB30F4"/>
     <w:rsid w:val="00AB44BF"/>
     <w:rsid w:val="00AC18A4"/>
     <w:rsid w:val="00AD1777"/>
     <w:rsid w:val="00AD70DA"/>
     <w:rsid w:val="00AD79BB"/>
     <w:rsid w:val="00AD7BCB"/>
     <w:rsid w:val="00AF0AC9"/>
     <w:rsid w:val="00AF41F3"/>
     <w:rsid w:val="00B0176F"/>
     <w:rsid w:val="00B0185F"/>
     <w:rsid w:val="00B0476F"/>
     <w:rsid w:val="00B0696E"/>
     <w:rsid w:val="00B0781C"/>
     <w:rsid w:val="00B10E4F"/>
     <w:rsid w:val="00B36221"/>
     <w:rsid w:val="00B369A7"/>
     <w:rsid w:val="00B47464"/>
     <w:rsid w:val="00B63BFF"/>
     <w:rsid w:val="00B65DC3"/>
     <w:rsid w:val="00B66C8E"/>
     <w:rsid w:val="00B66E49"/>
     <w:rsid w:val="00B71306"/>
+    <w:rsid w:val="00B73CA1"/>
     <w:rsid w:val="00B75719"/>
     <w:rsid w:val="00B76495"/>
     <w:rsid w:val="00B806F8"/>
     <w:rsid w:val="00B82D08"/>
     <w:rsid w:val="00B86441"/>
     <w:rsid w:val="00B967D5"/>
     <w:rsid w:val="00BA1E8D"/>
     <w:rsid w:val="00BB3316"/>
     <w:rsid w:val="00BB6FB2"/>
     <w:rsid w:val="00BC17DA"/>
     <w:rsid w:val="00BC3CDA"/>
     <w:rsid w:val="00BE372C"/>
     <w:rsid w:val="00BF5976"/>
     <w:rsid w:val="00BF7418"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C119A6"/>
     <w:rsid w:val="00C158F3"/>
     <w:rsid w:val="00C17467"/>
+    <w:rsid w:val="00C205D6"/>
     <w:rsid w:val="00C3174D"/>
     <w:rsid w:val="00C31C1A"/>
     <w:rsid w:val="00C35DC9"/>
     <w:rsid w:val="00C43A26"/>
-    <w:rsid w:val="00C44DF9"/>
     <w:rsid w:val="00C53646"/>
     <w:rsid w:val="00C54C28"/>
     <w:rsid w:val="00C553AD"/>
     <w:rsid w:val="00C63342"/>
     <w:rsid w:val="00C6548E"/>
     <w:rsid w:val="00C67504"/>
     <w:rsid w:val="00C77181"/>
     <w:rsid w:val="00C863F8"/>
     <w:rsid w:val="00C932AE"/>
     <w:rsid w:val="00C94444"/>
     <w:rsid w:val="00CA1A16"/>
     <w:rsid w:val="00CA47EE"/>
-    <w:rsid w:val="00CA67E6"/>
     <w:rsid w:val="00CB1540"/>
     <w:rsid w:val="00CC0853"/>
     <w:rsid w:val="00CC740B"/>
     <w:rsid w:val="00CC7BE1"/>
     <w:rsid w:val="00CD015F"/>
     <w:rsid w:val="00CD0C08"/>
     <w:rsid w:val="00CD1790"/>
     <w:rsid w:val="00CD64EA"/>
     <w:rsid w:val="00CD7144"/>
     <w:rsid w:val="00CD7CB8"/>
     <w:rsid w:val="00CE15B3"/>
     <w:rsid w:val="00D042DD"/>
     <w:rsid w:val="00D122A6"/>
     <w:rsid w:val="00D14B0D"/>
     <w:rsid w:val="00D2283E"/>
     <w:rsid w:val="00D230DC"/>
     <w:rsid w:val="00D233D8"/>
     <w:rsid w:val="00D238A1"/>
     <w:rsid w:val="00D2664B"/>
     <w:rsid w:val="00D30A29"/>
     <w:rsid w:val="00D36B62"/>
     <w:rsid w:val="00D3709B"/>
     <w:rsid w:val="00D40D7B"/>
     <w:rsid w:val="00D50DA9"/>
     <w:rsid w:val="00D52308"/>
     <w:rsid w:val="00D527EA"/>
     <w:rsid w:val="00D55526"/>
     <w:rsid w:val="00D5659B"/>
     <w:rsid w:val="00D57E6E"/>
     <w:rsid w:val="00D6303C"/>
     <w:rsid w:val="00D64083"/>
     <w:rsid w:val="00D67F1F"/>
     <w:rsid w:val="00D727CA"/>
     <w:rsid w:val="00D91D9B"/>
     <w:rsid w:val="00D929E8"/>
     <w:rsid w:val="00D92F64"/>
     <w:rsid w:val="00DA614B"/>
     <w:rsid w:val="00DB0904"/>
     <w:rsid w:val="00DB2C2A"/>
     <w:rsid w:val="00DB2E35"/>
     <w:rsid w:val="00DC09AE"/>
     <w:rsid w:val="00DC5344"/>
     <w:rsid w:val="00DD0001"/>
     <w:rsid w:val="00DD09F5"/>
     <w:rsid w:val="00DD6F29"/>
     <w:rsid w:val="00DE18CB"/>
     <w:rsid w:val="00DE1BD0"/>
     <w:rsid w:val="00DE4471"/>
     <w:rsid w:val="00DE4F19"/>
     <w:rsid w:val="00DE7E22"/>
-    <w:rsid w:val="00DF1DA5"/>
     <w:rsid w:val="00DF4D9E"/>
     <w:rsid w:val="00DF7748"/>
     <w:rsid w:val="00E033AB"/>
     <w:rsid w:val="00E10B6A"/>
     <w:rsid w:val="00E112F8"/>
     <w:rsid w:val="00E114A3"/>
     <w:rsid w:val="00E13E49"/>
     <w:rsid w:val="00E16F29"/>
     <w:rsid w:val="00E200CC"/>
     <w:rsid w:val="00E244C7"/>
     <w:rsid w:val="00E24E24"/>
     <w:rsid w:val="00E269DD"/>
     <w:rsid w:val="00E317C2"/>
     <w:rsid w:val="00E40C1C"/>
     <w:rsid w:val="00E4405C"/>
     <w:rsid w:val="00E44423"/>
     <w:rsid w:val="00E47CAC"/>
     <w:rsid w:val="00E50812"/>
     <w:rsid w:val="00E52060"/>
     <w:rsid w:val="00E55843"/>
     <w:rsid w:val="00E5645D"/>
     <w:rsid w:val="00E60EC7"/>
     <w:rsid w:val="00E633AD"/>
     <w:rsid w:val="00E639E1"/>
     <w:rsid w:val="00E64A72"/>
     <w:rsid w:val="00E67F73"/>
     <w:rsid w:val="00E7558A"/>
     <w:rsid w:val="00E80C5F"/>
     <w:rsid w:val="00E82E42"/>
     <w:rsid w:val="00E86AD7"/>
+    <w:rsid w:val="00E87B5E"/>
     <w:rsid w:val="00E90510"/>
     <w:rsid w:val="00E907D6"/>
     <w:rsid w:val="00EA59B3"/>
     <w:rsid w:val="00EA64B3"/>
     <w:rsid w:val="00EA6D47"/>
     <w:rsid w:val="00EB46BB"/>
     <w:rsid w:val="00EB523E"/>
     <w:rsid w:val="00EB693C"/>
     <w:rsid w:val="00EB7FA0"/>
     <w:rsid w:val="00EC3687"/>
     <w:rsid w:val="00EC6633"/>
     <w:rsid w:val="00EE07B0"/>
     <w:rsid w:val="00EE28B9"/>
     <w:rsid w:val="00EE550B"/>
     <w:rsid w:val="00EF21C3"/>
     <w:rsid w:val="00EF3152"/>
     <w:rsid w:val="00EF6E61"/>
     <w:rsid w:val="00F070EB"/>
     <w:rsid w:val="00F079DC"/>
     <w:rsid w:val="00F137F9"/>
     <w:rsid w:val="00F147E2"/>
     <w:rsid w:val="00F17586"/>
     <w:rsid w:val="00F27A1E"/>
     <w:rsid w:val="00F3374C"/>
     <w:rsid w:val="00F3733B"/>
     <w:rsid w:val="00F4024F"/>
     <w:rsid w:val="00F41241"/>
     <w:rsid w:val="00F45059"/>
     <w:rsid w:val="00F51F7D"/>
     <w:rsid w:val="00F53039"/>
     <w:rsid w:val="00F55DE6"/>
     <w:rsid w:val="00F663ED"/>
     <w:rsid w:val="00F716C9"/>
     <w:rsid w:val="00F71D1C"/>
     <w:rsid w:val="00F77B0F"/>
     <w:rsid w:val="00F8166C"/>
     <w:rsid w:val="00F91DE1"/>
     <w:rsid w:val="00F94645"/>
+    <w:rsid w:val="00F9666F"/>
     <w:rsid w:val="00F96B0B"/>
     <w:rsid w:val="00FB319D"/>
     <w:rsid w:val="00FB336E"/>
     <w:rsid w:val="00FC4FAC"/>
     <w:rsid w:val="00FC557E"/>
     <w:rsid w:val="00FE34F1"/>
     <w:rsid w:val="00FF3B40"/>
     <w:rsid w:val="00FF5646"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -11024,54 +11067,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100CA0BF226D57DBA4D98DDF346B82B6718" ma:contentTypeVersion="18" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="adb41ee2cde17742da7339210650b87a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5ff0f3f3-3f85-423a-af1d-56f00e494374" xmlns:ns3="cfab9b5b-1cec-4685-99af-b1ea6285ae0d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6c9979e0a733e466f50dc6195de3c0d3" ns2:_="" ns3:_="">
     <xsd:import namespace="5ff0f3f3-3f85-423a-af1d-56f00e494374"/>
     <xsd:import namespace="cfab9b5b-1cec-4685-99af-b1ea6285ae0d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Popis" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -11278,147 +11317,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Popis xmlns="5ff0f3f3-3f85-423a-af1d-56f00e494374" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5ff0f3f3-3f85-423a-af1d-56f00e494374">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="cfab9b5b-1cec-4685-99af-b1ea6285ae0d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CF0E57C-A90A-4110-A469-533A66EA313C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5ff0f3f3-3f85-423a-af1d-56f00e494374"/>
     <ds:schemaRef ds:uri="cfab9b5b-1cec-4685-99af-b1ea6285ae0d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB52489-D588-417D-9EC9-892C31192162}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{812F842F-24F5-4EB4-A96D-A61F1327D090}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A472DC49-616C-4C8B-AC18-4B25014387B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5ff0f3f3-3f85-423a-af1d-56f00e494374"/>
     <ds:schemaRef ds:uri="cfab9b5b-1cec-4685-99af-b1ea6285ae0d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB52489-D588-417D-9EC9-892C31192162}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1258</Words>
-  <Characters>7424</Characters>
+  <Words>1279</Words>
+  <Characters>7551</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>61</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Metodický materiál</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerstvo financí</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8665</CharactersWithSpaces>
+  <CharactersWithSpaces>8813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Metodický materiál</dc:title>
   <dc:subject/>
   <dc:creator>Mgr. Lukáš Toman</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CA0BF226D57DBA4D98DDF346B82B6718</vt:lpwstr>
   </property>