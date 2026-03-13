--- v0 (2025-12-16)
+++ v1 (2026-03-13)
@@ -1770,76 +1770,84 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F58552A" w14:textId="77777777" w:rsidR="00131160" w:rsidRPr="008977F2" w:rsidRDefault="00131160" w:rsidP="00B71306">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008977F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113F8160" w14:textId="77777777" w:rsidR="00E84001" w:rsidRDefault="008D6906" w:rsidP="00E65DBE">
+    <w:p w14:paraId="113F8160" w14:textId="32D11877" w:rsidR="00E84001" w:rsidRDefault="008D6906" w:rsidP="00E65DBE">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008977F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tato vyhláška nabývá účinnosti dnem </w:t>
       </w:r>
       <w:r w:rsidR="008977F2" w:rsidRPr="008977F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F857D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.2026.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="280BF5D0" w14:textId="77777777" w:rsidR="00E84001" w:rsidRDefault="00E84001" w:rsidP="00E65DBE">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11D4BDD6" w14:textId="77777777" w:rsidR="00E84001" w:rsidRDefault="00E84001" w:rsidP="00E65DBE">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -2091,50 +2099,51 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Songti SC">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="602F6496" w14:textId="77777777" w:rsidR="00C54C28" w:rsidRDefault="00C54C28">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -7577,50 +7586,51 @@
     <w:rsid w:val="0096498D"/>
     <w:rsid w:val="00966286"/>
     <w:rsid w:val="009820E8"/>
     <w:rsid w:val="00985BFB"/>
     <w:rsid w:val="0099250E"/>
     <w:rsid w:val="009954F5"/>
     <w:rsid w:val="009A488E"/>
     <w:rsid w:val="009C4806"/>
     <w:rsid w:val="009D02DA"/>
     <w:rsid w:val="009D0F92"/>
     <w:rsid w:val="009D1457"/>
     <w:rsid w:val="009D238D"/>
     <w:rsid w:val="009D39EA"/>
     <w:rsid w:val="009E0512"/>
     <w:rsid w:val="009E188F"/>
     <w:rsid w:val="009E26C9"/>
     <w:rsid w:val="009F3901"/>
     <w:rsid w:val="009F75C6"/>
     <w:rsid w:val="00A03904"/>
     <w:rsid w:val="00A05EA6"/>
     <w:rsid w:val="00A21BE8"/>
     <w:rsid w:val="00A318A9"/>
     <w:rsid w:val="00A32AB3"/>
     <w:rsid w:val="00A418F6"/>
     <w:rsid w:val="00A427B9"/>
+    <w:rsid w:val="00A514E1"/>
     <w:rsid w:val="00A55621"/>
     <w:rsid w:val="00A74D9D"/>
     <w:rsid w:val="00A76680"/>
     <w:rsid w:val="00A904E7"/>
     <w:rsid w:val="00A97118"/>
     <w:rsid w:val="00AA6703"/>
     <w:rsid w:val="00AA6F21"/>
     <w:rsid w:val="00AB240E"/>
     <w:rsid w:val="00AB30F4"/>
     <w:rsid w:val="00AB44BF"/>
     <w:rsid w:val="00AC18A4"/>
     <w:rsid w:val="00AD1777"/>
     <w:rsid w:val="00AD70DA"/>
     <w:rsid w:val="00AD79BB"/>
     <w:rsid w:val="00AD7BCB"/>
     <w:rsid w:val="00AE57A6"/>
     <w:rsid w:val="00AF0AC9"/>
     <w:rsid w:val="00AF41F3"/>
     <w:rsid w:val="00B0176F"/>
     <w:rsid w:val="00B0185F"/>
     <w:rsid w:val="00B0476F"/>
     <w:rsid w:val="00B0696E"/>
     <w:rsid w:val="00B0781C"/>
     <w:rsid w:val="00B10E4F"/>
     <w:rsid w:val="00B12EE6"/>
@@ -7753,50 +7763,51 @@
     <w:rsid w:val="00EE07B0"/>
     <w:rsid w:val="00EE28B9"/>
     <w:rsid w:val="00EE550B"/>
     <w:rsid w:val="00EF21C3"/>
     <w:rsid w:val="00EF3152"/>
     <w:rsid w:val="00EF6E61"/>
     <w:rsid w:val="00EF75E1"/>
     <w:rsid w:val="00F079DC"/>
     <w:rsid w:val="00F12546"/>
     <w:rsid w:val="00F137F9"/>
     <w:rsid w:val="00F147E2"/>
     <w:rsid w:val="00F17586"/>
     <w:rsid w:val="00F27A1E"/>
     <w:rsid w:val="00F3374C"/>
     <w:rsid w:val="00F3733B"/>
     <w:rsid w:val="00F4024F"/>
     <w:rsid w:val="00F41241"/>
     <w:rsid w:val="00F42FDC"/>
     <w:rsid w:val="00F51F7D"/>
     <w:rsid w:val="00F53039"/>
     <w:rsid w:val="00F55DE6"/>
     <w:rsid w:val="00F663ED"/>
     <w:rsid w:val="00F716C9"/>
     <w:rsid w:val="00F71D1C"/>
     <w:rsid w:val="00F8166C"/>
+    <w:rsid w:val="00F857D3"/>
     <w:rsid w:val="00F91DE1"/>
     <w:rsid w:val="00FB319D"/>
     <w:rsid w:val="00FB336E"/>
     <w:rsid w:val="00FB3701"/>
     <w:rsid w:val="00FC4FAC"/>
     <w:rsid w:val="00FE0AB1"/>
     <w:rsid w:val="00FE34F1"/>
     <w:rsid w:val="00FE4569"/>
     <w:rsid w:val="00FF3B40"/>
     <w:rsid w:val="00FF5646"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
@@ -8866,50 +8877,74 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="feb2fe6b-478f-4082-9d21-054afd9dcea5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2c6eccd1-853c-4fec-9454-59c803a1f6d1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100288413807FD80F4A92AEF629C0ECE796" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4f47655b3650ce988539d8f8c0ee5d3e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c6eccd1-853c-4fec-9454-59c803a1f6d1" xmlns:ns3="feb2fe6b-478f-4082-9d21-054afd9dcea5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d437ae8a6f6de42d2f55dcbf0cbfc7bd" ns2:_="" ns3:_="">
     <xsd:import namespace="2c6eccd1-853c-4fec-9454-59c803a1f6d1"/>
     <xsd:import namespace="feb2fe6b-478f-4082-9d21-054afd9dcea5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -9072,135 +9107,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC398343-9B1C-4CC2-A361-415403213A3F}"/>
-[...3 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8CB410D-E7FA-4994-8F8B-C2A20A37A1D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13E7E783-13A1-4CDC-9A43-D15A629CC42D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FE3F85F-DBEA-477D-B347-25C6BE2E087F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="feb2fe6b-478f-4082-9d21-054afd9dcea5"/>
     <ds:schemaRef ds:uri="2c6eccd1-853c-4fec-9454-59c803a1f6d1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8CB410D-E7FA-4994-8F8B-C2A20A37A1D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13E7E783-13A1-4CDC-9A43-D15A629CC42D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC398343-9B1C-4CC2-A361-415403213A3F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2c6eccd1-853c-4fec-9454-59c803a1f6d1"/>
+    <ds:schemaRef ds:uri="feb2fe6b-478f-4082-9d21-054afd9dcea5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>633</Words>
-  <Characters>3619</Characters>
+  <Characters>3625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Metodický materiál</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerstvo financí</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4244</CharactersWithSpaces>
+  <CharactersWithSpaces>4250</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mgr. Lukáš Toman</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100288413807FD80F4A92AEF629C0ECE796</vt:lpwstr>
   </property>