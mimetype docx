--- v0 (2025-12-21)
+++ v1 (2026-03-13)
@@ -85,1609 +85,2369 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Zastupitelstvo města Slavičín</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54297F94" w14:textId="77777777" w:rsidR="00DF6DDE" w:rsidRDefault="00DF6DDE" w:rsidP="00DF6DDE"/>
     <w:p w14:paraId="487BA61F" w14:textId="77777777" w:rsidR="00DF6DDE" w:rsidRDefault="00DF6DDE" w:rsidP="00DF6DDE"/>
     <w:p w14:paraId="180B578C" w14:textId="77777777" w:rsidR="00DF6DDE" w:rsidRDefault="00DF6DDE" w:rsidP="00DF6DDE"/>
     <w:p w14:paraId="229F13A3" w14:textId="77777777" w:rsidR="00DF6DDE" w:rsidRDefault="00DF6DDE" w:rsidP="00DF6DDE"/>
-    <w:p w14:paraId="01DEB687" w14:textId="062A5F85" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="1BBEEEDC" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00DF6DDE"/>
+    <w:p w14:paraId="01DEB687" w14:textId="7E016432" w:rsidR="00DB0377" w:rsidRPr="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
-        <w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OBECNĚ ZÁVAZNÁ VYHLÁŠKA MĚSTA SLAVIČÍN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:r w:rsidR="005C78CC" w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>o místním poplatku za odkládání komunálního odpadu z nemovité věci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580D137C" w14:textId="72DDDBCE" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="0C4387E2" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="UvodniVeta"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="580D137C" w14:textId="166DC5A2" w:rsidR="00DB0377" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="UvodniVeta"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zastupitelstvo města Slavičín se na svém zasedání dne</w:t>
       </w:r>
       <w:r w:rsidR="00DF6DDE" w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 17.12.2025 </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>usneslo vydat na základě § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů (dále jen „zákon o místních poplatcích“), a v souladu s § 10 písm. d) a § 84 odst. 2 písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku (dále jen „vyhláška“):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B16FF8" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="1421274E" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="UvodniVeta"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74895C57" w14:textId="77777777" w:rsidR="00883B39" w:rsidRPr="00DF6DDE" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="UvodniVeta"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08B16FF8" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Úvodní ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A212123" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="5D96F9B3" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A212123" w14:textId="54A874D5" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Město Slavičín touto vyhláškou zavádí místní poplatek za odkládání komunálního odpadu z nemovité věci (dále jen „poplatek“).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0400FD5B" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="0400FD5B" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatkovým obdobím poplatku je kalendářní rok</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35044408" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="35044408" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatkovým subjektem podle této vyhlášky je:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB2B4AE" w14:textId="0E962EAC" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="7FB2B4AE" w14:textId="0E962EAC" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>poplatník poplatku,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CA65E2" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="05CA65E2" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nebo plátce poplatku, pokud jde o poplatek odváděný plátcem poplatku</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B34D84" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="40B34D84" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Správcem poplatku je městský úřad</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B1A68E" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="18CB01CB" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75975298" w14:textId="77777777" w:rsidR="00883B39" w:rsidRPr="00DF6DDE" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39B1A68E" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Předmět poplatku, poplatník a plátce poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F4F7B1C" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="7CFA70D7" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F4F7B1C" w14:textId="49487D44" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Předmětem poplatku je odkládání směsného komunálního odpadu z jednotlivé nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, která se nachází na území města</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5732E618" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="5732E618" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatníkem poplatku je</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B2098C" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="56B2098C" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fyzická osoba, která má v nemovité věci bydliště,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0725301B" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="0725301B" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nebo vlastník nemovité věci, ve které nemá bydliště žádná fyzická osoba.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B33308" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="38B33308" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Plátcem poplatku je</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB98EB9" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="4DB98EB9" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>společenství vlastníků jednotek, pokud pro dům vzniklo,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A540B9" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="62A540B9" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nebo vlastník nemovité věci v ostatních případech.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B0DA29" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="78B0DA29" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Plátce poplatku je povinen vybrat poplatek od poplatníka</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AE58BF" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="33AE58BF" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Spoluvlastníci nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci jsou povinni plnit poplatkovou povinnost společně a nerozdílně</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428F68FC" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="47950019" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B6E9FF" w14:textId="77777777" w:rsidR="00883B39" w:rsidRPr="00DF6DDE" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="428F68FC" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Čl. 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Ohlašovací povinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12BB5DF9" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="1A181AAE" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12BB5DF9" w14:textId="3A318DC2" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatkový subjekt je povinen podat správci poplatku ohlášení nejpozději do 30 dnů ode dne, kdy nabyl postavení poplatkového subjektu; údaje uváděné v ohlášení upravuje zákon</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3910C571" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="3910C571" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dojde-li ke změně údajů uvedených v ohlášení, je poplatkový subjekt povinen tuto změnu oznámit do 15 dnů ode dne, kdy nastala</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53734B6E" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="6276E66D" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53734B6E" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Čl. 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Základ poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09218A77" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="7EA46D46" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09218A77" w14:textId="5E83BADC" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Základem dílčího poplatku je kapacita soustřeďovacích prostředků pro nemovitou věc na odpad za kalendářní měsíc v litrech připadající na poplatníka</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C99FFD" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="66C99FFD" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Objednanou kapacitou soustřeďovacích prostředků pro nemovitou věc za kalendářní měsíc připadající na poplatníka je</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600BA5EB" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="600BA5EB" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>podíl objednané kapacity soustřeďovacích prostředků pro tuto nemovitou věc na kalendářní měsíc a počtu fyzických osob, které v této nemovité věci mají bydliště na konci kalendářního měsíce,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E90F9F" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="39E90F9F" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nebo kapacita soustřeďovacích prostředků pro tuto nemovitou věc na kalendářní měsíc v případě, že v nemovité věci nemá bydliště žádná fyzická osoba</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D092C24" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="3D092C24" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Minimální základ dílčího poplatku činí 60 l.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EF31B4" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="170488A2" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADF7C8D" w14:textId="77777777" w:rsidR="00883B39" w:rsidRPr="00DF6DDE" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23EF31B4" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Sazba poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A528AF4" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
-[...1 lines deleted...]
-        <w:pStyle w:val="Odstavec"/>
+    <w:p w14:paraId="61DDF23E" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A528AF4" w14:textId="4ABA2302" w:rsidR="00DB0377" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sazba poplatku činí 0,90 Kč za l.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA96DD6" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="01B4BA8C" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A3BAED" w14:textId="77777777" w:rsidR="00883B39" w:rsidRPr="00DF6DDE" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA96DD6" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Výpočet poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE7713F" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="5CAA1E55" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE7713F" w14:textId="5E46C96C" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatek se vypočte jako součet dílčích poplatků za jednotlivé kalendářní měsíce, na jejichž konci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F07B2A" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="62F07B2A" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>měl poplatník v nemovité věci bydliště,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB1EF12" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="3EB1EF12" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nebo neměla v nemovité věci bydliště žádná fyzická osoba v případě, že poplatníkem je vlastník této nemovité věci</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="13"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2D6632" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="4B2D6632" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dílčí poplatek za kalendářní měsíc se vypočte jako součin základu dílčího poplatku zaokrouhleného na celé litry nahoru a sazby pro tento základ</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B67225" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="598E2E88" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0101D650" w14:textId="77777777" w:rsidR="00883B39" w:rsidRPr="00DF6DDE" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27B67225" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Čl. 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Splatnost poplatku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D45B116" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="6A864E60" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D45B116" w14:textId="3E87604D" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Plátce poplatku odvede vybraný poplatek správci poplatku nejpozději do 28. února následujícího kalendářního roku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A762F3" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="000079FD" w14:textId="30431CEB" w:rsidR="00883B39" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Není-li plátce poplatku, zaplatí poplatek ve lhůtě podle odstavce 1 poplatník</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="518BC278" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="729034C3" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F12A355" w14:textId="77777777" w:rsidR="00883B39" w:rsidRPr="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="518BC278" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Čl. 8</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Přechodné a zrušovací ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B0464A" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="5B36F260" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B0464A" w14:textId="3910F941" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Poplatkové povinnosti vzniklé před nabytím účinnosti této vyhlášky se posuzují podle dosavadních právních předpisů.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8576C5" w14:textId="2C289AB7" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC">
+    <w:p w14:paraId="7A8576C5" w14:textId="2C289AB7" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="005C78CC" w:rsidP="00883B39">
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6DDE">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Zrušuje se obecně závazná vyhláška města Slavičín č. 4/2024, o místní poplatku za ukládání komunální odpadu z nemovité věci, ze dne 18. prosince 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2A675D" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRPr="00DF6DDE" w:rsidRDefault="00DB0377">
-[...140 lines deleted...]
-    <w:sectPr w:rsidR="00DB0377">
+    <w:p w14:paraId="6D2A675D" w14:textId="77777777" w:rsidR="00DB0377" w:rsidRDefault="00DB0377" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="642360FD" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E7E120" w14:textId="0DA2F8E6" w:rsidR="00883B39" w:rsidRPr="00DF6DDE" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Čl. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Účinnost</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666049D2" w14:textId="77777777" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="003717BD" w14:textId="0B3DE1DB" w:rsidR="00883B39" w:rsidRDefault="00883B39" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tato vyhláška nabývá účinnosti dnem 1. ledna 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB0312E" w14:textId="77777777" w:rsidR="00C17041" w:rsidRDefault="00C17041" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22895501" w14:textId="77777777" w:rsidR="00C17041" w:rsidRDefault="00C17041" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4440B4AA" w14:textId="77777777" w:rsidR="00C17041" w:rsidRDefault="00C17041" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C3FB8C" w14:textId="4D9B6E14" w:rsidR="00C17041" w:rsidRDefault="00C17041" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mgr. Tomáš Chmela v. r.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C17041">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Monika Hubíková v. r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B4E3E2" w14:textId="558FC92C" w:rsidR="00C17041" w:rsidRDefault="00C17041" w:rsidP="00883B39">
+      <w:pPr>
+        <w:pStyle w:val="Odstavec"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>starosta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DF6DDE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>místostarostka</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C17041">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79ECC00E" w14:textId="77777777" w:rsidR="00A96563" w:rsidRDefault="00A96563">
+    <w:p w14:paraId="6D862B49" w14:textId="77777777" w:rsidR="006F3488" w:rsidRDefault="006F3488">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72E6DDD7" w14:textId="77777777" w:rsidR="00A96563" w:rsidRDefault="00A96563">
+    <w:p w14:paraId="213861E4" w14:textId="77777777" w:rsidR="006F3488" w:rsidRDefault="006F3488">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Songti SC">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="PingFang SC">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:charset w:val="00"/>
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5AA991BD" w14:textId="77777777" w:rsidR="00A96563" w:rsidRDefault="00A96563">
+    <w:p w14:paraId="7F69FF52" w14:textId="77777777" w:rsidR="006F3488" w:rsidRDefault="006F3488">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28813EFC" w14:textId="77777777" w:rsidR="00A96563" w:rsidRDefault="00A96563">
+    <w:p w14:paraId="3DFA1D5F" w14:textId="77777777" w:rsidR="006F3488" w:rsidRDefault="006F3488">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="7958BFCC" w14:textId="768280B5" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="7958BFCC" w14:textId="768280B5" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10o odst. 1 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3B083550" w14:textId="07909D7D" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="3B083550" w14:textId="07909D7D" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 11b odst. 1 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>11b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="18661541" w14:textId="51F67DBB" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="18661541" w14:textId="51F67DBB" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>§ 15 odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="7928DC91" w14:textId="7842470C" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="7928DC91" w14:textId="7842470C" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10j zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10j</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="0AF4D96D" w14:textId="21AC8894" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="0AF4D96D" w14:textId="21AC8894" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10i zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="0AC6E0AC" w14:textId="73005AEC" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="0AC6E0AC" w14:textId="73005AEC" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10n odst. 1 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="628D529E" w14:textId="3CE390C5" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="004B737F">
+    <w:p w14:paraId="628D529E" w14:textId="3CE390C5" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="004B737F">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10n odst. 2 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 2 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="493A7371" w14:textId="6FAD02AC" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="493A7371" w14:textId="6FAD02AC" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10p zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10p</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="54A9C1EB" w14:textId="5B4C72E6" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="54A9C1EB" w14:textId="5B4C72E6" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 14a odst. 1 a 2 zákona o místních poplatcích; v ohlášení poplatkový subjekt uvede zejména své identifikační údaje a skutečnosti rozhodné pro stanovení poplatku.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>14a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 1 a 2 zákona o místních poplatcích; v ohlášení poplatkový subjekt uvede zejména své identifikační údaje a skutečnosti rozhodné pro stanovení poplatku.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="6DEA1057" w14:textId="1EE0C97C" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="6DEA1057" w14:textId="1EE0C97C" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 14a odst. 4 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>14a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 4 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="5B850C42" w14:textId="309E4B0D" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="5B850C42" w14:textId="309E4B0D" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10k odst. 1 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10k</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="5D984409" w14:textId="43B2039F" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="5D984409" w14:textId="43B2039F" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10k odst. 3 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10k</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 3 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="775BB636" w14:textId="15B212D5" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="008F1616">
+    <w:p w14:paraId="775BB636" w14:textId="15B212D5" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="008F1616">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10m odst. 1 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 1 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="48F312CC" w14:textId="2CC435D9" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
+    <w:p w14:paraId="48F312CC" w14:textId="2CC435D9" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="005C78CC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-        <w:t>§ 10m odst. 2 zákona o místních poplatcích.</w:t>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>§ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>10m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odst. 2 zákona o místních poplatcích.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w14:paraId="33902365" w14:textId="5E855E1F" w:rsidR="005C78CC" w:rsidRDefault="005C78CC" w:rsidP="004B737F">
+    <w:p w14:paraId="33902365" w14:textId="5E855E1F" w:rsidR="005C78CC" w:rsidRPr="00883B39" w:rsidRDefault="005C78CC" w:rsidP="004B737F">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00883B39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00883B39">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Absencí plátce je míněna situace, kdy je osoba poplatníka a plátce totožná (např. vlastník nemovité věci, v níž nemá nikdo bydliště) a jedná tudíž pouze v postavení poplatníka.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A1F02AF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40009D10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -1875,80 +2635,86 @@
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2113209886">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1562212462">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="29187212">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB0377"/>
     <w:rsid w:val="00217BE0"/>
     <w:rsid w:val="003E43E2"/>
     <w:rsid w:val="004B737F"/>
+    <w:rsid w:val="00593E66"/>
     <w:rsid w:val="005C78CC"/>
+    <w:rsid w:val="006F3488"/>
+    <w:rsid w:val="00883B39"/>
     <w:rsid w:val="008F1616"/>
     <w:rsid w:val="00A72C4D"/>
     <w:rsid w:val="00A96563"/>
+    <w:rsid w:val="00AA20B3"/>
+    <w:rsid w:val="00C17041"/>
     <w:rsid w:val="00D940A9"/>
     <w:rsid w:val="00DB0377"/>
     <w:rsid w:val="00DF6DDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2387,51 +3153,50 @@
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading"/>
     <w:next w:val="Textbody"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="360" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
@@ -2894,51 +3659,66 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>2</Pages>
   <Words>561</Words>
-  <Characters>3163</Characters>
+  <Characters>3261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Název</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3670</CharactersWithSpaces>
+  <CharactersWithSpaces>3722</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vaclav Horak</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>