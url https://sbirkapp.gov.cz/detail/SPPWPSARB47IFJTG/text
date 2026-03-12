--- v0 (2025-12-12)
+++ v1 (2026-03-12)
@@ -657,83 +657,91 @@
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Poplatkové povinnosti vzniklé před nabytím účinnosti této vyhlášky se posuzují podle dosavadních právních předpisů.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Zrušuje se obecně závazná vyhláška č.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t> , o místním poplatku ze psů, ze dne </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>/20</w:t>
-[...14 lines deleted...]
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t>2.20</w:t>
-[...3 lines deleted...]
-        <w:t>19</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:bidi w:val="0"/>
         <w:ind w:hanging="0" w:start="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Čl. 8</w:t>
         <w:br/>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Odstavec"/>
         <w:bidi w:val="0"/>
         <w:rPr/>