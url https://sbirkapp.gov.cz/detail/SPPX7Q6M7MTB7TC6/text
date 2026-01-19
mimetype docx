--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -159,99 +159,171 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>odpadového hospodářství</w:t>
       </w:r>
       <w:r w:rsidRPr="00261FAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C808E6" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00FB6AE5" w:rsidRDefault="0024722A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="150A1D60" w14:textId="702227B1" w:rsidR="0024722A" w:rsidRPr="00553B78" w:rsidRDefault="0042723F" w:rsidP="00553B78">
+    <w:p w14:paraId="150A1D60" w14:textId="68F77237" w:rsidR="0024722A" w:rsidRPr="00553B78" w:rsidRDefault="0042723F" w:rsidP="00553B78">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Zastupitelstvo obce</w:t>
       </w:r>
       <w:r w:rsidR="008A20A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF1CD8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kyšice</w:t>
       </w:r>
       <w:r w:rsidR="00E2491F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> se na svém zasedání dne</w:t>
       </w:r>
       <w:r w:rsidR="008A241C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 19.11.2025 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A241C" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008A241C" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A241C" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008A241C" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A241C" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
       </w:r>
       <w:r w:rsidR="0024722A" w:rsidRPr="00FB6AE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">usneslo vydat na základě </w:t>
       </w:r>
       <w:r w:rsidR="0024722A" w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00A342C0" w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>59</w:t>
       </w:r>
@@ -530,102 +602,118 @@
       <w:r w:rsidR="00BD2B1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>odpadového hospodářství na území obce</w:t>
       </w:r>
       <w:r w:rsidR="00A342C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF1CD8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kyšice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BC05EC" w14:textId="77777777" w:rsidR="006B58B2" w:rsidRPr="00BF6EFC" w:rsidRDefault="00EB486C" w:rsidP="00540BAC">
+    <w:p w14:paraId="55BC05EC" w14:textId="1AB8E1B3" w:rsidR="006B58B2" w:rsidRPr="00BF6EFC" w:rsidRDefault="00EB486C" w:rsidP="00540BAC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-142"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF6EFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6EFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Každý je povinen odpad nebo movitou věc, které předává do obecního systému,</w:t>
       </w:r>
       <w:r w:rsidR="006B58B2" w:rsidRPr="00BF6EFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6EFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">odkládat na místa určená obcí v souladu s povinnostmi stanovenými pro daný druh, kategorii nebo materiál odpadu nebo movitých věcí </w:t>
+        <w:t>odkládat na</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6EFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">místa určená obcí v souladu s povinnostmi stanovenými pro daný druh, kategorii nebo materiál odpadu nebo movitých věcí </w:t>
       </w:r>
       <w:r w:rsidR="006B58B2" w:rsidRPr="00BF6EFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zákonem o odpadech</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6EFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidR="00320CF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">touto </w:t>
       </w:r>
@@ -886,417 +974,406 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">následující </w:t>
       </w:r>
       <w:r w:rsidR="009B77CC" w:rsidRPr="00FB6AE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>složky</w:t>
       </w:r>
       <w:r w:rsidR="0024722A" w:rsidRPr="00FB6AE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A03E7E" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00FB6AE5" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
+    <w:p w14:paraId="62A03E7E" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00B3039E" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Biologick</w:t>
       </w:r>
-      <w:r w:rsidR="001476FD">
+      <w:r w:rsidR="001476FD" w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> odpady</w:t>
       </w:r>
-      <w:r w:rsidRPr="00431942">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388A5E03" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00FB6AE5" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
+    <w:p w14:paraId="388A5E03" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00B3039E" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Papír,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4564B2" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00FB6AE5" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
+    <w:p w14:paraId="2F4564B2" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00B3039E" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Plasty</w:t>
       </w:r>
-      <w:r w:rsidR="00745703" w:rsidRPr="00FB6AE5">
+      <w:r w:rsidR="00745703" w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> včetně PET lahví</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1434BEB5" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00FB6AE5" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
+    <w:p w14:paraId="1434BEB5" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00B3039E" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sklo,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4684E884" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00FB6AE5" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
+    <w:p w14:paraId="4684E884" w14:textId="77777777" w:rsidR="009B77CC" w:rsidRPr="00B3039E" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Kovy,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D8E3B8" w14:textId="77777777" w:rsidR="0024722A" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
+    <w:p w14:paraId="73D8E3B8" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00B3039E" w:rsidRDefault="009B77CC" w:rsidP="00223F72">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nebezpečné odpady</w:t>
       </w:r>
-      <w:r w:rsidR="00795009">
+      <w:r w:rsidR="00795009" w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A50CE4" w14:textId="77777777" w:rsidR="00053446" w:rsidRPr="00223F72" w:rsidRDefault="00053446" w:rsidP="00223F72">
+    <w:p w14:paraId="62A50CE4" w14:textId="77777777" w:rsidR="00053446" w:rsidRPr="00B3039E" w:rsidRDefault="00053446" w:rsidP="00223F72">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00223F72">
+      <w:r w:rsidRPr="00B3039E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Objemný odpad,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EC7B30" w14:textId="77777777" w:rsidR="00053446" w:rsidRDefault="006F432E" w:rsidP="00223F72">
+    <w:p w14:paraId="70EC7B30" w14:textId="77777777" w:rsidR="00053446" w:rsidRPr="00B3039E" w:rsidRDefault="006F432E" w:rsidP="00223F72">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jedlé oleje a tuky,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3EE403" w14:textId="47EAD999" w:rsidR="00A9554C" w:rsidRDefault="006F432E" w:rsidP="00E66B2E">
+    <w:p w14:paraId="3B3EE403" w14:textId="47EAD999" w:rsidR="00A9554C" w:rsidRPr="00B3039E" w:rsidRDefault="006F432E" w:rsidP="00E66B2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D64B8">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Textil</w:t>
       </w:r>
-      <w:r w:rsidR="001A2ACF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001A2ACF" w:rsidRPr="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A20361F" w14:textId="304CE1E0" w:rsidR="00A41F79" w:rsidRPr="00A9554C" w:rsidRDefault="00A41F79" w:rsidP="00E66B2E">
+    <w:p w14:paraId="3A20361F" w14:textId="304CE1E0" w:rsidR="00A41F79" w:rsidRPr="00B3039E" w:rsidRDefault="00A41F79" w:rsidP="00E66B2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dřevo,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C89EB7" w14:textId="17AA9F32" w:rsidR="00A342C0" w:rsidRPr="002D64B8" w:rsidRDefault="006F432E" w:rsidP="00E66B2E">
+    <w:p w14:paraId="76C89EB7" w14:textId="17AA9F32" w:rsidR="00A342C0" w:rsidRPr="00B3039E" w:rsidRDefault="006F432E" w:rsidP="00E66B2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D64B8">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Směsný komunální odpad</w:t>
       </w:r>
-      <w:r w:rsidR="001A2ACF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001A2ACF" w:rsidRPr="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D8BD346" w14:textId="3FD5D202" w:rsidR="00262D62" w:rsidRPr="00122EA8" w:rsidRDefault="0024722A" w:rsidP="00262D62">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1543,75 +1620,57 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75BA9B56" w14:textId="08E66CAC" w:rsidR="00262D62" w:rsidRPr="00A41F79" w:rsidRDefault="00262D62" w:rsidP="00262D62">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122EA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Objemný odpad je takový odpad, který vzhledem ke svým rozměrům nemůže být umístěn do sběrných nádob </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A41F79">
-[...23 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(např. koberce, matrace).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E62DA7" w14:textId="77777777" w:rsidR="00262D62" w:rsidRDefault="00262D62" w:rsidP="00262D62">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23721971" w14:textId="77777777" w:rsidR="00553B78" w:rsidRPr="00FB6AE5" w:rsidRDefault="00553B78" w:rsidP="00553B78">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1649,533 +1708,568 @@
       <w:r w:rsidRPr="00074576">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Určení míst pro oddělené soustřeďování určených složek komunálního odpadu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE5D46E" w14:textId="77777777" w:rsidR="00223F72" w:rsidRDefault="00223F72" w:rsidP="00223F72">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12135DC6" w14:textId="7B60CBC0" w:rsidR="002A3581" w:rsidRPr="00AC2295" w:rsidRDefault="0017608F" w:rsidP="002A3581">
+    <w:p w14:paraId="12135DC6" w14:textId="550B3F85" w:rsidR="002A3581" w:rsidRPr="00B736E7" w:rsidRDefault="0017608F" w:rsidP="002A3581">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Papír, plasty, sklo, kovy</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E5725E">
+        <w:t>Papír, plasty</w:t>
+      </w:r>
+      <w:r w:rsidR="000757BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000757BB" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>včetně PET lahví</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, sklo, kovy</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5725E" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00181515">
+      <w:r w:rsidR="00181515" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>jedlé oleje a tuky</w:t>
       </w:r>
-      <w:r w:rsidR="00A41F79">
-[...7 lines deleted...]
-      <w:r w:rsidR="009D5C19">
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5C19" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> textil</w:t>
       </w:r>
-      <w:r w:rsidR="00181515">
-[...23 lines deleted...]
-      <w:r w:rsidR="005F0210" w:rsidRPr="00FB6AE5">
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a biologické odpady </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02792" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>soustřeďují</w:t>
+      </w:r>
+      <w:r w:rsidR="0024722A" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0210" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zvláštních sběrných nádob</w:t>
       </w:r>
-      <w:r w:rsidR="005F0210" w:rsidRPr="00AC2295">
+      <w:r w:rsidR="005F0210" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, kterými jsou </w:t>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="00A41F79">
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>kontejnery, popelnice, igelitové pytle</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41F79" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FB9B26" w14:textId="3022C226" w:rsidR="002A3581" w:rsidRPr="00F378D6" w:rsidRDefault="002A3581" w:rsidP="00A41F79">
+    <w:p w14:paraId="13FB9B26" w14:textId="686A6A8C" w:rsidR="002A3581" w:rsidRPr="00B736E7" w:rsidRDefault="002A3581" w:rsidP="00A41F79">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A3581">
-[...40 lines deleted...]
-    <w:p w14:paraId="45F33AF8" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00FB6AE5" w:rsidRDefault="0024722A">
+      <w:r w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zvláštní sběrné nádoby jsou umístěny na stanovištích</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41F79" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> určených přílohou zveřejněnou na</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02792" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41F79" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>webových stránkách obce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F33AF8" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="0024722A">
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB6AE5">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Zvláštní sběrné nádoby jsou barevně odlišeny a označeny příslušnými nápisy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEB39A5" w14:textId="2055A353" w:rsidR="0024722A" w:rsidRPr="00DA2256" w:rsidRDefault="000332D7" w:rsidP="00223F72">
+    <w:p w14:paraId="2EEB39A5" w14:textId="2055A353" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="000332D7" w:rsidP="00223F72">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2256">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="0024722A" w:rsidRPr="00DA2256">
+      <w:r w:rsidR="0024722A" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">apír, barva </w:t>
       </w:r>
-      <w:r w:rsidR="00DA2256">
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>modrá</w:t>
       </w:r>
-      <w:r w:rsidR="0024722A" w:rsidRPr="00DA2256">
+      <w:r w:rsidR="0024722A" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="110F3800" w14:textId="108F7834" w:rsidR="00A94551" w:rsidRPr="00DA2256" w:rsidRDefault="00A94551" w:rsidP="002A3581">
+    <w:p w14:paraId="110F3800" w14:textId="108F7834" w:rsidR="00A94551" w:rsidRPr="00B736E7" w:rsidRDefault="00A94551" w:rsidP="002A3581">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2256">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Plasty, PET lahve, barva </w:t>
       </w:r>
-      <w:r w:rsidR="00DA2256">
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>žlutá,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE40F4D" w14:textId="1E53D141" w:rsidR="0024722A" w:rsidRPr="00DA2256" w:rsidRDefault="000332D7" w:rsidP="00223F72">
+    <w:p w14:paraId="0FE40F4D" w14:textId="1E53D141" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="000332D7" w:rsidP="00223F72">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2256">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="0024722A" w:rsidRPr="00DA2256">
+      <w:r w:rsidR="0024722A" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">klo, barva </w:t>
       </w:r>
-      <w:r w:rsidR="00DA2256">
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>zelená,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B2BB266" w14:textId="39E51050" w:rsidR="00745703" w:rsidRPr="00DA2256" w:rsidRDefault="000332D7" w:rsidP="002A3581">
+    <w:p w14:paraId="3B2BB266" w14:textId="39E51050" w:rsidR="00745703" w:rsidRPr="00B736E7" w:rsidRDefault="000332D7" w:rsidP="002A3581">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2256">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="00745703" w:rsidRPr="00DA2256">
+      <w:r w:rsidR="00745703" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">ovy, barva </w:t>
       </w:r>
-      <w:r w:rsidR="00DA2256">
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>šedá,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1667BA17" w14:textId="30284F05" w:rsidR="00547890" w:rsidRPr="00DA2256" w:rsidRDefault="00547890" w:rsidP="00547890">
+    <w:p w14:paraId="1667BA17" w14:textId="30284F05" w:rsidR="00547890" w:rsidRPr="00B736E7" w:rsidRDefault="00547890" w:rsidP="00547890">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2256">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Jedlé oleje a tuky</w:t>
       </w:r>
-      <w:r w:rsidR="00D226C7" w:rsidRPr="00DA2256">
+      <w:r w:rsidR="00D226C7" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, barva</w:t>
       </w:r>
-      <w:r w:rsidR="00DA2256">
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> zelená s oranžovým víkem,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245ABF53" w14:textId="65AD9E9E" w:rsidR="00A342C0" w:rsidRPr="00DA2256" w:rsidRDefault="00A342C0" w:rsidP="00547890">
+    <w:p w14:paraId="245ABF53" w14:textId="2080FF4F" w:rsidR="00A342C0" w:rsidRPr="00B736E7" w:rsidRDefault="00A342C0" w:rsidP="00547890">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA2256">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Textil, barva</w:t>
       </w:r>
-      <w:r w:rsidR="00DA2256">
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bílá.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCF2C47" w14:textId="2DC31167" w:rsidR="00B3039E" w:rsidRPr="00B736E7" w:rsidRDefault="00B3039E" w:rsidP="00547890">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Biologické odpady barva hnědá.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F33812E" w14:textId="77777777" w:rsidR="009007DD" w:rsidRDefault="00F77173" w:rsidP="009007DD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC2295">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do zvláštních sběrných nádob je zakázáno ukládat jin</w:t>
       </w:r>
       <w:r w:rsidR="00A94551" w:rsidRPr="00AC2295">
         <w:rPr>
@@ -2325,51 +2419,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> je umístěn</w:t>
       </w:r>
       <w:r w:rsidR="00DA2256">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00FB298C" w:rsidRPr="00AC2295">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA2256">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>na pozemku p.č. 807/3 v k.ú. Kyšice u Plzně.</w:t>
+        <w:t xml:space="preserve">na pozemku </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p.č</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 807/3 v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>k.ú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Kyšice u Plzně.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBB8944" w14:textId="77777777" w:rsidR="003A0DB1" w:rsidRDefault="003A0DB1" w:rsidP="003A0DB1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E8DBD0A" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00FB6AE5" w:rsidRDefault="0024722A">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6AE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -2440,51 +2570,51 @@
       </w:r>
       <w:r w:rsidR="0024722A" w:rsidRPr="00FB6AE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>nebezpečných složek komunálního odpadu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2AF505" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00FB6AE5" w:rsidRDefault="0024722A">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="586B7294" w14:textId="67F2FB68" w:rsidR="00C94283" w:rsidRDefault="00C94283" w:rsidP="00223F72">
+    <w:p w14:paraId="586B7294" w14:textId="24DBBEF2" w:rsidR="00C94283" w:rsidRDefault="00C94283" w:rsidP="00223F72">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nebezpečný odpad</w:t>
       </w:r>
       <w:r w:rsidRPr="00641107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2516,51 +2646,101 @@
         </w:rPr>
         <w:t>, kter</w:t>
       </w:r>
       <w:r w:rsidR="00DA2256">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r w:rsidRPr="00641107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> je umístěn</w:t>
       </w:r>
       <w:r w:rsidR="00DA2256">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>o na pozemku p.č. 807/3 v k.ú. Kyšice u Plzně.</w:t>
+        <w:t>o na pozemku p.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>č.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>807/3 v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>k.ú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA2256">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Kyšice u Plzně.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="783FEF89" w14:textId="77777777" w:rsidR="0024722A" w:rsidRDefault="00A94551" w:rsidP="00223F72">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00A11DFF">
@@ -2711,78 +2891,122 @@
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00641107">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>voz objemného odpadu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48757C10" w14:textId="77777777" w:rsidR="000F645D" w:rsidRPr="00641107" w:rsidRDefault="000F645D" w:rsidP="000F645D">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="464E8E1C" w14:textId="77777777" w:rsidR="00F14638" w:rsidRPr="00F14638" w:rsidRDefault="000F645D" w:rsidP="00011D62">
+    <w:p w14:paraId="464E8E1C" w14:textId="1A75169D" w:rsidR="00F14638" w:rsidRPr="00F14638" w:rsidRDefault="000F645D" w:rsidP="00011D62">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14638">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Objemný odpad lze odevzdávat </w:t>
       </w:r>
       <w:r w:rsidR="00DA2256" w:rsidRPr="00F14638">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>ve sběrném místě, které je umístěno na pozemku p.č. 807/3 v k.ú. Kyšice u Plzně.</w:t>
+        <w:t>ve sběrném místě, které je umístěno na pozemku p.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00F14638">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>č.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00F14638">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">807/3 v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00F14638">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>k.ú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA2256" w:rsidRPr="00F14638">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>. Kyšice u Plzně.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E14B83" w14:textId="3E6BBD6B" w:rsidR="00D25BA7" w:rsidRPr="00F14638" w:rsidRDefault="00D25BA7" w:rsidP="00011D62">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14638">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00912D28" w:rsidRPr="00F14638">
@@ -3136,102 +3360,112 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="009743BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB30898" w14:textId="77777777" w:rsidR="000F4568" w:rsidRDefault="000F4568" w:rsidP="00CF5BE8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="615D8203" w14:textId="77777777" w:rsidR="000F4568" w:rsidRPr="00FB6AE5" w:rsidRDefault="000F4568" w:rsidP="000F4568">
+    <w:p w14:paraId="78DE0D96" w14:textId="77777777" w:rsidR="00B3039E" w:rsidRDefault="00B3039E" w:rsidP="000F4568">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="615D8203" w14:textId="18F1372A" w:rsidR="000F4568" w:rsidRPr="00FB6AE5" w:rsidRDefault="000F4568" w:rsidP="000F4568">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB6AE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Čl. </w:t>
       </w:r>
       <w:r w:rsidR="00693339">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B51A247" w14:textId="77777777" w:rsidR="008C3A2A" w:rsidRDefault="00BE72A2" w:rsidP="000F4568">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nakládání s </w:t>
       </w:r>
       <w:r w:rsidR="000F4568">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>komunální</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="000F4568" w:rsidRPr="00FB6AE5">
@@ -3269,51 +3503,51 @@
       </w:r>
       <w:r w:rsidR="00AF49AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> fyzických</w:t>
       </w:r>
       <w:r w:rsidR="000F4568">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> osob</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717E861B" w14:textId="77777777" w:rsidR="00A41F79" w:rsidRPr="00A41F79" w:rsidRDefault="00A41F79" w:rsidP="00A41F79"/>
-    <w:p w14:paraId="456C2DD5" w14:textId="04E085EA" w:rsidR="0034317B" w:rsidRDefault="001363E2" w:rsidP="0034317B">
+    <w:p w14:paraId="456C2DD5" w14:textId="1831D60A" w:rsidR="0034317B" w:rsidRPr="00B736E7" w:rsidRDefault="001363E2" w:rsidP="0034317B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Právnické a podnikající fyzické osoby zapojené do obecního systému n</w:t>
       </w:r>
       <w:r w:rsidR="000F4568" w:rsidRPr="006814CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -3371,1170 +3605,1072 @@
       </w:r>
       <w:r w:rsidR="000F4568" w:rsidRPr="006814CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A41F79" w:rsidRPr="00DA2256">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>do sběrných nádob</w:t>
       </w:r>
       <w:r w:rsidR="00F14638">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> umístěných na stanovištích určených přílohou.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A41F79" w:rsidRPr="00DA2256">
+        <w:t xml:space="preserve"> umístěných na stanovištích </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">podle </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Čl. 3 odst. 2 vyhlášky, nebo do sběrných nádob umístěných vedle </w:t>
+      </w:r>
+      <w:r w:rsidR="000757BB" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">své </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3039E" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provozovny.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41F79" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13404AB0" w14:textId="2F1E9783" w:rsidR="00AC4B55" w:rsidRPr="00AC4B55" w:rsidRDefault="00BA2FB8" w:rsidP="0034317B">
+    <w:p w14:paraId="13404AB0" w14:textId="2F1E9783" w:rsidR="00AC4B55" w:rsidRPr="00B736E7" w:rsidRDefault="00BA2FB8" w:rsidP="0034317B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006814CB">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Výše úhrady </w:t>
       </w:r>
-      <w:r w:rsidR="00421C34">
+      <w:r w:rsidR="00421C34" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">za zapojení do obecního systému </w:t>
       </w:r>
-      <w:r w:rsidRPr="006814CB">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>se stanoví</w:t>
       </w:r>
-      <w:r w:rsidR="00F14638">
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na základě ceníku zveřejněného na webových stránkách obce.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9D3DDD" w14:textId="79A7B7AD" w:rsidR="00CC4B32" w:rsidRPr="00F14638" w:rsidRDefault="00693339" w:rsidP="00257DE8">
+    <w:p w14:paraId="1A9D3DDD" w14:textId="79A7B7AD" w:rsidR="00CC4B32" w:rsidRPr="00B736E7" w:rsidRDefault="00693339" w:rsidP="00257DE8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14638">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Úhrada se vybírá </w:t>
       </w:r>
-      <w:r w:rsidR="00F14638" w:rsidRPr="00F14638">
-[...32 lines deleted...]
-      <w:r w:rsidR="00A47650" w:rsidRPr="00F14638">
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>jednorázově,</w:t>
+      </w:r>
+      <w:r w:rsidR="00421C34" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47650" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to převodem na účet</w:t>
       </w:r>
-      <w:r w:rsidR="00F14638">
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2AB80F" w14:textId="77777777" w:rsidR="00F14638" w:rsidRDefault="00F14638" w:rsidP="00103649">
+    <w:p w14:paraId="1E2AB80F" w14:textId="77777777" w:rsidR="00F14638" w:rsidRPr="00B736E7" w:rsidRDefault="00F14638" w:rsidP="00103649">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01E5CADF" w14:textId="323E6162" w:rsidR="00103649" w:rsidRPr="0051226B" w:rsidRDefault="00103649" w:rsidP="00103649">
+    <w:p w14:paraId="01E5CADF" w14:textId="323E6162" w:rsidR="00103649" w:rsidRPr="00B736E7" w:rsidRDefault="00103649" w:rsidP="00103649">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0051226B">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A48A3A" w14:textId="286B5D97" w:rsidR="00103649" w:rsidRPr="0051226B" w:rsidRDefault="00F14638" w:rsidP="0034317B">
+    <w:p w14:paraId="67A48A3A" w14:textId="286B5D97" w:rsidR="00103649" w:rsidRPr="00B736E7" w:rsidRDefault="00F14638" w:rsidP="0034317B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidR="00402834" w:rsidRPr="0051226B">
+      <w:r w:rsidR="00402834" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ompostování</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53FF98B2" w14:textId="77777777" w:rsidR="00552FFF" w:rsidRPr="00E5685C" w:rsidRDefault="00552FFF" w:rsidP="00E5685C">
+    <w:p w14:paraId="53FF98B2" w14:textId="77777777" w:rsidR="00552FFF" w:rsidRPr="00B736E7" w:rsidRDefault="00552FFF" w:rsidP="00E5685C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:color w:val="00B0F0"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0F91DA3B" w14:textId="2DF2D9A7" w:rsidR="00FF6064" w:rsidRPr="00F14638" w:rsidRDefault="00103649" w:rsidP="00FF6064">
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F91DA3B" w14:textId="2DF2D9A7" w:rsidR="00FF6064" w:rsidRPr="00B736E7" w:rsidRDefault="00103649" w:rsidP="00FF6064">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14638">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Komunitním kompostováním</w:t>
       </w:r>
-      <w:r w:rsidR="007F3823" w:rsidRPr="00F14638">
+      <w:r w:rsidR="007F3823" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F14638">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>je systém soustřeďování rostlinných zbytků z údržby zeleně, zahrad a domácností z území obce, jejich úprava a následné zpracování v</w:t>
       </w:r>
-      <w:r w:rsidR="00F14638" w:rsidRPr="00F14638">
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> obecních kompostérech na pozemcích vlastníků pozemků</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F14638">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> na kompost</w:t>
       </w:r>
-      <w:r w:rsidR="007F3823" w:rsidRPr="00F14638">
+      <w:r w:rsidR="007F3823" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidR="00FF6064" w:rsidRPr="00F14638">
+      <w:r w:rsidR="00FF6064" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E5D7991" w14:textId="4B4E595C" w:rsidR="007F3823" w:rsidRPr="00F14638" w:rsidRDefault="00FF6064" w:rsidP="009124F5">
+    <w:p w14:paraId="6E5D7991" w14:textId="4B4E595C" w:rsidR="007F3823" w:rsidRPr="00B736E7" w:rsidRDefault="00FF6064" w:rsidP="009124F5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14638">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Rostlinné zbytky z údržby zeleně, zahrad a domácností</w:t>
       </w:r>
-      <w:r w:rsidR="00F14638">
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F14638">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ovoce a zelenina ze zahrad </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5394" w:rsidRPr="00F14638">
+      <w:r w:rsidR="00CB5394" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00F14638">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a kuchyní, drny se zeminou, rostliny a jejich zbytky neznečištěné chemickými látkami</w:t>
       </w:r>
-      <w:r w:rsidR="00F14638" w:rsidRPr="00F14638">
-[...17 lines deleted...]
-      <w:r w:rsidR="00F14638" w:rsidRPr="00F14638">
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ani jinými látkami lze také odkládat do velkokapacitního kontejneru </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>ve sběrném místě, které je umístěno na pozemku p.č. 807/3 v k.ú. Kyšice u Plzně.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46C053A0" w14:textId="77777777" w:rsidR="00A81D11" w:rsidRDefault="00A81D11">
+        <w:t xml:space="preserve">ve sběrném místě, které je umístěno na pozemku </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>p.č</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 807/3 v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>k.ú</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F14638" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>. Kyšice u Plzně.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C053A0" w14:textId="77777777" w:rsidR="00A81D11" w:rsidRPr="00B736E7" w:rsidRDefault="00A81D11">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B54E9E1" w14:textId="4B65088F" w:rsidR="0024722A" w:rsidRPr="001D113B" w:rsidRDefault="0024722A" w:rsidP="00730253">
+    <w:p w14:paraId="5B54E9E1" w14:textId="4B65088F" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="0024722A" w:rsidP="00730253">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D113B">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Čl. </w:t>
       </w:r>
-      <w:r w:rsidR="00811FB6" w:rsidRPr="001D113B">
+      <w:r w:rsidR="00811FB6" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1CD8">
+      <w:r w:rsidR="00CF1CD8" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639D44E3" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00680CEA" w:rsidRDefault="00730253" w:rsidP="00730253">
+    <w:p w14:paraId="639D44E3" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="00730253" w:rsidP="00730253">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D113B">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zrušovací </w:t>
       </w:r>
-      <w:r w:rsidR="0024722A" w:rsidRPr="00680CEA">
+      <w:r w:rsidR="0024722A" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2368A4BD" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="001D113B" w:rsidRDefault="0024722A" w:rsidP="00963A13">
+    <w:p w14:paraId="2368A4BD" w14:textId="77777777" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="0024722A" w:rsidP="00963A13">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0084AC33" w14:textId="67A0EAC6" w:rsidR="00963A13" w:rsidRPr="001A2ACF" w:rsidRDefault="00CF1CD8" w:rsidP="00074576">
+    <w:p w14:paraId="0084AC33" w14:textId="67A0EAC6" w:rsidR="00963A13" w:rsidRPr="00B736E7" w:rsidRDefault="00CF1CD8" w:rsidP="00074576">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nabytím účinnosti této vyhlášky se zrušuje</w:t>
       </w:r>
-      <w:r w:rsidR="001A2ACF" w:rsidRPr="001A2ACF">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00CF1CD8">
+      <w:r w:rsidR="001A2ACF" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obecně závazná vyhláška obce </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kyšice</w:t>
       </w:r>
-      <w:r w:rsidR="001A2ACF" w:rsidRPr="001A2ACF">
-[...16 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="001A2ACF" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> č. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1/2021</w:t>
       </w:r>
-      <w:r w:rsidR="001A2ACF" w:rsidRPr="001A2ACF">
+      <w:r w:rsidR="001A2ACF" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o stanovení obecního systému odpadového hospodářství</w:t>
       </w:r>
-      <w:r w:rsidR="001A2ACF" w:rsidRPr="001A2ACF">
+      <w:r w:rsidR="001A2ACF" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, ze dne </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>22.12.2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB1EA23" w14:textId="77777777" w:rsidR="00CF1CD8" w:rsidRDefault="00CF1CD8" w:rsidP="00730253">
+    <w:p w14:paraId="0DB1EA23" w14:textId="77777777" w:rsidR="00CF1CD8" w:rsidRPr="00B736E7" w:rsidRDefault="00CF1CD8" w:rsidP="00730253">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CCEC337" w14:textId="4DDA3043" w:rsidR="00730253" w:rsidRPr="001D113B" w:rsidRDefault="00730253" w:rsidP="00730253">
+    <w:p w14:paraId="7CCEC337" w14:textId="4DDA3043" w:rsidR="00730253" w:rsidRPr="00B736E7" w:rsidRDefault="00730253" w:rsidP="00730253">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D113B">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 1</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1CD8">
+      <w:r w:rsidR="00CF1CD8" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23241902" w14:textId="77777777" w:rsidR="00730253" w:rsidRPr="00074576" w:rsidRDefault="00730253" w:rsidP="00074576">
+    <w:p w14:paraId="23241902" w14:textId="77777777" w:rsidR="00730253" w:rsidRPr="00B736E7" w:rsidRDefault="00730253" w:rsidP="00074576">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00074576">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Účinnost</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE022B1" w14:textId="77777777" w:rsidR="00730253" w:rsidRPr="001D113B" w:rsidRDefault="00730253" w:rsidP="00730253">
+    <w:p w14:paraId="3AE022B1" w14:textId="77777777" w:rsidR="00730253" w:rsidRPr="00B736E7" w:rsidRDefault="00730253" w:rsidP="00730253">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EBB0B05" w14:textId="1A164E96" w:rsidR="00730253" w:rsidRPr="001D113B" w:rsidRDefault="00730253" w:rsidP="00074576">
+    <w:p w14:paraId="5EBB0B05" w14:textId="1A164E96" w:rsidR="00730253" w:rsidRPr="00B736E7" w:rsidRDefault="00730253" w:rsidP="00074576">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D113B">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tato vyhláška nabývá účinnosti dnem </w:t>
       </w:r>
-      <w:r w:rsidR="00CF1CD8">
+      <w:r w:rsidR="00CF1CD8" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.1.2026.</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D113B">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A2AA1D" w14:textId="77777777" w:rsidR="00730253" w:rsidRPr="00074576" w:rsidRDefault="00730253" w:rsidP="00074576">
+    <w:p w14:paraId="48A2AA1D" w14:textId="77777777" w:rsidR="00730253" w:rsidRPr="00B736E7" w:rsidRDefault="00730253" w:rsidP="00074576">
       <w:pPr>
         <w:pStyle w:val="Nzvylnk"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
-          <w:color w:val="1A4BD6"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7B8A761F" w14:textId="77777777" w:rsidR="00074576" w:rsidRPr="00074576" w:rsidRDefault="00074576" w:rsidP="00074576">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8A761F" w14:textId="77777777" w:rsidR="00074576" w:rsidRPr="00B736E7" w:rsidRDefault="00074576" w:rsidP="00074576">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E28CE9" w14:textId="77777777" w:rsidR="00362DF8" w:rsidRPr="001D113B" w:rsidRDefault="00362DF8" w:rsidP="00362DF8">
+    <w:p w14:paraId="09E28CE9" w14:textId="77777777" w:rsidR="00362DF8" w:rsidRPr="00B736E7" w:rsidRDefault="00362DF8" w:rsidP="00362DF8">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53446DAE" w14:textId="77777777" w:rsidR="0024722A" w:rsidRDefault="0024722A" w:rsidP="00E2491F">
+    <w:p w14:paraId="03309E68" w14:textId="516FE555" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="0024722A" w:rsidP="00E2491F">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……………….</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>..……………….</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D02792" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>………………..</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>……………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B39A85C" w14:textId="1D01D58D" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="00CF1CD8" w:rsidP="00D736CB">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001D113B">
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jan Navrátil</w:t>
+      </w:r>
+      <w:r w:rsidR="00A655D0" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v. r. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+      <w:r w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mgr. Martina Beranová</w:t>
+      </w:r>
+      <w:r w:rsidR="00A655D0" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v. r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFCD48C" w14:textId="6A6A4CD9" w:rsidR="0024722A" w:rsidRPr="00B736E7" w:rsidRDefault="0024722A" w:rsidP="00E2491F">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>místostarosta</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E2491F" w:rsidRPr="001D113B">
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D113B">
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-        <w:ind w:left="708"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>starost</w:t>
+      </w:r>
+      <w:r w:rsidR="00A655D0" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001D113B">
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2491F" w:rsidRPr="00B736E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...248 lines deleted...]
-    <w:p w14:paraId="1772EAD5" w14:textId="77777777" w:rsidR="004D5A15" w:rsidRDefault="004D5A15">
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1772EAD5" w14:textId="77777777" w:rsidR="004D5A15" w:rsidRPr="00B736E7" w:rsidRDefault="004D5A15">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EA7BD7B" w14:textId="77777777" w:rsidR="00362DF8" w:rsidRDefault="00362DF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DCAFD52" w14:textId="77777777" w:rsidR="00362DF8" w:rsidRDefault="00362DF8" w:rsidP="00362DF8">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="7020"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
@@ -4546,71 +4682,71 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F64F40E" w14:textId="77777777" w:rsidR="00362DF8" w:rsidRDefault="00362DF8" w:rsidP="00362DF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00362DF8" w:rsidSect="00012F79">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1985" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66308185" w14:textId="77777777" w:rsidR="003F7679" w:rsidRDefault="003F7679">
+    <w:p w14:paraId="02BD3639" w14:textId="77777777" w:rsidR="00312E99" w:rsidRDefault="00312E99">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EF4F615" w14:textId="77777777" w:rsidR="003F7679" w:rsidRDefault="003F7679">
+    <w:p w14:paraId="39BD70A3" w14:textId="77777777" w:rsidR="00312E99" w:rsidRDefault="00312E99">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
@@ -4641,58 +4777,58 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AC3DBF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5A4B598E" w14:textId="77777777" w:rsidR="00FB36A3" w:rsidRDefault="00FB36A3">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0A5B4C85" w14:textId="77777777" w:rsidR="004961E9" w:rsidRDefault="004961E9"/>
   <w:p w14:paraId="4FE3CA25" w14:textId="77777777" w:rsidR="004961E9" w:rsidRDefault="004961E9"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51B96DAB" w14:textId="77777777" w:rsidR="003F7679" w:rsidRDefault="003F7679">
+    <w:p w14:paraId="5546F15A" w14:textId="77777777" w:rsidR="00312E99" w:rsidRDefault="00312E99">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1278EA4D" w14:textId="77777777" w:rsidR="003F7679" w:rsidRDefault="003F7679">
+    <w:p w14:paraId="7F3F3A23" w14:textId="77777777" w:rsidR="00312E99" w:rsidRDefault="00312E99">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="518B1406" w14:textId="77777777" w:rsidR="006B58B2" w:rsidRPr="00DF28D8" w:rsidRDefault="006B58B2">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF28D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> § 61 zákona o</w:t>
@@ -8009,214 +8145,217 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1618756032">
+  <w:num w:numId="1" w16cid:durableId="425156465">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1408307399">
+  <w:num w:numId="2" w16cid:durableId="797187882">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2138136265">
+  <w:num w:numId="3" w16cid:durableId="421148590">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="416286729">
+  <w:num w:numId="4" w16cid:durableId="2108456616">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1784183343">
+  <w:num w:numId="5" w16cid:durableId="1647734313">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="147089887">
+  <w:num w:numId="6" w16cid:durableId="906650728">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="736973220">
+  <w:num w:numId="7" w16cid:durableId="409887116">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1637030387">
+  <w:num w:numId="8" w16cid:durableId="1711681752">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1127773819">
+  <w:num w:numId="9" w16cid:durableId="705062976">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="785466592">
+  <w:num w:numId="10" w16cid:durableId="2008627279">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="126047724">
+  <w:num w:numId="11" w16cid:durableId="1141582593">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="615481234">
+  <w:num w:numId="12" w16cid:durableId="1556769569">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="123887377">
+  <w:num w:numId="13" w16cid:durableId="441148407">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2070104580">
+  <w:num w:numId="14" w16cid:durableId="1765102404">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1165781605">
+  <w:num w:numId="15" w16cid:durableId="941187319">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1194853587">
+  <w:num w:numId="16" w16cid:durableId="1656647213">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1828089683">
+  <w:num w:numId="17" w16cid:durableId="1516729996">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="57555677">
+  <w:num w:numId="18" w16cid:durableId="1408771220">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1609384852">
+  <w:num w:numId="19" w16cid:durableId="315719220">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="766075195">
+  <w:num w:numId="20" w16cid:durableId="1932004089">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1727756906">
+  <w:num w:numId="21" w16cid:durableId="975797802">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="426928555">
+  <w:num w:numId="22" w16cid:durableId="1081753856">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="374307561">
+  <w:num w:numId="23" w16cid:durableId="1627157294">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1448042355">
+  <w:num w:numId="24" w16cid:durableId="138427702">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="53234878">
+  <w:num w:numId="25" w16cid:durableId="2079328131">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1539272770">
+  <w:num w:numId="26" w16cid:durableId="498696128">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1815830878">
+  <w:num w:numId="27" w16cid:durableId="334502166">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="53546361">
+  <w:num w:numId="28" w16cid:durableId="942109239">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="277880380">
+  <w:num w:numId="29" w16cid:durableId="496967293">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1501889420">
+  <w:num w:numId="30" w16cid:durableId="389424160">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="328991325">
+  <w:num w:numId="31" w16cid:durableId="952319507">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="439109302">
+  <w:num w:numId="32" w16cid:durableId="1337418522">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E1DB2"/>
     <w:rsid w:val="00012F79"/>
     <w:rsid w:val="00024B27"/>
     <w:rsid w:val="00031731"/>
     <w:rsid w:val="000332D7"/>
     <w:rsid w:val="00036778"/>
     <w:rsid w:val="00041A92"/>
     <w:rsid w:val="00042756"/>
     <w:rsid w:val="00053446"/>
     <w:rsid w:val="00053FEC"/>
     <w:rsid w:val="0005615E"/>
     <w:rsid w:val="0005787D"/>
     <w:rsid w:val="00061946"/>
     <w:rsid w:val="00074576"/>
+    <w:rsid w:val="000757BB"/>
     <w:rsid w:val="00076F7D"/>
     <w:rsid w:val="00077E69"/>
     <w:rsid w:val="0008576A"/>
     <w:rsid w:val="00091C2D"/>
     <w:rsid w:val="00095548"/>
     <w:rsid w:val="0009785F"/>
     <w:rsid w:val="000A04B6"/>
     <w:rsid w:val="000A3A9A"/>
     <w:rsid w:val="000B560B"/>
     <w:rsid w:val="000D0024"/>
     <w:rsid w:val="000D356A"/>
     <w:rsid w:val="000D40B5"/>
     <w:rsid w:val="000E7318"/>
     <w:rsid w:val="000E7404"/>
     <w:rsid w:val="000F4494"/>
     <w:rsid w:val="000F4568"/>
     <w:rsid w:val="000F4ADB"/>
     <w:rsid w:val="000F645D"/>
     <w:rsid w:val="00103649"/>
     <w:rsid w:val="001078B1"/>
     <w:rsid w:val="00111089"/>
     <w:rsid w:val="00115451"/>
     <w:rsid w:val="00117E27"/>
     <w:rsid w:val="00122EA8"/>
     <w:rsid w:val="00123D3A"/>
+    <w:rsid w:val="00124AD4"/>
     <w:rsid w:val="00133646"/>
     <w:rsid w:val="00134AA3"/>
     <w:rsid w:val="001363E2"/>
     <w:rsid w:val="00143C84"/>
     <w:rsid w:val="001468F1"/>
     <w:rsid w:val="001476FD"/>
     <w:rsid w:val="001510B8"/>
     <w:rsid w:val="00164E8B"/>
     <w:rsid w:val="001724A3"/>
     <w:rsid w:val="0017608F"/>
     <w:rsid w:val="00181515"/>
     <w:rsid w:val="00181C99"/>
     <w:rsid w:val="001869E0"/>
     <w:rsid w:val="001A1793"/>
     <w:rsid w:val="001A2ACF"/>
     <w:rsid w:val="001A5FC6"/>
     <w:rsid w:val="001B0AEB"/>
     <w:rsid w:val="001C6E05"/>
     <w:rsid w:val="001D113B"/>
     <w:rsid w:val="001E0DF7"/>
     <w:rsid w:val="001E5FBF"/>
     <w:rsid w:val="00200839"/>
     <w:rsid w:val="00202C4A"/>
     <w:rsid w:val="00206275"/>
     <w:rsid w:val="00211D36"/>
@@ -8230,50 +8369,51 @@
     <w:rsid w:val="00244C59"/>
     <w:rsid w:val="00246D80"/>
     <w:rsid w:val="0024722A"/>
     <w:rsid w:val="00247C11"/>
     <w:rsid w:val="00251FBA"/>
     <w:rsid w:val="0025354B"/>
     <w:rsid w:val="00255095"/>
     <w:rsid w:val="00255AE6"/>
     <w:rsid w:val="00261098"/>
     <w:rsid w:val="00261FAF"/>
     <w:rsid w:val="00262D62"/>
     <w:rsid w:val="0026520E"/>
     <w:rsid w:val="00265EF4"/>
     <w:rsid w:val="00267188"/>
     <w:rsid w:val="002A020A"/>
     <w:rsid w:val="002A3581"/>
     <w:rsid w:val="002A5A25"/>
     <w:rsid w:val="002B7E6B"/>
     <w:rsid w:val="002C32D2"/>
     <w:rsid w:val="002C3644"/>
     <w:rsid w:val="002C442F"/>
     <w:rsid w:val="002D64B8"/>
     <w:rsid w:val="002D7DAC"/>
     <w:rsid w:val="002F4026"/>
     <w:rsid w:val="002F6C9F"/>
+    <w:rsid w:val="00312E99"/>
     <w:rsid w:val="0031415A"/>
     <w:rsid w:val="00320CF7"/>
     <w:rsid w:val="0032634F"/>
     <w:rsid w:val="00332A01"/>
     <w:rsid w:val="0034317B"/>
     <w:rsid w:val="00343C2D"/>
     <w:rsid w:val="00344369"/>
     <w:rsid w:val="00352DD8"/>
     <w:rsid w:val="003558A3"/>
     <w:rsid w:val="00362DF8"/>
     <w:rsid w:val="00373576"/>
     <w:rsid w:val="0037455E"/>
     <w:rsid w:val="003746ED"/>
     <w:rsid w:val="003934B6"/>
     <w:rsid w:val="003A0DB1"/>
     <w:rsid w:val="003A7FC0"/>
     <w:rsid w:val="003D6965"/>
     <w:rsid w:val="003E3D8B"/>
     <w:rsid w:val="003E6669"/>
     <w:rsid w:val="003E7B1D"/>
     <w:rsid w:val="003E7C46"/>
     <w:rsid w:val="003F1228"/>
     <w:rsid w:val="003F24A0"/>
     <w:rsid w:val="003F24AA"/>
     <w:rsid w:val="003F4801"/>
@@ -8443,155 +8583,161 @@
     <w:rsid w:val="0099441B"/>
     <w:rsid w:val="009A0DDF"/>
     <w:rsid w:val="009A1A48"/>
     <w:rsid w:val="009A64B8"/>
     <w:rsid w:val="009B50E5"/>
     <w:rsid w:val="009B680A"/>
     <w:rsid w:val="009B77CC"/>
     <w:rsid w:val="009C7464"/>
     <w:rsid w:val="009D5C19"/>
     <w:rsid w:val="009E4450"/>
     <w:rsid w:val="009E5176"/>
     <w:rsid w:val="009F5BB9"/>
     <w:rsid w:val="00A07653"/>
     <w:rsid w:val="00A11DFF"/>
     <w:rsid w:val="00A23FF9"/>
     <w:rsid w:val="00A25B5E"/>
     <w:rsid w:val="00A33FDC"/>
     <w:rsid w:val="00A342C0"/>
     <w:rsid w:val="00A41F79"/>
     <w:rsid w:val="00A47650"/>
     <w:rsid w:val="00A532C2"/>
     <w:rsid w:val="00A61EAE"/>
     <w:rsid w:val="00A625BA"/>
     <w:rsid w:val="00A62EC3"/>
     <w:rsid w:val="00A64714"/>
+    <w:rsid w:val="00A655D0"/>
     <w:rsid w:val="00A773EE"/>
     <w:rsid w:val="00A81D11"/>
     <w:rsid w:val="00A90A65"/>
     <w:rsid w:val="00A90CF0"/>
     <w:rsid w:val="00A94551"/>
     <w:rsid w:val="00A9554C"/>
     <w:rsid w:val="00AA1F36"/>
     <w:rsid w:val="00AA408A"/>
     <w:rsid w:val="00AB3FF3"/>
     <w:rsid w:val="00AB44E2"/>
     <w:rsid w:val="00AB4897"/>
     <w:rsid w:val="00AB61B3"/>
     <w:rsid w:val="00AB64CD"/>
     <w:rsid w:val="00AC1028"/>
     <w:rsid w:val="00AC13C7"/>
     <w:rsid w:val="00AC2295"/>
     <w:rsid w:val="00AC3DBF"/>
     <w:rsid w:val="00AC4B55"/>
     <w:rsid w:val="00AD035D"/>
     <w:rsid w:val="00AD0D21"/>
     <w:rsid w:val="00AE03A0"/>
     <w:rsid w:val="00AE2DEE"/>
     <w:rsid w:val="00AE5EEF"/>
     <w:rsid w:val="00AF49AB"/>
     <w:rsid w:val="00AF72CD"/>
     <w:rsid w:val="00B11B51"/>
+    <w:rsid w:val="00B3039E"/>
     <w:rsid w:val="00B321B9"/>
     <w:rsid w:val="00B3452E"/>
     <w:rsid w:val="00B42462"/>
     <w:rsid w:val="00B556A5"/>
+    <w:rsid w:val="00B736E7"/>
     <w:rsid w:val="00B7787C"/>
     <w:rsid w:val="00B947F5"/>
     <w:rsid w:val="00BA2FB8"/>
     <w:rsid w:val="00BA7164"/>
     <w:rsid w:val="00BC51C4"/>
     <w:rsid w:val="00BC676E"/>
     <w:rsid w:val="00BD2B1D"/>
     <w:rsid w:val="00BD3591"/>
     <w:rsid w:val="00BD3C08"/>
     <w:rsid w:val="00BE347C"/>
     <w:rsid w:val="00BE4DFE"/>
     <w:rsid w:val="00BE72A2"/>
     <w:rsid w:val="00BF0879"/>
     <w:rsid w:val="00BF3879"/>
     <w:rsid w:val="00BF6EFC"/>
     <w:rsid w:val="00C06DBD"/>
     <w:rsid w:val="00C125FE"/>
     <w:rsid w:val="00C169D0"/>
     <w:rsid w:val="00C20056"/>
     <w:rsid w:val="00C25DCE"/>
     <w:rsid w:val="00C3782E"/>
     <w:rsid w:val="00C45BF9"/>
     <w:rsid w:val="00C67796"/>
     <w:rsid w:val="00C742D1"/>
     <w:rsid w:val="00C819B3"/>
     <w:rsid w:val="00C8342C"/>
     <w:rsid w:val="00C9368B"/>
     <w:rsid w:val="00C94283"/>
     <w:rsid w:val="00CA5511"/>
     <w:rsid w:val="00CB176B"/>
     <w:rsid w:val="00CB5394"/>
     <w:rsid w:val="00CB5754"/>
     <w:rsid w:val="00CB5E14"/>
     <w:rsid w:val="00CC4B32"/>
     <w:rsid w:val="00CE1581"/>
     <w:rsid w:val="00CE34F9"/>
     <w:rsid w:val="00CF0B79"/>
     <w:rsid w:val="00CF1CD8"/>
     <w:rsid w:val="00CF5BE8"/>
     <w:rsid w:val="00CF6192"/>
+    <w:rsid w:val="00D02792"/>
     <w:rsid w:val="00D04C14"/>
     <w:rsid w:val="00D13DB8"/>
     <w:rsid w:val="00D226C7"/>
     <w:rsid w:val="00D2467D"/>
     <w:rsid w:val="00D25BA7"/>
     <w:rsid w:val="00D27F18"/>
     <w:rsid w:val="00D310A6"/>
     <w:rsid w:val="00D4132C"/>
     <w:rsid w:val="00D44ECF"/>
     <w:rsid w:val="00D51D24"/>
     <w:rsid w:val="00D546F5"/>
     <w:rsid w:val="00D62F8B"/>
     <w:rsid w:val="00D7341B"/>
     <w:rsid w:val="00D736CB"/>
     <w:rsid w:val="00D832B7"/>
+    <w:rsid w:val="00D855DD"/>
     <w:rsid w:val="00D91A41"/>
     <w:rsid w:val="00DA2256"/>
     <w:rsid w:val="00DB2051"/>
     <w:rsid w:val="00DC3C0A"/>
     <w:rsid w:val="00DE0A5F"/>
     <w:rsid w:val="00DE54A3"/>
     <w:rsid w:val="00DF28D8"/>
     <w:rsid w:val="00E04C79"/>
     <w:rsid w:val="00E11050"/>
     <w:rsid w:val="00E117FD"/>
     <w:rsid w:val="00E12C86"/>
     <w:rsid w:val="00E2491F"/>
     <w:rsid w:val="00E318DB"/>
     <w:rsid w:val="00E42543"/>
     <w:rsid w:val="00E428C5"/>
     <w:rsid w:val="00E555A1"/>
     <w:rsid w:val="00E5685C"/>
     <w:rsid w:val="00E5725E"/>
     <w:rsid w:val="00E66B2E"/>
     <w:rsid w:val="00E72053"/>
+    <w:rsid w:val="00E72504"/>
     <w:rsid w:val="00E8031C"/>
     <w:rsid w:val="00E87A75"/>
     <w:rsid w:val="00E87B0B"/>
     <w:rsid w:val="00E92D8B"/>
     <w:rsid w:val="00EA1B4D"/>
     <w:rsid w:val="00EB2DCF"/>
     <w:rsid w:val="00EB4815"/>
     <w:rsid w:val="00EB486C"/>
     <w:rsid w:val="00EB7D8D"/>
     <w:rsid w:val="00EF0F4E"/>
     <w:rsid w:val="00F00E31"/>
     <w:rsid w:val="00F11FC3"/>
     <w:rsid w:val="00F14638"/>
     <w:rsid w:val="00F17575"/>
     <w:rsid w:val="00F1773A"/>
     <w:rsid w:val="00F20DEA"/>
     <w:rsid w:val="00F301DF"/>
     <w:rsid w:val="00F349F4"/>
     <w:rsid w:val="00F37B51"/>
     <w:rsid w:val="00F45D43"/>
     <w:rsid w:val="00F47FED"/>
     <w:rsid w:val="00F51A5D"/>
     <w:rsid w:val="00F534BD"/>
     <w:rsid w:val="00F53E58"/>
     <w:rsid w:val="00F57F1D"/>
@@ -9750,72 +9896,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F086A947-7022-4B9D-9289-F1EE0FB76F02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>838</Words>
-  <Characters>4521</Characters>
+  <Words>795</Words>
+  <Characters>4695</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>39</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MV ČR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5349</CharactersWithSpaces>
+  <CharactersWithSpaces>5480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Vzor obecně závazné vyhlášky obce o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komuná</dc:title>
   <dc:subject/>
   <dc:creator>DA210036</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>