--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -721,162 +721,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00612462">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) v noci z 31. prosince na 1. ledna;</w:t>
       </w:r>
       <w:r w:rsidR="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> oslavy příchodu nového roku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C17B720" w14:textId="0FA8FA50" w:rsidR="00EC08E4" w:rsidRPr="0003572F" w:rsidRDefault="00EC08E4" w:rsidP="00612462">
+    <w:p w14:paraId="0C17B720" w14:textId="4247CEC5" w:rsidR="00EC08E4" w:rsidRPr="0003572F" w:rsidRDefault="00EC08E4" w:rsidP="00612462">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>b) v době konání tradiční akce Masopust, termín leden</w:t>
-[...7 lines deleted...]
-        <w:t>-březen</w:t>
+        <w:t>b) v době konání tradiční akce Masopust, termín</w:t>
+      </w:r>
+      <w:r w:rsidR="008F50DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přelom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leden</w:t>
+      </w:r>
+      <w:r w:rsidR="008F50DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/únor</w:t>
       </w:r>
       <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009C4422" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jedna </w:t>
       </w:r>
       <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sobota;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D8EB32" w14:textId="4E286C8E" w:rsidR="00846630" w:rsidRPr="0003572F" w:rsidRDefault="00EC08E4" w:rsidP="00612462">
+    <w:p w14:paraId="04D8EB32" w14:textId="422F4AE4" w:rsidR="00846630" w:rsidRPr="0003572F" w:rsidRDefault="00EC08E4" w:rsidP="00612462">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00846630" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) v době konání tradiční akce </w:t>
       </w:r>
       <w:r w:rsidR="008740C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Velké zábavné odpoledne</w:t>
       </w:r>
       <w:r w:rsidR="00846630" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, termín </w:t>
       </w:r>
+      <w:r w:rsidR="008F50DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">přelom </w:t>
+      </w:r>
       <w:r w:rsidR="005B1E17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>květen</w:t>
       </w:r>
-      <w:r w:rsidR="00503A3E">
-[...5 lines deleted...]
-        <w:t>-</w:t>
+      <w:r w:rsidR="008F50DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00846630" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">červen, </w:t>
       </w:r>
       <w:r w:rsidR="001E42A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">jedna </w:t>
       </w:r>
       <w:r w:rsidR="00846630" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sobota nebo neděle</w:t>
       </w:r>
@@ -901,461 +925,695 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CEA15C2" w14:textId="77777777" w:rsidR="00846630" w:rsidRPr="0003572F" w:rsidRDefault="00846630" w:rsidP="00846630">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2) Doba nočního klidu se vymezuje od 03.00hod. do 06.00 hod. hodin, a to v následujících případech:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B51897E" w14:textId="5CB23A8B" w:rsidR="00846630" w:rsidRPr="0003572F" w:rsidRDefault="00846630" w:rsidP="00846630">
+    <w:p w14:paraId="7B51897E" w14:textId="195F6F0F" w:rsidR="00846630" w:rsidRDefault="00846630" w:rsidP="00846630">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a) v době konání tradiční akce Pálení čarodějnic, termín duben</w:t>
-[...7 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>a) v době konání tradiční akce Pálení čarodějnic, termín</w:t>
+      </w:r>
+      <w:r w:rsidR="008F50DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přelom</w:t>
       </w:r>
       <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> duben</w:t>
+      </w:r>
+      <w:r w:rsidR="008F50DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003572F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>květen</w:t>
       </w:r>
       <w:r w:rsidR="00EC08E4" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="009C4422" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> jedna noc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021494B3" w14:textId="5482667F" w:rsidR="00EC08E4" w:rsidRDefault="00EC08E4" w:rsidP="00846630">
+    <w:p w14:paraId="118C94A4" w14:textId="37710A93" w:rsidR="008F50DC" w:rsidRDefault="008F50DC" w:rsidP="008F50DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">b) v době konání tradiční akce </w:t>
       </w:r>
-      <w:r w:rsidR="001E42A3">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00A97ADA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pohádkový</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les, termín přelom </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>květen</w:t>
       </w:r>
-      <w:r w:rsidR="00A97ADA" w:rsidRPr="00A97ADA">
-[...31 lines deleted...]
-      <w:r w:rsidR="009834D1" w:rsidRPr="0003572F">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>červen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>jedna noc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A99361F" w14:textId="73255AF9" w:rsidR="00DF025B" w:rsidRDefault="00EC08E4" w:rsidP="00DF025B">
+    <w:p w14:paraId="021494B3" w14:textId="51A55324" w:rsidR="00EC08E4" w:rsidRDefault="008F50DC" w:rsidP="00846630">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00DF025B">
-[...13 lines deleted...]
-        <w:t>červen</w:t>
+      <w:r w:rsidR="00EC08E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) v době konání tradiční akce </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strašidelný</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC08E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les, termín </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">přelom </w:t>
       </w:r>
       <w:r w:rsidR="009834D1" w:rsidRPr="00A97ADA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>září</w:t>
       </w:r>
-      <w:r w:rsidR="00DF025B">
-[...7 lines deleted...]
-      <w:r w:rsidR="00686F27">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/říjen</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC08E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...59 lines deleted...]
-    <w:p w14:paraId="249FDDE7" w14:textId="0EA1955D" w:rsidR="00846630" w:rsidRDefault="00686F27" w:rsidP="00612462">
+      <w:r w:rsidR="009834D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009834D1" w:rsidRPr="0003572F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>jedna noc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A99361F" w14:textId="0C0EFFCC" w:rsidR="00DF025B" w:rsidRDefault="008F50DC" w:rsidP="00DF025B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>e</w:t>
+        <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00DF025B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>) v době konání tradiční akce Svatoanenská pouť, termín červenec</w:t>
-[...7 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>) v době konání tradiční akce Noční hasičská soutěž</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – pohár I</w:t>
       </w:r>
       <w:r w:rsidR="00DF025B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>srpen, pátek a sobota</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>, termín</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> přelom</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B" w:rsidRPr="00A97ADA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>červen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/červenec</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, pátek nebo sobota</w:t>
+      </w:r>
+      <w:r w:rsidR="00686F27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2410B944" w14:textId="11F225A7" w:rsidR="00DF025B" w:rsidRDefault="00686F27" w:rsidP="00612462">
+    <w:p w14:paraId="5789CE16" w14:textId="07A99EA3" w:rsidR="008F50DC" w:rsidRDefault="008F50DC" w:rsidP="008F50DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) v době konání tradiční akce Noční hasičská soutěž – pohár I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, termín přelom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>srpen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>září</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, pátek nebo sobota;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BE2BB8" w14:textId="1790A47F" w:rsidR="00DF025B" w:rsidRDefault="008F50DC" w:rsidP="00EC08E4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00DF025B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>) v době konání tradiční akce Vinobraní</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">pátek nebo </w:t>
+        <w:t xml:space="preserve">) v době konání tradiční akce Ukončení fotbalové sezóny </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC08E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TJ Sokol Pohled, termín č</w:t>
+      </w:r>
+      <w:r w:rsidR="00686F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erven, </w:t>
       </w:r>
       <w:r w:rsidR="00DF025B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>sobota</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="30A03115" w14:textId="77777777" w:rsidR="009C4422" w:rsidRPr="009C4422" w:rsidRDefault="009C4422" w:rsidP="00612462">
+        <w:t>pátek nebo sobota</w:t>
+      </w:r>
+      <w:r w:rsidR="00686F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249FDDE7" w14:textId="02AF784E" w:rsidR="00846630" w:rsidRDefault="008F50DC" w:rsidP="00612462">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="0C87C222" w14:textId="2A821524" w:rsidR="00612462" w:rsidRPr="0003572F" w:rsidRDefault="00F657D9" w:rsidP="00972C17">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) v době konání tradiční akce Svatoanenská pouť, termín </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">přelom </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>červenec</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>srpen, pátek a sobota</w:t>
+      </w:r>
+      <w:r w:rsidR="00686F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2410B944" w14:textId="5AF72BCD" w:rsidR="00DF025B" w:rsidRDefault="008F50DC" w:rsidP="00612462">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) v době konání tradiční akce Vinobraní</w:t>
+      </w:r>
+      <w:r w:rsidR="0045461A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, termín </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">přelom </w:t>
+      </w:r>
+      <w:r w:rsidR="0045461A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>září</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0045461A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">říjen, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7712C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pátek nebo </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sobota</w:t>
+      </w:r>
+      <w:r w:rsidR="00686F27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A03115" w14:textId="77777777" w:rsidR="009C4422" w:rsidRPr="009C4422" w:rsidRDefault="009C4422" w:rsidP="00612462">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C87C222" w14:textId="6D713B58" w:rsidR="00612462" w:rsidRPr="0003572F" w:rsidRDefault="00F657D9" w:rsidP="00972C17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00612462" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1418,51 +1676,67 @@
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="009C4422" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) a odst. 2 pí</w:t>
       </w:r>
       <w:r w:rsidR="00527278">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="009C4422" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">m. b) až f) </w:t>
+        <w:t xml:space="preserve">m. b) až </w:t>
+      </w:r>
+      <w:r w:rsidR="008F50DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4422" w:rsidRPr="0003572F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00972C17" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>této obecně závazné vyhlášky bude zveřejněna obecním úřadem minimá</w:t>
       </w:r>
       <w:r w:rsidR="00DF025B" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lně 7</w:t>
       </w:r>
       <w:r w:rsidR="00972C17" w:rsidRPr="0003572F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> dnů před datem konání. </w:t>
       </w:r>
@@ -3387,51 +3661,50 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="764114386">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="461966820">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1061976445">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A83688"/>
     <w:rsid w:val="00022D2F"/>
     <w:rsid w:val="000260E5"/>
     <w:rsid w:val="0003572F"/>
     <w:rsid w:val="00073BBE"/>
@@ -3476,63 +3749,66 @@
     <w:rsid w:val="006B5B13"/>
     <w:rsid w:val="006C04EC"/>
     <w:rsid w:val="006C132B"/>
     <w:rsid w:val="006C1459"/>
     <w:rsid w:val="006C72AD"/>
     <w:rsid w:val="006E3515"/>
     <w:rsid w:val="006F749F"/>
     <w:rsid w:val="00713E50"/>
     <w:rsid w:val="00726B62"/>
     <w:rsid w:val="00737A94"/>
     <w:rsid w:val="007409FD"/>
     <w:rsid w:val="007B0455"/>
     <w:rsid w:val="007B4FED"/>
     <w:rsid w:val="007B6B19"/>
     <w:rsid w:val="007E2F1A"/>
     <w:rsid w:val="007E6C3B"/>
     <w:rsid w:val="00804974"/>
     <w:rsid w:val="00820E25"/>
     <w:rsid w:val="0084526E"/>
     <w:rsid w:val="00846630"/>
     <w:rsid w:val="008740C7"/>
     <w:rsid w:val="00877265"/>
     <w:rsid w:val="00887434"/>
     <w:rsid w:val="00891BDA"/>
     <w:rsid w:val="008A158E"/>
+    <w:rsid w:val="008F50DC"/>
     <w:rsid w:val="00927263"/>
     <w:rsid w:val="00942CA6"/>
     <w:rsid w:val="009719CB"/>
     <w:rsid w:val="00972C17"/>
     <w:rsid w:val="00975733"/>
     <w:rsid w:val="009834D1"/>
     <w:rsid w:val="00996573"/>
     <w:rsid w:val="009B1494"/>
     <w:rsid w:val="009B33E5"/>
     <w:rsid w:val="009C4422"/>
+    <w:rsid w:val="009F3606"/>
     <w:rsid w:val="00A038E7"/>
     <w:rsid w:val="00A5277E"/>
     <w:rsid w:val="00A71739"/>
+    <w:rsid w:val="00A7517D"/>
     <w:rsid w:val="00A83688"/>
     <w:rsid w:val="00A926EE"/>
     <w:rsid w:val="00A97ADA"/>
     <w:rsid w:val="00B255E4"/>
     <w:rsid w:val="00B3174C"/>
     <w:rsid w:val="00B462D8"/>
     <w:rsid w:val="00B64D6E"/>
     <w:rsid w:val="00B700FA"/>
     <w:rsid w:val="00B73873"/>
     <w:rsid w:val="00B75D1B"/>
     <w:rsid w:val="00BA2394"/>
     <w:rsid w:val="00BA2B36"/>
     <w:rsid w:val="00BB6892"/>
     <w:rsid w:val="00BB786E"/>
     <w:rsid w:val="00BC42DB"/>
     <w:rsid w:val="00BD2953"/>
     <w:rsid w:val="00BD78A2"/>
     <w:rsid w:val="00C24901"/>
     <w:rsid w:val="00C350BC"/>
     <w:rsid w:val="00C508C4"/>
     <w:rsid w:val="00C702D2"/>
     <w:rsid w:val="00CD23D7"/>
     <w:rsid w:val="00CD2810"/>
     <w:rsid w:val="00D41A14"/>
     <w:rsid w:val="00D5630D"/>
@@ -4436,66 +4712,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{596242CF-B36D-4208-AA90-B86811FE8C4E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>328</Words>
-  <Characters>1937</Characters>
+  <Words>365</Words>
+  <Characters>2157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MV ČR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2261</CharactersWithSpaces>
+  <CharactersWithSpaces>2517</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MVCR</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>