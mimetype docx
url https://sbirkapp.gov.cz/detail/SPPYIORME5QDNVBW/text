--- v0 (2025-12-05)
+++ v1 (2026-03-01)
@@ -1,5713 +1,4649 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/media/image1.jpeg" ContentType="image/jpeg"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...2 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidR="00756886" w:rsidRDefault="00756886" w:rsidP="006D32FD">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="0">
+          <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="0" relativeHeight="2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-243205</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="line">
               <wp:posOffset>-21590</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="615950" cy="723265"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="2" name="Obrázek 4" descr="20060503213519"/>
+            <wp:docPr id="1" name="Obrázek 4" descr="20060503213519"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Obrázek 4" descr="20060503213519"/>
+                    <pic:cNvPr id="1" name="Obrázek 4" descr="20060503213519"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId2"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="615950" cy="723265"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...5 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="006F0E72">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">OBEC  </w:t>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:t>OBEC  MÁSLOVICE</w:t>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00683396">
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>sídlo: Obecní úřad Máslovice, Pražská 18, 250 69  Vodochody, okres Praha – východ</w:t>
         <w:br/>
-      </w:r>
-[...31 lines deleted...]
-        </w:rPr>
+        <w:t>IČ: 00240443, bankovní spojení: ČSOB, Poštovní spořitelna, č.ú: 125257600/0300</w:t>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006D32FD">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00415F70" w:rsidRDefault="006A4CA6" w:rsidP="007D50EF">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00415F70">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ZASTUPITELSTVO OBCE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A4CA6" w:rsidRDefault="006A4CA6" w:rsidP="007D50EF">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00CD2F19" w:rsidRDefault="00CD2F19" w:rsidP="007D50EF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorHAnsi" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00B53F1D" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorHAnsi" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B53F1D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Obecně</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B53F1D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B53F1D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">závazná vyhláška </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00B53F1D" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B53F1D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">obce </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00B53F1D" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+        <w:t>obce Máslovice</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="006F64BB" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorHAnsi" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F64BB">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F64BB">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">místním poplatku za </w:t>
-[...47 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+        <w:t>místním poplatku za odkládání komunálního odpadu z nemovité věci</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00CD2F19" w:rsidRDefault="00CD2F19" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorHAnsi" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00E21A79" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004013A3">
-[...202 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zastupitelstvo obce Máslovice schvaluje a vydává dne 12. 12. 2023 usnesením č. 7/8/23 v souladu s ust. § 10 písm. d), § 35 a § 84 odst. 2) písm. h) zákona č. 128/2000 Sb., o obcích (obecní zřízení), ve znění pozdějších předpisů, a s ust. § 14 zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů, tuto obecně závaznou vyhlášku o místním poplatku za odkládání komunálního odpadu z nemovité</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteCharacters"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004013A3">
-[...57 lines deleted...]
-    <w:p w:rsidR="00CD2F19" w:rsidRDefault="00CD2F19" w:rsidP="007D50EF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>věci:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="004C139A" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C139A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Čl. 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00F54B81" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Základní ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00F54B81" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Seznamoslovan"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Obec Máslovice (dále jen „obec“) zavádí místní poplatek za odkládání komunálního odpadu z nemovité</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteCharacters"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>věci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (dále jen „poplatek“).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Seznamoslovan"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Správcem poplatku je Obecní úřad Máslovice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ZkladntextIMP"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ZkladntextIMP"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Čl. 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Předmět poplatku, poplatník a plátce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:hanging="357" w:left="363"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Předmětem poplatku</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odkládání směsného komunálního odpadu z jednotlivé nemovité věci zahrnující byt, rodinný dům nebo stavbu pro rodinnou rekreaci, která se nachází na území obce (dále jen „nemovitá věc“).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:hanging="357" w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Poplatníkem poplatku</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:hanging="357" w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s31"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fyzická osoba, která má v nemovité věci bydliště, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="120"/>
+        <w:ind w:hanging="357" w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s31"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>vlastník nemovité věci, ve které nemá bydliště žádná fyzická osoba.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:hanging="357" w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plátcem poplatku</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:hanging="357" w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s31"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s31"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>společenství vlastníků jednotek, pokud pro dům vzniklo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="120"/>
+        <w:ind w:hanging="357" w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s31"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s31"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>vlastník nemovité věci v ostatních případech.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plátce poplatku </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>je povinen vybrat poplatek od poplatníka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Čl. 3</w:t>
+        <w:br/>
+        <w:t>Ohlašovací povinnost</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Seznamoslovan"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="113"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plátce poplatku je povinen podat správci poplatku ohlášení</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, a to do 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dnů ode dne účinnosti této obecně závazné vyhlášky nebo do 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dnů ode dne, kdy se stal plátcem poplatku. Skutečnost, že plátce poplatku pozbyl postavení plátce poplatku, je plátce poplatku povinen ohlásit správci poplatku do 15ti dnů ode dne, kdy tato skutečnost nastala.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:overflowPunct w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="113"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>V rámci ohlašovací povinnosti plátce poplatku uvede údaje podle zákona o místních poplatcích</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, identifikaci nemovité věci údaji dle katastru nemovitostí, počet, objem a frekvenci svozu sběrných nádob pro shromažďování směsného komunálního odpadu pro uvedenou nemovitou věc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Seznamoslovan"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plátce poplatku </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>je povinen ohlásit správci poplatku do 15ti dnů jakékoliv změny v ohlášených skutečnostech.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ohlašovací povinnost se nevztahuje na údaje zveřejněné pro tyto účely správcem poplatku na úřední desce</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:color w:themeColor="accent1" w:themeShade="bf" w:val="auto"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Čl. 4</w:t>
+        <w:br/>
+        <w:t>Základ poplatku</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:hanging="357" w:left="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Základem dílčího poplatku</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je kapacita soustřeďovacích prostředků (sběrných nádob) na </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">směsný komunální </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>odpad pro nemovitou věc za kalendářní měsíc v litrech připadající na poplatníka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Minimální základ dílčího poplatku činí 60 l. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ZkladntextIMP"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Čl. 5</w:t>
+        <w:br/>
+        <w:t>Sazba poplatku</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sazba poplatku činí 0,90 Kč/litr.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Čl. 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Splatnost poplatku</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...82 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00F54B81" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poplatek je na příslušný kalendářní rok splatný nejpozději do 30. 9. příslušného kalendářního roku. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00F54B81" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vznikne-li poplatková povinnost během roku po datu splatnosti uvedeném v odstavci 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) tohoto článku,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> je poplatek splatný do 30 ti dnů od vzniku poplatkové povinnosti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00F54B81" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...11 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Čl. 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ZkladntextIMP"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...347 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00F54B81" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Přechodná ustanovení</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
-        <w:numPr>
-[...696 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:widowControl w:val="false"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="113" w:line="240" w:lineRule="auto"/>
-[...65 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="113"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Práva a povinnosti vyplývající z obecně závazné vyhlášky obce uvedené v ust. čl. 8 odst. 1) této obecně závazné vyhlášky, týkající se poplatkové povinnosti, zůstávají nedotčena a posuzují se podle uvedené obecně závazné vyhlášky a dosavadních právních předpisů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="113" w:line="240" w:lineRule="auto"/>
-[...67 lines deleted...]
-        <w:pStyle w:val="Bezmezer"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="113"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Splnění ohlašovací povinnosti ke vzniku poplatkové povinnosti před účinností této obecně závazné vyhlášky podle obecně závazné vyhlášky obce uvedené v ust. čl. 8 odst. 1) této obecně závazné vyhlášky se považuje za splnění ohlašovací povinnosti ke vzniku poplatkové povinnosti dle této obecně závazné vyhlášky.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Bezmezer"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk121214773"/>
-[...18 lines deleted...]
-        <w:spacing w:after="120"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk121214773"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Čl. 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C139A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>Závěrečná ustanovení</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD2F19" w:rsidRDefault="007D50EF" w:rsidP="00CD2F19">
-[...1 lines deleted...]
-        <w:pStyle w:val="Zkladntext2"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:hanging="357" w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C139A">
-[...33 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zrušuje se obecně závazná vyhláška obce Máslovice č. 2/2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C139A">
-[...6 lines deleted...]
-      <w:r w:rsidR="00A85940" w:rsidRPr="00A85940">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>místním poplatku za odkládání komunálního odpadu z nemovité</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteCharacters"/>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00415F70">
-[...87 lines deleted...]
-        <w:pStyle w:val="Zkladntext2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>věci,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ze dn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>e 12. 12. 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="357" w:hanging="357"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:hanging="357" w:left="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F2464E">
-[...42 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="004C139A" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Tato obecně závazná vyhláška nabývá účinnosti dnem 1. 1. 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00A85940" w:rsidRDefault="00A85940" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00A85940" w:rsidRDefault="00A85940" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ZkladntextIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00B53F1D" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorHAnsi" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B53F1D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_______________________</w:t>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00B53F1D" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="NormlnIMP"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA5A1B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FA5A1B" w:rsidRPr="00FA5A1B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...27 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ing. Aleš Illichman v. r. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Ing. Vladimíra Sýkorová</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve"> v. r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormlnIMP"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>místostarosta</w:t>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>starostka obce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormlnIMP"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorHAnsi" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormlnIMP"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorHAnsi" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Ing. Vladimíra Sýkorová</w:t>
-[...140 lines deleted...]
-    <w:p w:rsidR="007D50EF" w:rsidRPr="00F54B81" w:rsidRDefault="007D50EF" w:rsidP="007D50EF">
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk121214773"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk121214773"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="Seznamoslovan"/>
-        <w:spacing w:after="113" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="113"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00EB7482" w:rsidSect="00EF3D39">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:sectPr>
       <w:footnotePr>
+        <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
+      <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
-[...2 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:left="1304" w:right="1304" w:gutter="0" w:header="0" w:top="1418" w:footer="0" w:bottom="851"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
   <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="ee"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:charset w:val="ee"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:charset w:val="ee"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="ee"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="ee"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="ee"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+<w:footnotes xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:footnote w:id="0" w:type="separator">
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="12"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+  <w:footnote w:id="1" w:type="continuationSeparator">
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="12"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="1">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="2">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 10d odst. 1) písm. b) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 10d odst. 1) písm. b) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="2">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="3">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 15 odst. 1) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů </w:t>
+        <w:t xml:space="preserve">§ 15 odst. 1) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="3">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="4">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 10j zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 10j zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="4">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="5">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 10i zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 10i zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="6">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 10n odst. 1) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 10n odst. 1) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="7">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 10n odst. 2) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 10n odst. 2) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="7">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="8">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 14a zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 14a zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="8">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="9">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 14a odst. 2) a 3) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 14a odst. 2) a 3) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="9">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="10">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 14a odst. 5) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 14a odst. 5) zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="10">
-[...2 lines deleted...]
-        <w:pStyle w:val="Textpoznpodarou"/>
+  <w:footnote w:id="11">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F54B81">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Znakypropoznmkupodarou"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> § 10k zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
+        <w:t>§ 10k zákona č. 565/1990 Sb., o místních poplatcích, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04050001">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1428" w:hanging="708"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="5442CF20">
+    <w:lvl w:ilvl="1">
       <w:start w:val="16"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+        <w:sz w:val="29"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="29"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04050005" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04050001" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04050003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04050005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04050001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5C2ED648">
+  <w:abstractNum w:abstractNumId="5">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
-[...1 lines deleted...]
-        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:color w:val="auto"/>
-        <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E9E8F8CA">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5C2ED648">
+  <w:abstractNum w:abstractNumId="6">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="208AAC04">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5C2ED648">
+  <w:abstractNum w:abstractNumId="7">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
-[...1 lines deleted...]
-        <w:i w:val="0"/>
         <w:sz w:val="22"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5C2ED648">
+  <w:abstractNum w:abstractNumId="8">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="360"/>
-[...10 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04050019" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0405001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0405000F" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...361 lines deleted...]
-      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="7831330F"/>
-[...83 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
-[...2 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="6"/>
-[...1 lines deleted...]
-  <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:autoHyphenation w:val="true"/>
   <w:footnotePr>
+    <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachSect"/>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
-  <w:endnotePr>
-[...2 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:rsids>
-[...77 lines deleted...]
-  <w:listSeparator w:val=";"/>
+  <w:themeFontLang w:val="cs-CZ" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...138 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00516191"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nadpis1">
-[...2 lines deleted...]
-    <w:next w:val="Normln"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Nadpis1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00756886"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="true"/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:themeColor="accent1" w:themeShade="bf" w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nadpis4">
-[...2 lines deleted...]
-    <w:next w:val="Normln"/>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Nadpis4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="007D50EF"/>
+    <w:rsid w:val="007d50ef"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="true"/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:themeColor="accent1" w:themeShade="bf" w:val="365F91"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nadpis4Char" w:customStyle="1">
+    <w:name w:val="Nadpis 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:themeColor="accent1" w:themeShade="bf" w:val="365F91"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextpoznpodarouChar" w:customStyle="1">
+    <w:name w:val="Text pozn. pod čarou Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="s31" w:customStyle="1">
+    <w:name w:val="s31"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="ZkladntextChar" w:customStyle="1">
+    <w:name w:val="Základní text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="Footnote Reference"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteCharacters">
+    <w:name w:val="Footnote Characters"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NzevChar" w:customStyle="1">
+    <w:name w:val="Název Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Zkladntext2Char" w:customStyle="1">
+    <w:name w:val="Základní text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00a85940"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nadpis1Char" w:customStyle="1">
+    <w:name w:val="Nadpis 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00756886"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:themeColor="accent1" w:themeShade="bf" w:val="365F91"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="InternetLink">
+    <w:name w:val="Internet Link"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00756886"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ZhlavChar" w:customStyle="1">
+    <w:name w:val="Záhlaví Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00756886"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ZpatChar" w:customStyle="1">
+    <w:name w:val="Zápatí Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00cd2f19"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Znakypropoznmkupodarou">
+    <w:name w:val="Znaky pro poznámku pod čarou"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="Endnote Reference"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Znakyprovysvtlivky">
+    <w:name w:val="Znaky pro vysvětlivky"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nadpis">
+    <w:name w:val="Nadpis"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ZkladntextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="120"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rejstk">
+    <w:name w:val="Rejstřík"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240" w:beforeAutospacing="1" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="Footnote Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextpoznpodarouChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Seznamoslovan" w:customStyle="1">
+    <w:name w:val="Seznam očíslovaný~"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="228" w:before="0" w:after="0"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NzevChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormlnIMP" w:customStyle="1">
+    <w:name w:val="Normální_IMP"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="228" w:before="0" w:after="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ZkladntextIMP" w:customStyle="1">
+    <w:name w:val="Základní text_IMP"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Seznamoslovan1" w:customStyle="1">
+    <w:name w:val="Seznam očíslovaný~~"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="007d50ef"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="228" w:before="0" w:after="0"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Zkladntext2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00a85940"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="120"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ZhlavChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00756886"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4536" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9072" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ZpatChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00cd2f19"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4536" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9072" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="Bezseznamu" w:default="1">
+    <w:name w:val="Bez seznamu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
-[...306 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...546 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="1f497d"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="eeece1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4f81bd"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="c0504d"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="9bbb59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="8064a2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4bacc6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="f79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0000ff"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Kancelář">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...27 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...27 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kancelář">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:shade val="51000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="80000">
               <a:schemeClr val="phClr">
                 <a:shade val="93000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
-                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...16 lines deleted...]
-          </a:sp3d>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="20000"/>
-                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
-                <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
+  <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
+  <AppVersion></AppVersion>
   <Pages>3</Pages>
-  <Words>585</Words>
-[...20 lines deleted...]
-  </TitlesOfParts>
+  <Words>742</Words>
+  <Characters>4201</Characters>
+  <CharactersWithSpaces>4900</CharactersWithSpaces>
+  <Paragraphs>55</Paragraphs>
   <Company>PC</Company>
-  <LinksUpToDate>false</LinksUpToDate>
-[...3 lines deleted...]
-  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>PC</dc:creator>
+  <dc:description/>
+  <dc:language>cs-CZ</dc:language>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:subject/>
+  <dc:title/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>