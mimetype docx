--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -1,42 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
@@ -1154,51 +1151,58 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44755310" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="003D15D8" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D15D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>reklamní převleky, do nichž jsou oblečeny osoby, které se pohybují nebo postávají, vyjma převleků, které vypadají jako převleky historické;</w:t>
+        <w:t xml:space="preserve">reklamní převleky, do nichž jsou oblečeny osoby, které se pohybují nebo postávají, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D15D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>vyjma převleků, které vypadají jako převleky historické;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640059FD" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00366831">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>převěsy a plachty z jakéhokoliv materiálu, kromě těch, které jsou umístěny pouze na stavebním lešení stojícím na přiléhající pozemní komunikaci po dobu provádění stavebních prací na objektu, který kryjí, pokud tyto převěsy a plachty zároveň zobrazují tento objekt a plocha vlastní reklamy nečiní více než 20 % celkové plochy převěsu nebo plachty,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C891C31" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="00E94E6C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
@@ -1220,171 +1224,117 @@
       </w:r>
       <w:r w:rsidRPr="00E94E6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>budou splňovat následující podmínky:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="330B8979" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="00E94E6C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00366831">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">reklamní nápisy a loga na volánech a lemech markýz a slunečníků, které (markýzy a slunečníky) mohou být pouze v pastelově světlých barvách s tím, že reklamní nápisy a loga nesmí být v reflexních barvách a samotné nápisy mohou být pouze v pastelových barvách nebo barvě hnědé, šedé či černé </w:t>
-[...13 lines deleted...]
-        <w:commentReference w:id="1"/>
+        <w:t>reklamní nápisy a loga na volánech a lemech markýz a slunečníků, které (markýzy a slunečníky) mohou být pouze v pastelově světlých barvách s tím, že reklamní nápisy a loga nesmí být v reflexních barvách a samotné nápisy mohou být pouze v pastelových barvách nebo barvě hnědé, šedé či černé (včetně jejich kombinaci)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94E6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA5C298" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="00E94E6C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="1701" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94E6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">reklamní nápisy a loga nanejvýš na 25 % ploch markýz a slunečníků, které (markýzy a slunečníky) mohou být pouze v pastelově světlých barvách s tím, že reklamní nápisy a loga nesmí být v reflexních barvách a samotné nápisy mohou být pouze v pastelových barvách nebo barvě hnědé, šedé či černé </w:t>
-[...19 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>reklamní nápisy a loga nanejvýš na 25 % ploch markýz a slunečníků, které (markýzy a slunečníky) mohou být pouze v pastelově světlých barvách s tím, že reklamní nápisy a loga nesmí být v reflexních barvách a samotné nápisy mohou být pouze v pastelových barvách nebo barvě hnědé, šedé či černé (včetně jejich kombinaci),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2720AD" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="00E94E6C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94E6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>vnější a vnitřní polepy výloh, skleněných ploch a oken při použití reflexních, fluorescenčních, ostře kontrastních barev či neonových světel,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E1D766D" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="00E94E6C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94E6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">vnější a vnitřní polepy výloh, skleněných ploch a oken od 2. nadzemního podlaží stavby s tím, že v rámci 1. nadzemního podlaží (parteru) je možné polepit maximálně 50 % plochy takové výlohy, skleněné plochy či okna s tím, že každá výloha, skleněná plocha a okno se počítá samostatně, a tyto současně nesmí mít charakter uvedený ve článku 3 odst. 1 písm. l) tohoto nařízení, nesmí obsahovat vulgární či urážlivé texty a </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>vnější a vnitřní polepy výloh, skleněných ploch a oken od 2. nadzemního podlaží stavby s tím, že v rámci 1. nadzemního podlaží (parteru) je možné polepit maximálně 50 % plochy takové výlohy, skleněné plochy či okna s tím, že každá výloha, skleněná plocha a okno se počítá samostatně, a tyto současně nesmí mít charakter uvedený ve článku 3 odst. 1 písm. l) tohoto nařízení, nesmí obsahovat vulgární či urážlivé texty a jejich obsah musí být aktuální.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B54E473" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32CCFA1A" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="00EC7FBD" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC7FBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Článek 4</w:t>
@@ -2082,51 +2032,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00291F97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B5AB73C" wp14:editId="52343A5C">
             <wp:extent cx="5760720" cy="4410710"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="1" name="Obrázek 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760720" cy="4410710"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="096943C6" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2187,152 +2137,88 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00291F97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38AFB2CA" wp14:editId="476AC148">
             <wp:extent cx="5668166" cy="5830114"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:docPr id="2" name="Obrázek 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5668166" cy="5830114"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="711CC21B" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRPr="00A65D08" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="774F882E" w14:textId="77777777" w:rsidR="007A3254" w:rsidRDefault="007A3254"/>
     <w:sectPr w:rsidR="007A3254">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...62 lines deleted...]
-</w15:commentsEx>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5CECC31D" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E2967F5" w14:textId="77777777" w:rsidR="00204E3C" w:rsidRDefault="00204E3C" w:rsidP="00204E3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -3024,88 +2910,91 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:trackRevisions/>
+  <w:documentProtection w:edit="trackedChanges" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ydhPib5jaNIn+4LbTeseEfXodtZV0foNaf0EfT2GNCiONRlPgr92OA+ewx7Rv1aDNNY1ZGhAwWS9npYaqJyqcQ==" w:salt="FAWQ5GrifW0dn/BJdZLLIA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00204E3C"/>
+    <w:rsid w:val="00025D11"/>
+    <w:rsid w:val="00084141"/>
     <w:rsid w:val="00204E3C"/>
+    <w:rsid w:val="00214122"/>
+    <w:rsid w:val="0026649F"/>
+    <w:rsid w:val="00395B1B"/>
     <w:rsid w:val="004B1268"/>
+    <w:rsid w:val="004E1A1C"/>
+    <w:rsid w:val="005F3D4B"/>
     <w:rsid w:val="007A3254"/>
     <w:rsid w:val="00801D71"/>
+    <w:rsid w:val="009E539A"/>
+    <w:rsid w:val="00A053DB"/>
     <w:rsid w:val="00C96015"/>
     <w:rsid w:val="00D407AC"/>
-    <w:rsid w:val="00F80158"/>
+    <w:rsid w:val="00E52F41"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7FF9E2B2"/>
@@ -3700,62 +3589,76 @@
     <w:link w:val="PedmtkomenteChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00204E3C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PedmtkomenteChar">
     <w:name w:val="Předmět komentáře Char"/>
     <w:basedOn w:val="TextkomenteChar"/>
     <w:link w:val="Pedmtkomente"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00204E3C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="COMTES FHT Standard" w:hAnsi="Calibri" w:cs="COMTES FHT Standard"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revize">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009E539A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="COMTES FHT Standard" w:hAnsi="Calibri" w:cs="COMTES FHT Standard"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3981,69 +3884,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1244</Words>
-  <Characters>7343</Characters>
+  <Characters>7340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Městský úřad Kutná Hora</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8570</CharactersWithSpaces>
+  <CharactersWithSpaces>8567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sýkorová Jana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>