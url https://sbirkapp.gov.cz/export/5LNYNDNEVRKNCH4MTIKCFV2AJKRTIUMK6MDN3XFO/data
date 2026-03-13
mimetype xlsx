--- v0 (2025-12-30)
+++ v1 (2026-03-13)
@@ -1159,51 +1159,51 @@
       <c r="H9" s="1">
         <v>45271</v>
       </c>
       <c r="I9" s="1">
         <v>45272.55092050217</v>
       </c>
       <c r="J9" t="s">
         <v>66</v>
       </c>
       <c r="K9" t="s">
         <v>31</v>
       </c>
       <c r="M9" t="s">
         <v>32</v>
       </c>
       <c r="N9" t="s">
         <v>33</v>
       </c>
       <c r="P9" t="s">
         <v>79</v>
       </c>
       <c r="R9" t="s">
         <v>80</v>
       </c>
       <c r="S9" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1">
         <v>46023</v>
       </c>
       <c r="U9" s="2" t="s">
         <v>81</v>
       </c>
       <c r="V9" t="s">
         <v>82</v>
       </c>
       <c r="W9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">