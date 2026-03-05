--- v0 (2025-10-22)
+++ v1 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="161">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -354,54 +354,63 @@
   <si>
     <t>4/2006</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška o místním poplatku za provozovaný výherní hrací přístroj</t>
   </si>
   <si>
     <t>2006-02-17</t>
   </si>
   <si>
     <t>jiná</t>
   </si>
   <si>
     <t xml:space="preserve">ústavní zákon č. 1/1993 Sb., Ústava České republiky - čl. 104 odst. 3 </t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPSZFFWIB3L5JI4</t>
   </si>
   <si>
     <t>984812549</t>
   </si>
   <si>
     <t>4/2014</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška o zákazu podomního prodeje a pochůzkového prodeje na území obce</t>
+    <t>Nařízení</t>
+  </si>
+  <si>
+    <t>o zákazu podomního a pochůzkového prodeje na území obce</t>
   </si>
   <si>
     <t>2015-01-01</t>
+  </si>
+  <si>
+    <t>regulace podomního a pochůzkového prodeje a nabízení služeb</t>
+  </si>
+  <si>
+    <t xml:space="preserve">zákon č. 455/1991 Sb., živnostenský zákon - § 18 odst. 4 </t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPTWDWX6AMAFR2U</t>
   </si>
   <si>
     <t>984811962</t>
   </si>
   <si>
     <t>1/2014</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška o symbolech obce Jestřabí Lhota a jejich užívání</t>
   </si>
   <si>
     <t>2014-05-09</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPXOX3QXCIVW55C</t>
   </si>
   <si>
     <t>984811174</t>
   </si>
   <si>
     <t>1/2016</t>
   </si>
@@ -1649,500 +1658,500 @@
       </c>
       <c r="V13" t="s">
         <v>112</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>113</v>
       </c>
       <c r="F14" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H14" s="1">
         <v>41988</v>
       </c>
       <c r="I14" s="1">
         <v>44566.78873791848</v>
       </c>
       <c r="J14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>94</v>
       </c>
       <c r="L14" s="1">
         <v>41988</v>
       </c>
       <c r="M14" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="S14" t="b">
         <v>1</v>
       </c>
       <c r="U14" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="V14" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="W14">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="H15" s="1">
         <v>41752</v>
       </c>
       <c r="I15" s="1">
         <v>44566.78663865953</v>
       </c>
       <c r="J15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="1">
         <v>41752</v>
       </c>
       <c r="M15" t="s">
         <v>109</v>
       </c>
       <c r="N15" t="s">
         <v>110</v>
       </c>
       <c r="S15" t="b">
         <v>1</v>
       </c>
       <c r="U15" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="V15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="W15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F16" t="s">
         <v>28</v>
       </c>
       <c r="G16" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="H16" s="1">
         <v>42648</v>
       </c>
       <c r="I16" s="1">
         <v>44566.77983511801</v>
       </c>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K16" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="1">
         <v>42648</v>
       </c>
       <c r="M16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="N16" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="S16" t="b">
         <v>1</v>
       </c>
       <c r="U16" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="V16" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F17" t="s">
         <v>28</v>
       </c>
       <c r="G17" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="H17" s="1">
         <v>43522</v>
       </c>
       <c r="I17" s="1">
         <v>44566.77616844152</v>
       </c>
       <c r="J17" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K17" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="1">
         <v>43522</v>
       </c>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="N17" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="S17" t="b">
         <v>1</v>
       </c>
       <c r="U17" s="2" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="V17" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="W17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F18" t="s">
         <v>28</v>
       </c>
       <c r="G18" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H18" s="1">
         <v>44533</v>
       </c>
       <c r="I18" s="1">
         <v>44566.77250138186</v>
       </c>
       <c r="J18" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>94</v>
       </c>
       <c r="L18" s="1">
         <v>44533</v>
       </c>
       <c r="M18" t="s">
         <v>32</v>
       </c>
       <c r="N18" t="s">
         <v>33</v>
       </c>
       <c r="R18" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="S18" t="b">
         <v>0</v>
       </c>
       <c r="T18" s="1">
         <v>45706</v>
       </c>
       <c r="U18" s="2" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="V18" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="W18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F19" t="s">
         <v>28</v>
       </c>
       <c r="G19" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="H19" s="1">
         <v>44533</v>
       </c>
       <c r="I19" s="1">
         <v>44566.77040188581</v>
       </c>
       <c r="J19" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="K19" t="s">
         <v>94</v>
       </c>
       <c r="L19" s="1">
         <v>44533</v>
       </c>
       <c r="M19" t="s">
         <v>76</v>
       </c>
       <c r="N19" t="s">
         <v>77</v>
       </c>
       <c r="R19" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="S19" t="b">
         <v>0</v>
       </c>
       <c r="T19" s="1">
         <v>45292</v>
       </c>
       <c r="U19" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="V19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="W19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="H20" s="1">
         <v>43811</v>
       </c>
       <c r="I20" s="1">
         <v>44566.6013600103</v>
       </c>
       <c r="J20" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="K20" t="s">
         <v>94</v>
       </c>
       <c r="L20" s="1">
         <v>43811</v>
       </c>
       <c r="M20" t="s">
         <v>69</v>
       </c>
       <c r="N20" t="s">
         <v>70</v>
       </c>
       <c r="R20" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="S20" t="b">
         <v>0</v>
       </c>
       <c r="T20" s="1">
         <v>45292</v>
       </c>
       <c r="U20" s="2" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="V20" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="W20">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="H21" s="1">
         <v>43811</v>
       </c>
       <c r="I21" s="1">
         <v>44566.59872914101</v>
       </c>
       <c r="J21" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="K21" t="s">
         <v>94</v>
       </c>
       <c r="L21" s="1">
         <v>43811</v>
       </c>
       <c r="M21" t="s">
         <v>47</v>
       </c>
       <c r="N21" t="s">
         <v>48</v>
       </c>
       <c r="R21" t="s">
         <v>82</v>
       </c>
       <c r="S21" t="b">
         <v>0</v>
       </c>
       <c r="T21" s="1">
         <v>45377</v>
       </c>
       <c r="U21" s="2" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="V21" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="W21">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>
     <hyperlink ref="U11" r:id="rId10"/>
     <hyperlink ref="U12" r:id="rId11"/>
     <hyperlink ref="U13" r:id="rId12"/>
     <hyperlink ref="U14" r:id="rId13"/>
     <hyperlink ref="U15" r:id="rId14"/>
     <hyperlink ref="U16" r:id="rId15"/>
     <hyperlink ref="U17" r:id="rId16"/>
     <hyperlink ref="U18" r:id="rId17"/>
     <hyperlink ref="U19" r:id="rId18"/>