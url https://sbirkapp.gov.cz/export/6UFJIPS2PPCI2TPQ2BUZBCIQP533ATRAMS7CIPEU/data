--- v0 (2025-12-27)
+++ v1 (2026-03-05)
@@ -576,51 +576,51 @@
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="7.7109375" customWidth="1"/>
     <col min="12" max="12" width="6.7109375" customWidth="1"/>
     <col min="13" max="13" width="58.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="2.7109375" customWidth="1"/>
     <col min="16" max="16" width="69.7109375" customWidth="1"/>
     <col min="17" max="17" width="2.7109375" customWidth="1"/>
     <col min="18" max="18" width="70.7109375" customWidth="1"/>
-    <col min="19" max="19" width="6.7109375" customWidth="1"/>
+    <col min="19" max="19" width="7.7109375" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="49.7109375" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -913,51 +913,51 @@
       <c r="G6" t="s">
         <v>57</v>
       </c>
       <c r="H6" s="1">
         <v>45229</v>
       </c>
       <c r="I6" s="1">
         <v>45251.57402883245</v>
       </c>
       <c r="J6" t="s">
         <v>45</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
         <v>32</v>
       </c>
       <c r="N6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>58</v>
       </c>
       <c r="S6" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1">
         <v>46023</v>
       </c>
       <c r="U6" s="2" t="s">
         <v>59</v>
       </c>
       <c r="V6" t="s">
         <v>60</v>
       </c>
       <c r="W6">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>