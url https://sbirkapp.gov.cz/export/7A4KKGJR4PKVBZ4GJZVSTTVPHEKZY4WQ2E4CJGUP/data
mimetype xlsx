--- v0 (2025-11-23)
+++ v1 (2026-01-11)
@@ -1281,51 +1281,51 @@
       <c r="H7" s="1">
         <v>45244</v>
       </c>
       <c r="I7" s="1">
         <v>45259.48615177738</v>
       </c>
       <c r="J7" t="s">
         <v>55</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
         <v>32</v>
       </c>
       <c r="N7" t="s">
         <v>33</v>
       </c>
       <c r="P7" t="s">
         <v>69</v>
       </c>
       <c r="R7" t="s">
         <v>70</v>
       </c>
       <c r="S7" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1">
         <v>46023</v>
       </c>
       <c r="U7" s="2" t="s">
         <v>71</v>
       </c>
       <c r="V7" t="s">
         <v>72</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
@@ -1744,51 +1744,51 @@
       <c r="G15" t="s">
         <v>125</v>
       </c>
       <c r="H15" s="1">
         <v>44901</v>
       </c>
       <c r="I15" s="1">
         <v>44902.61503470274</v>
       </c>
       <c r="J15" t="s">
         <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>31</v>
       </c>
       <c r="M15" t="s">
         <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>128</v>
       </c>
       <c r="R15" t="s">
         <v>129</v>
       </c>
       <c r="S15" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T15" s="1">
         <v>45992</v>
       </c>
       <c r="U15" s="2" t="s">
         <v>130</v>
       </c>
       <c r="V15" t="s">
         <v>131</v>
       </c>
       <c r="W15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">