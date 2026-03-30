--- v0 (2025-12-07)
+++ v1 (2026-03-30)
@@ -621,51 +621,51 @@
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="16.7109375" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" customWidth="1"/>
     <col min="13" max="13" width="58.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="2.7109375" customWidth="1"/>
     <col min="16" max="16" width="70.7109375" customWidth="1"/>
     <col min="17" max="17" width="2.7109375" customWidth="1"/>
     <col min="18" max="18" width="70.7109375" customWidth="1"/>
-    <col min="19" max="19" width="6.7109375" customWidth="1"/>
+    <col min="19" max="19" width="7.7109375" customWidth="1"/>
     <col min="20" max="20" width="12.7109375" customWidth="1"/>
     <col min="21" max="21" width="49.7109375" customWidth="1"/>
     <col min="22" max="22" width="12.7109375" customWidth="1"/>
     <col min="23" max="23" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -802,51 +802,51 @@
       <c r="H3" s="1">
         <v>45705</v>
       </c>
       <c r="I3" s="1">
         <v>45707.35439530626</v>
       </c>
       <c r="J3" t="s">
         <v>30</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>32</v>
       </c>
       <c r="N3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
       <c r="R3" t="s">
         <v>40</v>
       </c>
       <c r="S3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T3" s="1">
         <v>46023</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>41</v>
       </c>
       <c r="V3" t="s">
         <v>42</v>
       </c>
       <c r="W3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
@@ -970,51 +970,51 @@
       <c r="H6" s="1">
         <v>44494</v>
       </c>
       <c r="I6" s="1">
         <v>44582.45270476196</v>
       </c>
       <c r="J6" t="s">
         <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>59</v>
       </c>
       <c r="L6" s="1">
         <v>44494</v>
       </c>
       <c r="M6" t="s">
         <v>32</v>
       </c>
       <c r="N6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>34</v>
       </c>
       <c r="S6" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1">
         <v>46023</v>
       </c>
       <c r="U6" s="2" t="s">
         <v>60</v>
       </c>
       <c r="V6" t="s">
         <v>61</v>
       </c>
       <c r="W6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">