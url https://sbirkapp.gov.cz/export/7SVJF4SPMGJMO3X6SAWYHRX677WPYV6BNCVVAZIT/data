--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="964" uniqueCount="445">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="995" uniqueCount="458">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -93,65 +93,110 @@
   <si>
     <t>Zrušeno k</t>
   </si>
   <si>
     <t>URL záznamu</t>
   </si>
   <si>
     <t>ID zprávy prvotního vkladu</t>
   </si>
   <si>
     <t>Verze</t>
   </si>
   <si>
     <t>Statutární město Frýdek-Místek</t>
   </si>
   <si>
     <t>00296643</t>
   </si>
   <si>
     <t>w4wbu9s</t>
   </si>
   <si>
     <t>Moravskoslezský kraj</t>
   </si>
   <si>
+    <t>10/2025</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška</t>
+  </si>
+  <si>
+    <t>o místním poplatku z pobytu</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>Běžný</t>
+  </si>
+  <si>
+    <t>místní poplatek z pobytu</t>
+  </si>
+  <si>
+    <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - z pobytu</t>
+  </si>
+  <si>
+    <t>17/2023: o místním poplatku z pobytu</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPZH7YCBHVAETRM</t>
+  </si>
+  <si>
+    <t>1618883774</t>
+  </si>
+  <si>
+    <t>9/2025</t>
+  </si>
+  <si>
+    <t>o zákazu zacházení se zábavní pyrotechnikou</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>pyrotechnické výrobky</t>
+  </si>
+  <si>
+    <t>zákon č. 206/2015 Sb., zákon o pyrotechnice - § 35c</t>
+  </si>
+  <si>
+    <t>4/2018: o regulaci používání zábavní pyrotechniky; 5/2023: kterou se mění obecně závazná vyhláška č. 4/2018 o regulaci používání zábavní pyrotechniky</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPUINF2YEMLR2C2</t>
+  </si>
+  <si>
+    <t>1618877440</t>
+  </si>
+  <si>
     <t>8/2025</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška</t>
-[...1 lines deleted...]
-  <si>
     <t>o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
-    <t>2026-01-01</t>
-[...4 lines deleted...]
-  <si>
     <t>místní poplatek za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>16/2023: o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPYNDNISWMIAYGM</t>
   </si>
   <si>
     <t>1576669631</t>
   </si>
   <si>
     <t>7/2025</t>
   </si>
   <si>
     <t>kterou se mění obecně závazná vyhláška č. 3/2022 o stanovení podmínek pro pořádání, průběh a ukončení veřejnosti přístupných kulturních podniků, včetně tanečních zábav a diskoték a o nočním klidu, ve znění pozdějších obecně závazných vyhlášek</t>
   </si>
   <si>
     <t>2025-06-26</t>
   </si>
   <si>
     <t>veřejný pořádek - podmínky pro pořádání veřejně přístupných akcí; noční klid</t>
@@ -405,62 +450,56 @@
   <si>
     <t>o místním poplatku ze psů</t>
   </si>
   <si>
     <t>2024-01-01</t>
   </si>
   <si>
     <t>místní poplatek ze psů</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - ze psů</t>
   </si>
   <si>
     <t>9/2021: o místním poplatku ze psů</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPF7FAFZLUNZCUK</t>
   </si>
   <si>
     <t>1285918446</t>
   </si>
   <si>
     <t>17/2023</t>
   </si>
   <si>
-    <t>o místním poplatku z pobytu</t>
-[...7 lines deleted...]
-  <si>
     <t>7/2019: o místním poplatku z pobytu; 2/2021: kterou se mění obecně závazná vyhláška č. 7/2019 o místním poplatku z pobytu</t>
   </si>
   <si>
+    <t>10/2025: o místním poplatku z pobytu</t>
+  </si>
+  <si>
     <t>https://sbirkapp.gov.cz/detail/SPPMCQDYQ5CIJDAK</t>
   </si>
   <si>
     <t>1285916533</t>
   </si>
   <si>
     <t>16/2023</t>
   </si>
   <si>
     <t>10/2021: o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>8/2025: o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPYHUTC6HOYQUKS</t>
   </si>
   <si>
     <t>1285914619</t>
   </si>
   <si>
     <t>15/2023</t>
   </si>
   <si>
     <t>kterou se mění obecně závazná vyhláška č. 8/2017 o zákazu konzumace alkoholických nápojů a kouření na některých veřejných prostranstvích ve městě</t>
@@ -582,53 +621,50 @@
   <si>
     <t>9/2021</t>
   </si>
   <si>
     <t>18/2023: o místním poplatku ze psů</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPTUCISIAHSRPBK</t>
   </si>
   <si>
     <t>1244743506</t>
   </si>
   <si>
     <t>2/2021</t>
   </si>
   <si>
     <t>kterou se mění obecně závazná vyhláška č. 7/2019 o místním poplatku z pobytu</t>
   </si>
   <si>
     <t>2021-03-18</t>
   </si>
   <si>
     <t>7/2019: o místním poplatku z pobytu</t>
   </si>
   <si>
-    <t>17/2023: o místním poplatku z pobytu</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sbirkapp.gov.cz/detail/SPPQ6YLPD6EMLT6K</t>
   </si>
   <si>
     <t>1244732035</t>
   </si>
   <si>
     <t>6/2020</t>
   </si>
   <si>
     <t>kterou se stanovují pravidla pro pohyb psů a vymezují prostory pro volné pobíhání psů na veřejném prostranství ve statutárním městě Frýdku-Místku</t>
   </si>
   <si>
     <t>2021-01-01</t>
   </si>
   <si>
     <t>14/2023: kterou se mění obecně závazná vyhláška č. 6/2020, kterou se stanovují pravidla pro pohyb psů a vymezují prostory pro volné pobíhání psů na veřejném prostranství ve statutárním městě Frýdku-Místku</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPPMI5FPH7MSQU4</t>
   </si>
   <si>
     <t>1244696138</t>
   </si>
   <si>
     <t>3/2014</t>
@@ -1057,50 +1093,53 @@
     <t>11/2021</t>
   </si>
   <si>
     <t>6/2023: kterou se mění obecně závazná vyhláška č. 11/2021 o stanovení obecního systému odpadového hospodářství; 13/2023: kterou se mění obecně závazná vyhláška č. 11/2021 o stanovení obecního systému odpadového hospodářství, ve znění obecně závazné vyhlášky č. 6/2023</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPG2LXRPJNNILJO</t>
   </si>
   <si>
     <t>1160267322</t>
   </si>
   <si>
     <t>5/2023</t>
   </si>
   <si>
     <t>kterou se mění obecně závazná vyhláška č. 4/2018 o regulaci používání zábavní pyrotechniky</t>
   </si>
   <si>
     <t>veřejný pořádek - pyrotechnika</t>
   </si>
   <si>
     <t>zákon č. 128/2000 Sb., o obcích - § 10 písm. a) - pyrotechnika</t>
   </si>
   <si>
     <t>4/2018: o regulaci používání zábavní pyrotechniky</t>
+  </si>
+  <si>
+    <t>9/2025: o zákazu zacházení se zábavní pyrotechnikou; 9/2025: o zákazu zacházení se zábavní pyrotechnikou</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPIWDO76AFRI5FS</t>
   </si>
   <si>
     <t>1160255115</t>
   </si>
   <si>
     <t>4/2018</t>
   </si>
   <si>
     <t>o regulaci používání zábavní pyrotechniky</t>
   </si>
   <si>
     <t>2018-03-20</t>
   </si>
   <si>
     <t>5/2023: kterou se mění obecně závazná vyhláška č. 4/2018 o regulaci používání zábavní pyrotechniky</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPP2P3WPYM777QTA</t>
   </si>
   <si>
     <t>1160231548</t>
   </si>
@@ -1696,56 +1735,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYNDNISWMIAYGM" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRCBF2YTARWQEC" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPI7ARJRDTCPCF6" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYI7WHQIVV2INA" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKT7D6RKTHJ3PE" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7TGY5OQ5M2ZSU" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOKOU3WUSO57RQ" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKN4VCTBZWH37U" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP677MTAKFHK77M" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSIMHFBIYD2MPW" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSSVTJU3BYVGZM" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZRTZYODXQC5VY" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3MK4OEUM3TR5S" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3HJTMWSCI6QGO" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPF7FAFZLUNZCUK" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMCQDYQ5CIJDAK" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYHUTC6HOYQUKS" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOHYB7DKP6HAJ4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPG3FIMO4JF6DB2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPL2TWTSAYN5VV6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPC3GKGFNJ4UP3S" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUKZMQQBUPHFU4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3WX5YY5ZT7BNU" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTUCISIAHSRPBK" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQ6YLPD6EMLT6K" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPMI5FPH7MSQU4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7CSXE2QTMDEWE" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFWJZVFKRZKUUK" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTFHWD7ZO4W752" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQT43SVDCSEKMY" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQDUGYPLAZQTOI" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3TJE7YJJDXTHU" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJ5BBQVUZ6VRDC" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOPDNALNKZIHVQ" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPDJXYA6XQBVCE6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPGACPB725Z547O" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVHR72MVI2H7DI" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYPZS2B6QXBWUO" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPYTU7TI3H67JM" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPX4M2FGFEAX55S" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZOXJXB7JHWJFQ" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6Q6QHOQPYKCHM" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSG3Q7YXBPKTGW" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3BLCGB2K5MPGE" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPO3TAA5LHAN6I2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOVZEN5DDWZYRO" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNM34FL2ABO2MC" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7C4AIOUZT5JAQ" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPG2LXRPJNNILJO" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIWDO76AFRI5FS" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2P3WPYM777QTA" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYPZ5UAF2Z2272" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJ3VM77ZZWYJAG" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZAMGYDJR2A4E2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPP6G75SCCGBW7M" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFKZUIVCFKZADQ" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZTRHHYN3JKMYG" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIOJYVAHAIPUH4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSJF257HPFIDFC" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTI3OBC65OK5CA" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRT2LPLWS4H4VE" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPCATDIYGMNDYUE" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPXOVPGSJW426C2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNUWZ5IQWQFRNW" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJLJRLGOBMTXXG" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP5TLOH2WBZI5PW" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZH7YCBHVAETRM" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUINF2YEMLR2C2" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYNDNISWMIAYGM" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRCBF2YTARWQEC" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPI7ARJRDTCPCF6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYI7WHQIVV2INA" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKT7D6RKTHJ3PE" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7TGY5OQ5M2ZSU" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOKOU3WUSO57RQ" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPKN4VCTBZWH37U" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP677MTAKFHK77M" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSIMHFBIYD2MPW" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSSVTJU3BYVGZM" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZRTZYODXQC5VY" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3MK4OEUM3TR5S" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3HJTMWSCI6QGO" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPF7FAFZLUNZCUK" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMCQDYQ5CIJDAK" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYHUTC6HOYQUKS" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOHYB7DKP6HAJ4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPG3FIMO4JF6DB2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPL2TWTSAYN5VV6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPC3GKGFNJ4UP3S" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPUKZMQQBUPHFU4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3WX5YY5ZT7BNU" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTUCISIAHSRPBK" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQ6YLPD6EMLT6K" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPMI5FPH7MSQU4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7CSXE2QTMDEWE" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFWJZVFKRZKUUK" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTFHWD7ZO4W752" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQT43SVDCSEKMY" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQDUGYPLAZQTOI" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3TJE7YJJDXTHU" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJ5BBQVUZ6VRDC" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOPDNALNKZIHVQ" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPDJXYA6XQBVCE6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPGACPB725Z547O" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVHR72MVI2H7DI" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYPZS2B6QXBWUO" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPYTU7TI3H67JM" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPX4M2FGFEAX55S" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZOXJXB7JHWJFQ" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP6Q6QHOQPYKCHM" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSG3Q7YXBPKTGW" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3BLCGB2K5MPGE" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPO3TAA5LHAN6I2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOVZEN5DDWZYRO" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNM34FL2ABO2MC" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP7C4AIOUZT5JAQ" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPG2LXRPJNNILJO" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIWDO76AFRI5FS" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2P3WPYM777QTA" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPYPZ5UAF2Z2272" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJ3VM77ZZWYJAG" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZAMGYDJR2A4E2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPP6G75SCCGBW7M" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFKZUIVCFKZADQ" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZTRHHYN3JKMYG" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIOJYVAHAIPUH4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSJF257HPFIDFC" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTI3OBC65OK5CA" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRT2LPLWS4H4VE" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPCATDIYGMNDYUE" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPXOVPGSJW426C2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNUWZ5IQWQFRNW" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJLJRLGOBMTXXG" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP5TLOH2WBZI5PW" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W67"/>
+  <dimension ref="A1:W69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="22.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" customWidth="1"/>
     <col min="13" max="13" width="70.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="70.7109375" customWidth="1"/>
     <col min="16" max="16" width="70.7109375" customWidth="1"/>
     <col min="17" max="17" width="70.7109375" customWidth="1"/>
@@ -1829,54 +1868,54 @@
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="1">
-        <v>45910</v>
+        <v>46001</v>
       </c>
       <c r="I2" s="1">
-        <v>45911.46348490298</v>
+        <v>46001.65170354312</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="P2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="V2" t="s">
         <v>36</v>
       </c>
@@ -1885,3865 +1924,3995 @@
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" s="1">
-        <v>45819</v>
+        <v>46001</v>
       </c>
       <c r="I3" s="1">
-        <v>45819.57336596501</v>
+        <v>46001.64593338752</v>
       </c>
       <c r="J3" t="s">
         <v>39</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>40</v>
       </c>
       <c r="N3" t="s">
         <v>41</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>42</v>
       </c>
       <c r="S3" t="b">
         <v>1</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>43</v>
       </c>
       <c r="V3" t="s">
         <v>44</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" t="s">
         <v>46</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4" s="1">
-        <v>45811</v>
+        <v>45910</v>
       </c>
       <c r="I4" s="1">
-        <v>45812.46287599925</v>
+        <v>45911.46348490298</v>
       </c>
       <c r="J4" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
         <v>49</v>
       </c>
-      <c r="N4" t="s">
+      <c r="S4" t="b">
+        <v>1</v>
+      </c>
+      <c r="U4" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="P4" t="s">
+      <c r="V4" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
       <c r="W4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="H5" s="1">
-        <v>45728</v>
+        <v>45819</v>
       </c>
       <c r="I5" s="1">
-        <v>45729.5939709423</v>
+        <v>45819.57336596501</v>
       </c>
       <c r="J5" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
         <v>57</v>
       </c>
-      <c r="N5" t="s">
+      <c r="S5" t="b">
+        <v>1</v>
+      </c>
+      <c r="U5" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="S5" t="b">
-[...2 lines deleted...]
-      <c r="U5" s="2" t="s">
+      <c r="V5" t="s">
         <v>59</v>
       </c>
-      <c r="V5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W5">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>62</v>
       </c>
       <c r="H6" s="1">
-        <v>45728</v>
+        <v>45811</v>
       </c>
       <c r="I6" s="1">
-        <v>45729.59029444231</v>
+        <v>45812.46287599925</v>
       </c>
       <c r="J6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="S6" t="b">
         <v>1</v>
       </c>
       <c r="U6" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="V6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="W6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="H7" s="1">
         <v>45728</v>
       </c>
       <c r="I7" s="1">
-        <v>45729.43094541086</v>
+        <v>45729.5939709423</v>
       </c>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="S7" t="b">
         <v>1</v>
       </c>
       <c r="U7" s="2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="V7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H8" s="1">
         <v>45728</v>
       </c>
       <c r="I8" s="1">
-        <v>45729.41054400991</v>
+        <v>45729.59029444231</v>
       </c>
       <c r="J8" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>31</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="S8" t="b">
         <v>1</v>
       </c>
       <c r="U8" s="2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="V8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="H9" s="1">
-        <v>45720</v>
+        <v>45728</v>
       </c>
       <c r="I9" s="1">
-        <v>45723.36325438604</v>
+        <v>45729.43094541086</v>
       </c>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>31</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="N9" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>56</v>
+      </c>
+      <c r="O9" t="s">
+        <v>57</v>
       </c>
       <c r="S9" t="b">
         <v>1</v>
       </c>
       <c r="U9" s="2" t="s">
         <v>84</v>
       </c>
       <c r="V9" t="s">
         <v>85</v>
       </c>
       <c r="W9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>86</v>
       </c>
       <c r="F10" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G10" t="s">
         <v>87</v>
       </c>
       <c r="H10" s="1">
-        <v>45643</v>
+        <v>45728</v>
       </c>
       <c r="I10" s="1">
-        <v>45644.38421516393</v>
+        <v>45729.41054400991</v>
       </c>
       <c r="J10" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>31</v>
       </c>
       <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
         <v>89</v>
       </c>
-      <c r="N10" t="s">
+      <c r="P10" t="s">
         <v>90</v>
       </c>
-      <c r="P10" t="s">
+      <c r="S10" t="b">
+        <v>1</v>
+      </c>
+      <c r="U10" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="S10" t="b">
-[...2 lines deleted...]
-      <c r="U10" s="2" t="s">
+      <c r="V10" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" t="s">
+        <v>61</v>
+      </c>
+      <c r="G11" t="s">
         <v>94</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" s="1">
+        <v>45720</v>
+      </c>
+      <c r="I11" s="1">
+        <v>45723.36325438604</v>
+      </c>
+      <c r="J11" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
       <c r="K11" t="s">
         <v>31</v>
       </c>
       <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
         <v>97</v>
       </c>
-      <c r="N11" t="s">
+      <c r="P11" t="s">
         <v>98</v>
       </c>
-      <c r="P11" t="s">
+      <c r="S11" t="b">
+        <v>1</v>
+      </c>
+      <c r="U11" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="S11" t="b">
-[...2 lines deleted...]
-      <c r="U11" s="2" t="s">
+      <c r="V11" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
+        <v>101</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
         <v>102</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" s="1">
+        <v>45643</v>
+      </c>
+      <c r="I12" s="1">
+        <v>45644.38421516393</v>
+      </c>
+      <c r="J12" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>31</v>
       </c>
       <c r="M12" t="s">
         <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>105</v>
       </c>
       <c r="P12" t="s">
         <v>106</v>
       </c>
       <c r="S12" t="b">
         <v>1</v>
       </c>
       <c r="U12" s="2" t="s">
         <v>107</v>
       </c>
       <c r="V12" t="s">
         <v>108</v>
       </c>
       <c r="W12">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>109</v>
       </c>
       <c r="F13" t="s">
         <v>28</v>
       </c>
       <c r="G13" t="s">
-        <v>38</v>
+        <v>110</v>
       </c>
       <c r="H13" s="1">
-        <v>45455</v>
+        <v>45637</v>
       </c>
       <c r="I13" s="1">
-        <v>45456.31552012954</v>
+        <v>45638.31560566262</v>
       </c>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K13" t="s">
         <v>31</v>
       </c>
       <c r="M13" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
       </c>
       <c r="S13" t="b">
         <v>1</v>
       </c>
       <c r="U13" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="V13" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F14" t="s">
         <v>28</v>
       </c>
       <c r="G14" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="H14" s="1">
-        <v>45364</v>
+        <v>45546</v>
       </c>
       <c r="I14" s="1">
-        <v>45365.55262696488</v>
+        <v>45547.57411016069</v>
       </c>
       <c r="J14" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="K14" t="s">
         <v>31</v>
       </c>
       <c r="M14" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="N14" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="S14" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45744</v>
+        <v>1</v>
       </c>
       <c r="U14" s="2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="V14" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="W14">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="H15" s="1">
-        <v>45364</v>
+        <v>45455</v>
       </c>
       <c r="I15" s="1">
-        <v>45365.53211623379</v>
+        <v>45456.31552012954</v>
       </c>
       <c r="J15" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="K15" t="s">
         <v>31</v>
       </c>
       <c r="M15" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="N15" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="O15" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="S15" t="b">
         <v>1</v>
       </c>
       <c r="U15" s="2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="V15" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="W15">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F16" t="s">
         <v>28</v>
       </c>
       <c r="G16" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="H16" s="1">
-        <v>45273</v>
+        <v>45364</v>
       </c>
       <c r="I16" s="1">
-        <v>45274.65465584118</v>
+        <v>45365.55262696488</v>
       </c>
       <c r="J16" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>31</v>
       </c>
       <c r="M16" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="N16" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>130</v>
+      </c>
+      <c r="R16" t="s">
+        <v>131</v>
       </c>
       <c r="S16" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T16" s="1">
+        <v>45744</v>
       </c>
       <c r="U16" s="2" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="V16" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="W16">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F17" t="s">
         <v>28</v>
       </c>
       <c r="G17" t="s">
-        <v>131</v>
+        <v>53</v>
       </c>
       <c r="H17" s="1">
-        <v>45273</v>
+        <v>45364</v>
       </c>
       <c r="I17" s="1">
-        <v>45274.65230333788</v>
+        <v>45365.53211623379</v>
       </c>
       <c r="J17" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="K17" t="s">
         <v>31</v>
       </c>
       <c r="M17" t="s">
-        <v>132</v>
+        <v>55</v>
       </c>
       <c r="N17" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>56</v>
+      </c>
+      <c r="O17" t="s">
+        <v>57</v>
       </c>
       <c r="S17" t="b">
         <v>1</v>
       </c>
       <c r="U17" s="2" t="s">
         <v>135</v>
       </c>
       <c r="V17" t="s">
         <v>136</v>
       </c>
       <c r="W17">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>137</v>
       </c>
       <c r="F18" t="s">
         <v>28</v>
       </c>
       <c r="G18" t="s">
-        <v>29</v>
+        <v>138</v>
       </c>
       <c r="H18" s="1">
         <v>45273</v>
       </c>
       <c r="I18" s="1">
-        <v>45274.64950980782</v>
+        <v>45274.65465584118</v>
       </c>
       <c r="J18" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="K18" t="s">
         <v>31</v>
       </c>
       <c r="M18" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="N18" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="P18" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="S18" t="b">
         <v>1</v>
       </c>
-      <c r="T18" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="U18" s="2" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="V18" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="W18">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F19" t="s">
         <v>28</v>
       </c>
       <c r="G19" t="s">
-        <v>143</v>
+        <v>29</v>
       </c>
       <c r="H19" s="1">
         <v>45273</v>
       </c>
       <c r="I19" s="1">
-        <v>45274.64547829048</v>
+        <v>45274.65230333788</v>
       </c>
       <c r="J19" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="K19" t="s">
         <v>31</v>
       </c>
       <c r="M19" t="s">
-        <v>144</v>
+        <v>32</v>
       </c>
       <c r="N19" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="O19" t="s">
+        <v>33</v>
+      </c>
+      <c r="P19" t="s">
         <v>146</v>
       </c>
+      <c r="R19" t="s">
+        <v>147</v>
+      </c>
       <c r="S19" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T19" s="1">
+        <v>46023</v>
       </c>
       <c r="U19" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="V19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="W19">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="H20" s="1">
         <v>45273</v>
       </c>
       <c r="I20" s="1">
-        <v>45274.63985494235</v>
+        <v>45274.64950980782</v>
       </c>
       <c r="J20" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="K20" t="s">
         <v>31</v>
       </c>
       <c r="M20" t="s">
+        <v>47</v>
+      </c>
+      <c r="N20" t="s">
+        <v>48</v>
+      </c>
+      <c r="P20" t="s">
         <v>151</v>
       </c>
-      <c r="N20" t="s">
+      <c r="R20" t="s">
         <v>152</v>
       </c>
-      <c r="O20" t="s">
+      <c r="S20" t="b">
+        <v>0</v>
+      </c>
+      <c r="T20" s="1">
+        <v>46023</v>
+      </c>
+      <c r="U20" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="S20" t="b">
-[...2 lines deleted...]
-      <c r="U20" s="2" t="s">
+      <c r="V20" t="s">
         <v>154</v>
       </c>
-      <c r="V20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W20">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="F21" t="s">
         <v>28</v>
       </c>
       <c r="G21" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="H21" s="1">
         <v>45273</v>
       </c>
       <c r="I21" s="1">
-        <v>45274.63496896348</v>
+        <v>45274.64547829048</v>
       </c>
       <c r="J21" t="s">
-        <v>124</v>
+        <v>139</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
       <c r="M21" t="s">
-        <v>97</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
-        <v>98</v>
+        <v>158</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="R21" t="s">
         <v>159</v>
       </c>
       <c r="S21" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1</v>
       </c>
       <c r="U21" s="2" t="s">
         <v>160</v>
       </c>
       <c r="V21" t="s">
         <v>161</v>
       </c>
       <c r="W21">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>162</v>
       </c>
       <c r="F22" t="s">
         <v>28</v>
       </c>
       <c r="G22" t="s">
         <v>163</v>
       </c>
       <c r="H22" s="1">
         <v>45273</v>
       </c>
       <c r="I22" s="1">
-        <v>45274.62335834583</v>
+        <v>45274.63985494235</v>
       </c>
       <c r="J22" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="K22" t="s">
         <v>31</v>
       </c>
       <c r="M22" t="s">
-        <v>89</v>
+        <v>164</v>
       </c>
       <c r="N22" t="s">
         <v>165</v>
       </c>
-      <c r="P22" t="s">
+      <c r="O22" t="s">
         <v>166</v>
       </c>
       <c r="S22" t="b">
         <v>1</v>
       </c>
       <c r="U22" s="2" t="s">
         <v>167</v>
       </c>
       <c r="V22" t="s">
         <v>168</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>169</v>
       </c>
       <c r="F23" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G23" t="s">
         <v>170</v>
       </c>
       <c r="H23" s="1">
-        <v>45237</v>
+        <v>45273</v>
       </c>
       <c r="I23" s="1">
-        <v>45238.30602896834</v>
+        <v>45274.63496896348</v>
       </c>
       <c r="J23" t="s">
-        <v>171</v>
+        <v>139</v>
       </c>
       <c r="K23" t="s">
         <v>31</v>
       </c>
       <c r="M23" t="s">
+        <v>112</v>
+      </c>
+      <c r="N23" t="s">
+        <v>113</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="R23" t="s">
         <v>172</v>
       </c>
-      <c r="N23" t="s">
+      <c r="S23" t="b">
+        <v>0</v>
+      </c>
+      <c r="T23" s="1">
+        <v>45658</v>
+      </c>
+      <c r="U23" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="O23" t="s">
+      <c r="V23" t="s">
         <v>174</v>
       </c>
-      <c r="S23" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="W23">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F24" t="s">
         <v>28</v>
       </c>
       <c r="G24" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
       <c r="H24" s="1">
-        <v>44546</v>
+        <v>45273</v>
       </c>
       <c r="I24" s="1">
-        <v>45190.47119266233</v>
+        <v>45274.62335834583</v>
       </c>
       <c r="J24" t="s">
+        <v>177</v>
+      </c>
+      <c r="K24" t="s">
+        <v>31</v>
+      </c>
+      <c r="M24" t="s">
+        <v>104</v>
+      </c>
+      <c r="N24" t="s">
         <v>178</v>
       </c>
-      <c r="K24" t="s">
+      <c r="P24" t="s">
         <v>179</v>
       </c>
-      <c r="L24" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="S24" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1</v>
       </c>
       <c r="U24" s="2" t="s">
         <v>180</v>
       </c>
       <c r="V24" t="s">
         <v>181</v>
       </c>
       <c r="W24">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>182</v>
       </c>
       <c r="F25" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G25" t="s">
-        <v>123</v>
+        <v>183</v>
       </c>
       <c r="H25" s="1">
-        <v>44546</v>
+        <v>45237</v>
       </c>
       <c r="I25" s="1">
-        <v>45190.46729604531</v>
+        <v>45238.30602896834</v>
       </c>
       <c r="J25" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="K25" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>44546</v>
+        <v>31</v>
       </c>
       <c r="M25" t="s">
-        <v>125</v>
+        <v>185</v>
       </c>
       <c r="N25" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>186</v>
+      </c>
+      <c r="O25" t="s">
+        <v>187</v>
       </c>
       <c r="S25" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1</v>
       </c>
       <c r="U25" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="V25" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="W25">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>23</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F26" t="s">
         <v>28</v>
       </c>
       <c r="G26" t="s">
-        <v>187</v>
+        <v>46</v>
       </c>
       <c r="H26" s="1">
-        <v>44273</v>
+        <v>44546</v>
       </c>
       <c r="I26" s="1">
-        <v>45190.45729332971</v>
+        <v>45190.47119266233</v>
       </c>
       <c r="J26" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="K26" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L26" s="1">
-        <v>44273</v>
+        <v>44546</v>
       </c>
       <c r="M26" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="N26" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>48</v>
       </c>
       <c r="R26" t="s">
-        <v>190</v>
+        <v>49</v>
       </c>
       <c r="S26" t="b">
         <v>0</v>
       </c>
       <c r="T26" s="1">
         <v>45292</v>
       </c>
       <c r="U26" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="V26" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="W26">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>23</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F27" t="s">
         <v>28</v>
       </c>
       <c r="G27" t="s">
-        <v>194</v>
+        <v>138</v>
       </c>
       <c r="H27" s="1">
-        <v>44182</v>
+        <v>44546</v>
       </c>
       <c r="I27" s="1">
-        <v>45190.42148574423</v>
+        <v>45190.46729604531</v>
       </c>
       <c r="J27" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="K27" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L27" s="1">
-        <v>44182</v>
+        <v>44546</v>
       </c>
       <c r="M27" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="N27" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="Q27" t="s">
+        <v>141</v>
+      </c>
+      <c r="R27" t="s">
         <v>196</v>
       </c>
       <c r="S27" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T27" s="1">
+        <v>45292</v>
       </c>
       <c r="U27" s="2" t="s">
         <v>197</v>
       </c>
       <c r="V27" t="s">
         <v>198</v>
       </c>
       <c r="W27">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>199</v>
       </c>
       <c r="F28" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G28" t="s">
         <v>200</v>
       </c>
       <c r="H28" s="1">
-        <v>41926</v>
+        <v>44273</v>
       </c>
       <c r="I28" s="1">
-        <v>45188.56380966739</v>
+        <v>45190.45729332971</v>
       </c>
       <c r="J28" t="s">
         <v>201</v>
       </c>
       <c r="K28" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L28" s="1">
-        <v>41926</v>
+        <v>44273</v>
       </c>
       <c r="M28" t="s">
+        <v>32</v>
+      </c>
+      <c r="N28" t="s">
+        <v>33</v>
+      </c>
+      <c r="O28" t="s">
         <v>202</v>
       </c>
-      <c r="N28" t="s">
+      <c r="R28" t="s">
+        <v>34</v>
+      </c>
+      <c r="S28" t="b">
+        <v>0</v>
+      </c>
+      <c r="T28" s="1">
+        <v>45292</v>
+      </c>
+      <c r="U28" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="Q28" t="s">
+      <c r="V28" t="s">
         <v>204</v>
       </c>
-      <c r="S28" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="W28">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>23</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="F29" t="s">
         <v>28</v>
       </c>
       <c r="G29" t="s">
+        <v>206</v>
+      </c>
+      <c r="H29" s="1">
+        <v>44182</v>
+      </c>
+      <c r="I29" s="1">
+        <v>45190.42148574423</v>
+      </c>
+      <c r="J29" t="s">
+        <v>207</v>
+      </c>
+      <c r="K29" t="s">
+        <v>192</v>
+      </c>
+      <c r="L29" s="1">
+        <v>44182</v>
+      </c>
+      <c r="M29" t="s">
+        <v>164</v>
+      </c>
+      <c r="N29" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q29" t="s">
         <v>208</v>
       </c>
-      <c r="H29" s="1">
-[...5 lines deleted...]
-      <c r="J29" t="s">
+      <c r="S29" t="b">
+        <v>1</v>
+      </c>
+      <c r="U29" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="K29" t="s">
-[...5 lines deleted...]
-      <c r="M29" t="s">
+      <c r="V29" t="s">
         <v>210</v>
-      </c>
-[...13 lines deleted...]
-        <v>214</v>
       </c>
       <c r="W29">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>23</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
+        <v>211</v>
+      </c>
+      <c r="F30" t="s">
+        <v>61</v>
+      </c>
+      <c r="G30" t="s">
+        <v>212</v>
+      </c>
+      <c r="H30" s="1">
+        <v>41926</v>
+      </c>
+      <c r="I30" s="1">
+        <v>45188.56380966739</v>
+      </c>
+      <c r="J30" t="s">
+        <v>213</v>
+      </c>
+      <c r="K30" t="s">
+        <v>192</v>
+      </c>
+      <c r="L30" s="1">
+        <v>41926</v>
+      </c>
+      <c r="M30" t="s">
+        <v>214</v>
+      </c>
+      <c r="N30" t="s">
         <v>215</v>
       </c>
-      <c r="F30" t="s">
-[...11 lines deleted...]
-      <c r="J30" t="s">
+      <c r="Q30" t="s">
         <v>216</v>
       </c>
-      <c r="K30" t="s">
-[...8 lines deleted...]
-      <c r="P30" t="s">
+      <c r="S30" t="b">
+        <v>1</v>
+      </c>
+      <c r="U30" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="R30" t="s">
+      <c r="V30" t="s">
         <v>218</v>
       </c>
-      <c r="S30" t="b">
-[...10 lines deleted...]
-      </c>
       <c r="W30">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>23</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F31" t="s">
         <v>28</v>
       </c>
       <c r="G31" t="s">
-        <v>38</v>
+        <v>220</v>
       </c>
       <c r="H31" s="1">
-        <v>45091</v>
+        <v>43986</v>
       </c>
       <c r="I31" s="1">
-        <v>45091.56237725543</v>
+        <v>45168.4163469249</v>
       </c>
       <c r="J31" t="s">
+        <v>221</v>
+      </c>
+      <c r="K31" t="s">
+        <v>192</v>
+      </c>
+      <c r="L31" s="1">
+        <v>43986</v>
+      </c>
+      <c r="M31" t="s">
         <v>222</v>
       </c>
-      <c r="K31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N31" t="s">
-        <v>41</v>
+        <v>223</v>
       </c>
       <c r="O31" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="S31" t="b">
         <v>1</v>
       </c>
       <c r="U31" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="V31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="W31">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>23</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F32" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G32" t="s">
-        <v>226</v>
+        <v>62</v>
       </c>
       <c r="H32" s="1">
-        <v>45091</v>
+        <v>45160</v>
       </c>
       <c r="I32" s="1">
-        <v>45091.54031821869</v>
+        <v>45160.54261202288</v>
       </c>
       <c r="J32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K32" t="s">
         <v>31</v>
       </c>
       <c r="M32" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="N32" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="P32" t="s">
-        <v>228</v>
+        <v>229</v>
+      </c>
+      <c r="R32" t="s">
+        <v>230</v>
       </c>
       <c r="S32" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T32" s="1">
+        <v>45827</v>
       </c>
       <c r="U32" s="2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="V32" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="W32">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>23</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="F33" t="s">
         <v>28</v>
       </c>
       <c r="G33" t="s">
-        <v>232</v>
+        <v>53</v>
       </c>
       <c r="H33" s="1">
-        <v>43808</v>
+        <v>45091</v>
       </c>
       <c r="I33" s="1">
-        <v>45090.38340806768</v>
+        <v>45091.56237725543</v>
       </c>
       <c r="J33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K33" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>43808</v>
+        <v>31</v>
       </c>
       <c r="M33" t="s">
-        <v>210</v>
+        <v>55</v>
       </c>
       <c r="N33" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>56</v>
+      </c>
+      <c r="O33" t="s">
+        <v>57</v>
       </c>
       <c r="S33" t="b">
         <v>1</v>
       </c>
       <c r="U33" s="2" t="s">
         <v>235</v>
       </c>
       <c r="V33" t="s">
         <v>236</v>
       </c>
       <c r="W33">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>23</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>237</v>
       </c>
       <c r="F34" t="s">
         <v>28</v>
       </c>
       <c r="G34" t="s">
-        <v>131</v>
+        <v>238</v>
       </c>
       <c r="H34" s="1">
-        <v>43808</v>
+        <v>45091</v>
       </c>
       <c r="I34" s="1">
-        <v>45090.37177460259</v>
+        <v>45091.54031821869</v>
       </c>
       <c r="J34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K34" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>43808</v>
+        <v>31</v>
       </c>
       <c r="M34" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="N34" t="s">
-        <v>133</v>
-[...5 lines deleted...]
-        <v>190</v>
+        <v>178</v>
+      </c>
+      <c r="P34" t="s">
+        <v>240</v>
       </c>
       <c r="S34" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1</v>
       </c>
       <c r="U34" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="V34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="W34">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>23</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F35" t="s">
         <v>28</v>
       </c>
       <c r="G35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H35" s="1">
         <v>43808</v>
       </c>
       <c r="I35" s="1">
-        <v>45090.36496330667</v>
+        <v>45090.38340806768</v>
       </c>
       <c r="J35" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="K35" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L35" s="1">
         <v>43808</v>
       </c>
       <c r="M35" t="s">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="N35" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="R35" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q35" t="s">
         <v>246</v>
       </c>
       <c r="S35" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45108</v>
+        <v>1</v>
       </c>
       <c r="U35" s="2" t="s">
         <v>247</v>
       </c>
       <c r="V35" t="s">
         <v>248</v>
       </c>
       <c r="W35">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>23</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>249</v>
       </c>
       <c r="F36" t="s">
         <v>28</v>
       </c>
       <c r="G36" t="s">
+        <v>29</v>
+      </c>
+      <c r="H36" s="1">
+        <v>43808</v>
+      </c>
+      <c r="I36" s="1">
+        <v>45090.37177460259</v>
+      </c>
+      <c r="J36" t="s">
         <v>250</v>
       </c>
-      <c r="H36" s="1">
-[...5 lines deleted...]
-      <c r="J36" t="s">
+      <c r="K36" t="s">
+        <v>192</v>
+      </c>
+      <c r="L36" s="1">
+        <v>43808</v>
+      </c>
+      <c r="M36" t="s">
+        <v>32</v>
+      </c>
+      <c r="N36" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q36" t="s">
         <v>251</v>
       </c>
-      <c r="K36" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R36" t="s">
-        <v>255</v>
+        <v>34</v>
       </c>
       <c r="S36" t="b">
         <v>0</v>
       </c>
       <c r="T36" s="1">
-        <v>45289</v>
+        <v>45292</v>
       </c>
       <c r="U36" s="2" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="V36" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="W36">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>23</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="F37" t="s">
         <v>28</v>
       </c>
       <c r="G37" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="H37" s="1">
-        <v>43160</v>
+        <v>43808</v>
       </c>
       <c r="I37" s="1">
-        <v>45063.66900538059</v>
+        <v>45090.36496330667</v>
       </c>
       <c r="J37" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="K37" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L37" s="1">
-        <v>43160</v>
+        <v>43808</v>
       </c>
       <c r="M37" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="N37" t="s">
-        <v>253</v>
-[...5 lines deleted...]
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="R37" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="S37" t="b">
         <v>0</v>
       </c>
       <c r="T37" s="1">
-        <v>45289</v>
+        <v>45108</v>
       </c>
       <c r="U37" s="2" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="V37" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="W37">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
         <v>23</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="F38" t="s">
         <v>28</v>
       </c>
       <c r="G38" t="s">
+        <v>262</v>
+      </c>
+      <c r="H38" s="1">
+        <v>43334</v>
+      </c>
+      <c r="I38" s="1">
+        <v>45068.46729241357</v>
+      </c>
+      <c r="J38" t="s">
+        <v>263</v>
+      </c>
+      <c r="K38" t="s">
+        <v>192</v>
+      </c>
+      <c r="L38" s="1">
+        <v>43334</v>
+      </c>
+      <c r="M38" t="s">
+        <v>264</v>
+      </c>
+      <c r="N38" t="s">
+        <v>265</v>
+      </c>
+      <c r="O38" t="s">
         <v>266</v>
       </c>
-      <c r="H38" s="1">
-[...5 lines deleted...]
-      <c r="J38" t="s">
+      <c r="R38" t="s">
         <v>267</v>
       </c>
-      <c r="K38" t="s">
-[...5 lines deleted...]
-      <c r="M38" t="s">
+      <c r="S38" t="b">
+        <v>0</v>
+      </c>
+      <c r="T38" s="1">
+        <v>45289</v>
+      </c>
+      <c r="U38" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="N38" t="s">
+      <c r="V38" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
       <c r="W38">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
         <v>23</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F39" t="s">
         <v>28</v>
       </c>
       <c r="G39" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="H39" s="1">
-        <v>43076</v>
+        <v>43160</v>
       </c>
       <c r="I39" s="1">
-        <v>45063.6474490105</v>
+        <v>45063.66900538059</v>
       </c>
       <c r="J39" t="s">
+        <v>272</v>
+      </c>
+      <c r="K39" t="s">
+        <v>192</v>
+      </c>
+      <c r="L39" s="1">
+        <v>43160</v>
+      </c>
+      <c r="M39" t="s">
+        <v>264</v>
+      </c>
+      <c r="N39" t="s">
+        <v>265</v>
+      </c>
+      <c r="O39" t="s">
         <v>273</v>
       </c>
-      <c r="K39" t="s">
-[...11 lines deleted...]
-      <c r="O39" t="s">
+      <c r="Q39" t="s">
         <v>274</v>
       </c>
-      <c r="Q39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="S39" t="b">
         <v>0</v>
       </c>
       <c r="T39" s="1">
         <v>45289</v>
       </c>
       <c r="U39" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="V39" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="W39">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" t="s">
         <v>23</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="F40" t="s">
         <v>28</v>
       </c>
       <c r="G40" t="s">
+        <v>278</v>
+      </c>
+      <c r="H40" s="1">
+        <v>43164</v>
+      </c>
+      <c r="I40" s="1">
+        <v>45063.65426188876</v>
+      </c>
+      <c r="J40" t="s">
+        <v>279</v>
+      </c>
+      <c r="K40" t="s">
+        <v>192</v>
+      </c>
+      <c r="L40" s="1">
+        <v>43164</v>
+      </c>
+      <c r="M40" t="s">
         <v>280</v>
       </c>
-      <c r="H40" s="1">
-[...5 lines deleted...]
-      <c r="J40" t="s">
+      <c r="N40" t="s">
         <v>281</v>
       </c>
-      <c r="K40" t="s">
-[...11 lines deleted...]
-      <c r="Q40" t="s">
+      <c r="S40" t="b">
+        <v>1</v>
+      </c>
+      <c r="U40" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="S40" t="b">
-[...2 lines deleted...]
-      <c r="U40" s="2" t="s">
+      <c r="V40" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="W40">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" t="s">
         <v>23</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F41" t="s">
         <v>28</v>
       </c>
       <c r="G41" t="s">
+        <v>271</v>
+      </c>
+      <c r="H41" s="1">
+        <v>43076</v>
+      </c>
+      <c r="I41" s="1">
+        <v>45063.6474490105</v>
+      </c>
+      <c r="J41" t="s">
+        <v>285</v>
+      </c>
+      <c r="K41" t="s">
+        <v>192</v>
+      </c>
+      <c r="L41" s="1">
+        <v>43076</v>
+      </c>
+      <c r="M41" t="s">
+        <v>264</v>
+      </c>
+      <c r="N41" t="s">
+        <v>265</v>
+      </c>
+      <c r="O41" t="s">
         <v>286</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
       <c r="Q41" t="s">
         <v>287</v>
       </c>
       <c r="R41" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="S41" t="b">
         <v>0</v>
       </c>
       <c r="T41" s="1">
         <v>45289</v>
       </c>
       <c r="U41" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="V41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="W41">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" t="s">
         <v>23</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F42" t="s">
         <v>28</v>
       </c>
       <c r="G42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H42" s="1">
-        <v>42808</v>
+        <v>42900</v>
       </c>
       <c r="I42" s="1">
-        <v>45043.41742083156</v>
+        <v>45063.56664811345</v>
       </c>
       <c r="J42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="K42" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L42" s="1">
-        <v>42808</v>
+        <v>42900</v>
       </c>
       <c r="M42" t="s">
-        <v>293</v>
+        <v>157</v>
       </c>
       <c r="N42" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q42" t="s">
         <v>294</v>
       </c>
       <c r="S42" t="b">
         <v>1</v>
       </c>
       <c r="U42" s="2" t="s">
         <v>295</v>
       </c>
       <c r="V42" t="s">
         <v>296</v>
       </c>
       <c r="W42">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
         <v>23</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>297</v>
       </c>
       <c r="F43" t="s">
         <v>28</v>
       </c>
       <c r="G43" t="s">
         <v>298</v>
       </c>
       <c r="H43" s="1">
-        <v>42808</v>
+        <v>42900</v>
       </c>
       <c r="I43" s="1">
-        <v>45043.41054823634</v>
+        <v>45043.42685649925</v>
       </c>
       <c r="J43" t="s">
+        <v>293</v>
+      </c>
+      <c r="K43" t="s">
+        <v>192</v>
+      </c>
+      <c r="L43" s="1">
+        <v>42900</v>
+      </c>
+      <c r="M43" t="s">
+        <v>264</v>
+      </c>
+      <c r="N43" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q43" t="s">
         <v>299</v>
       </c>
-      <c r="K43" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R43" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="S43" t="b">
         <v>0</v>
       </c>
       <c r="T43" s="1">
-        <v>45658</v>
+        <v>45289</v>
       </c>
       <c r="U43" s="2" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="V43" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="W43">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" t="s">
         <v>23</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="F44" t="s">
         <v>28</v>
       </c>
       <c r="G44" t="s">
+        <v>303</v>
+      </c>
+      <c r="H44" s="1">
+        <v>42808</v>
+      </c>
+      <c r="I44" s="1">
+        <v>45043.41742083156</v>
+      </c>
+      <c r="J44" t="s">
+        <v>304</v>
+      </c>
+      <c r="K44" t="s">
+        <v>192</v>
+      </c>
+      <c r="L44" s="1">
+        <v>42808</v>
+      </c>
+      <c r="M44" t="s">
+        <v>305</v>
+      </c>
+      <c r="N44" t="s">
         <v>306</v>
       </c>
-      <c r="H44" s="1">
-[...5 lines deleted...]
-      <c r="J44" t="s">
+      <c r="S44" t="b">
+        <v>1</v>
+      </c>
+      <c r="U44" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="K44" t="s">
-[...5 lines deleted...]
-      <c r="M44" t="s">
+      <c r="V44" t="s">
         <v>308</v>
       </c>
-      <c r="N44" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="W44">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" t="s">
         <v>23</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F45" t="s">
         <v>28</v>
       </c>
       <c r="G45" t="s">
+        <v>310</v>
+      </c>
+      <c r="H45" s="1">
+        <v>42808</v>
+      </c>
+      <c r="I45" s="1">
+        <v>45043.41054823634</v>
+      </c>
+      <c r="J45" t="s">
+        <v>311</v>
+      </c>
+      <c r="K45" t="s">
+        <v>192</v>
+      </c>
+      <c r="L45" s="1">
+        <v>42808</v>
+      </c>
+      <c r="M45" t="s">
+        <v>312</v>
+      </c>
+      <c r="N45" t="s">
         <v>313</v>
       </c>
-      <c r="H45" s="1">
-[...5 lines deleted...]
-      <c r="J45" t="s">
+      <c r="R45" t="s">
         <v>314</v>
       </c>
-      <c r="K45" t="s">
-[...5 lines deleted...]
-      <c r="M45" t="s">
+      <c r="S45" t="b">
+        <v>0</v>
+      </c>
+      <c r="T45" s="1">
+        <v>45658</v>
+      </c>
+      <c r="U45" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="N45" t="s">
+      <c r="V45" t="s">
         <v>316</v>
-      </c>
-[...7 lines deleted...]
-        <v>318</v>
       </c>
       <c r="W45">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
         <v>23</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
-        <v>207</v>
+        <v>317</v>
       </c>
       <c r="F46" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G46" t="s">
+        <v>318</v>
+      </c>
+      <c r="H46" s="1">
+        <v>40120</v>
+      </c>
+      <c r="I46" s="1">
+        <v>45035.46882833147</v>
+      </c>
+      <c r="J46" t="s">
         <v>319</v>
       </c>
-      <c r="H46" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="K46" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L46" s="1">
-        <v>44175</v>
+        <v>40120</v>
       </c>
       <c r="M46" t="s">
         <v>320</v>
       </c>
       <c r="N46" t="s">
         <v>321</v>
       </c>
       <c r="S46" t="b">
         <v>1</v>
       </c>
       <c r="U46" s="2" t="s">
         <v>322</v>
       </c>
       <c r="V46" t="s">
         <v>323</v>
       </c>
       <c r="W46">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" t="s">
         <v>23</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="F47" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G47" t="s">
-        <v>200</v>
+        <v>325</v>
       </c>
       <c r="H47" s="1">
-        <v>43362</v>
+        <v>38026</v>
       </c>
       <c r="I47" s="1">
-        <v>45005.4926105944</v>
+        <v>45035.46304261391</v>
       </c>
       <c r="J47" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="K47" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="L47" s="1">
-        <v>43362</v>
+        <v>38026</v>
       </c>
       <c r="M47" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="N47" t="s">
-        <v>326</v>
-[...5 lines deleted...]
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="S47" t="b">
         <v>1</v>
       </c>
       <c r="U47" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="V47" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="W47">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" t="s">
         <v>23</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
-        <v>330</v>
+        <v>219</v>
       </c>
       <c r="F48" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G48" t="s">
         <v>331</v>
       </c>
       <c r="H48" s="1">
-        <v>45000</v>
+        <v>44175</v>
       </c>
       <c r="I48" s="1">
-        <v>45000.68891710889</v>
+        <v>45005.49786293072</v>
       </c>
       <c r="J48" t="s">
+        <v>207</v>
+      </c>
+      <c r="K48" t="s">
+        <v>192</v>
+      </c>
+      <c r="L48" s="1">
+        <v>44175</v>
+      </c>
+      <c r="M48" t="s">
         <v>332</v>
       </c>
-      <c r="K48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N48" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="Q48" t="s">
         <v>333</v>
       </c>
       <c r="S48" t="b">
         <v>1</v>
       </c>
       <c r="U48" s="2" t="s">
         <v>334</v>
       </c>
       <c r="V48" t="s">
         <v>335</v>
       </c>
       <c r="W48">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" t="s">
         <v>23</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
+        <v>270</v>
+      </c>
+      <c r="F49" t="s">
+        <v>61</v>
+      </c>
+      <c r="G49" t="s">
+        <v>212</v>
+      </c>
+      <c r="H49" s="1">
+        <v>43362</v>
+      </c>
+      <c r="I49" s="1">
+        <v>45005.4926105944</v>
+      </c>
+      <c r="J49" t="s">
         <v>336</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="K49" t="s">
+        <v>192</v>
+      </c>
+      <c r="L49" s="1">
+        <v>43362</v>
+      </c>
+      <c r="M49" t="s">
         <v>337</v>
       </c>
-      <c r="H49" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="N49" t="s">
-        <v>98</v>
+        <v>338</v>
       </c>
       <c r="O49" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>187</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>339</v>
       </c>
       <c r="S49" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1</v>
       </c>
       <c r="U49" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="V49" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="W49">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" t="s">
         <v>23</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F50" t="s">
         <v>28</v>
       </c>
       <c r="G50" t="s">
-        <v>95</v>
+        <v>343</v>
       </c>
       <c r="H50" s="1">
-        <v>44546</v>
+        <v>45000</v>
       </c>
       <c r="I50" s="1">
-        <v>45000.65642930681</v>
+        <v>45000.68891710889</v>
       </c>
       <c r="J50" t="s">
-        <v>178</v>
+        <v>344</v>
       </c>
       <c r="K50" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>44546</v>
+        <v>31</v>
       </c>
       <c r="M50" t="s">
-        <v>97</v>
+        <v>55</v>
       </c>
       <c r="N50" t="s">
-        <v>98</v>
+        <v>56</v>
+      </c>
+      <c r="O50" t="s">
+        <v>57</v>
       </c>
       <c r="Q50" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>345</v>
       </c>
       <c r="S50" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1</v>
       </c>
       <c r="U50" s="2" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="V50" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="W50">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" t="s">
         <v>23</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="F51" t="s">
         <v>28</v>
       </c>
       <c r="G51" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="H51" s="1">
         <v>45000</v>
       </c>
       <c r="I51" s="1">
-        <v>45000.64437518221</v>
+        <v>45000.66533388627</v>
       </c>
       <c r="J51" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="K51" t="s">
         <v>31</v>
       </c>
       <c r="M51" t="s">
-        <v>346</v>
+        <v>112</v>
       </c>
       <c r="N51" t="s">
-        <v>347</v>
+        <v>113</v>
       </c>
       <c r="O51" t="s">
-        <v>348</v>
+        <v>171</v>
+      </c>
+      <c r="R51" t="s">
+        <v>172</v>
       </c>
       <c r="S51" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T51" s="1">
+        <v>45658</v>
       </c>
       <c r="U51" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="V51" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="W51">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" t="s">
         <v>23</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F52" t="s">
         <v>28</v>
       </c>
       <c r="G52" t="s">
-        <v>352</v>
+        <v>110</v>
       </c>
       <c r="H52" s="1">
-        <v>43164</v>
+        <v>44546</v>
       </c>
       <c r="I52" s="1">
-        <v>45000.62395710479</v>
+        <v>45000.65642930681</v>
       </c>
       <c r="J52" t="s">
+        <v>191</v>
+      </c>
+      <c r="K52" t="s">
+        <v>192</v>
+      </c>
+      <c r="L52" s="1">
+        <v>44546</v>
+      </c>
+      <c r="M52" t="s">
+        <v>112</v>
+      </c>
+      <c r="N52" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q52" t="s">
         <v>353</v>
       </c>
-      <c r="K52" t="s">
-[...11 lines deleted...]
-      <c r="Q52" t="s">
+      <c r="R52" t="s">
+        <v>172</v>
+      </c>
+      <c r="S52" t="b">
+        <v>0</v>
+      </c>
+      <c r="T52" s="1">
+        <v>45658</v>
+      </c>
+      <c r="U52" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="S52" t="b">
-[...2 lines deleted...]
-      <c r="U52" s="2" t="s">
+      <c r="V52" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="W52">
         <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" t="s">
         <v>23</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="F53" t="s">
         <v>28</v>
       </c>
       <c r="G53" t="s">
-        <v>62</v>
+        <v>357</v>
       </c>
       <c r="H53" s="1">
         <v>45000</v>
       </c>
       <c r="I53" s="1">
-        <v>45000.60269441741</v>
+        <v>45000.64437518221</v>
       </c>
       <c r="J53" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="K53" t="s">
         <v>31</v>
       </c>
       <c r="M53" t="s">
-        <v>63</v>
+        <v>358</v>
       </c>
       <c r="N53" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>359</v>
+      </c>
+      <c r="O53" t="s">
+        <v>360</v>
       </c>
       <c r="R53" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="S53" t="b">
         <v>0</v>
       </c>
       <c r="T53" s="1">
-        <v>45744</v>
+        <v>46016</v>
       </c>
       <c r="U53" s="2" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="V53" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="W53">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
         <v>23</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F54" t="s">
         <v>28</v>
       </c>
       <c r="G54" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H54" s="1">
-        <v>45000</v>
+        <v>43164</v>
       </c>
       <c r="I54" s="1">
-        <v>45000.59742957394</v>
+        <v>45000.62395710479</v>
       </c>
       <c r="J54" t="s">
-        <v>332</v>
+        <v>366</v>
       </c>
       <c r="K54" t="s">
-        <v>31</v>
+        <v>192</v>
+      </c>
+      <c r="L54" s="1">
+        <v>43164</v>
       </c>
       <c r="M54" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="N54" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>359</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>367</v>
       </c>
       <c r="R54" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="S54" t="b">
         <v>0</v>
       </c>
       <c r="T54" s="1">
-        <v>45380</v>
+        <v>46016</v>
       </c>
       <c r="U54" s="2" t="s">
         <v>368</v>
       </c>
       <c r="V54" t="s">
         <v>369</v>
       </c>
       <c r="W54">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
         <v>23</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>370</v>
       </c>
       <c r="F55" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G55" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H55" s="1">
-        <v>44999</v>
+        <v>45000</v>
       </c>
       <c r="I55" s="1">
-        <v>45000.47283428852</v>
+        <v>45000.60269441741</v>
       </c>
       <c r="J55" t="s">
-        <v>371</v>
+        <v>344</v>
       </c>
       <c r="K55" t="s">
         <v>31</v>
       </c>
       <c r="M55" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="N55" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="P55" t="s">
+        <v>371</v>
+      </c>
+      <c r="R55" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="S55" t="b">
         <v>0</v>
       </c>
       <c r="T55" s="1">
-        <v>45748</v>
+        <v>45744</v>
       </c>
       <c r="U55" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="V55" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="W55">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
         <v>23</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
+        <v>375</v>
+      </c>
+      <c r="F56" t="s">
+        <v>28</v>
+      </c>
+      <c r="G56" t="s">
         <v>376</v>
       </c>
-      <c r="F56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H56" s="1">
-        <v>44999</v>
+        <v>45000</v>
       </c>
       <c r="I56" s="1">
-        <v>44999.51911834141</v>
+        <v>45000.59742957394</v>
       </c>
       <c r="J56" t="s">
-        <v>378</v>
+        <v>344</v>
       </c>
       <c r="K56" t="s">
         <v>31</v>
       </c>
       <c r="M56" t="s">
-        <v>49</v>
+        <v>377</v>
       </c>
       <c r="N56" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="O56" t="s">
+        <v>378</v>
+      </c>
+      <c r="P56" t="s">
         <v>379</v>
       </c>
       <c r="R56" t="s">
-        <v>51</v>
+        <v>380</v>
       </c>
       <c r="S56" t="b">
         <v>0</v>
       </c>
       <c r="T56" s="1">
-        <v>45163</v>
+        <v>45380</v>
       </c>
       <c r="U56" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="V56" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="W56">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" t="s">
         <v>23</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F57" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="G57" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="H57" s="1">
-        <v>44887</v>
+        <v>44999</v>
       </c>
       <c r="I57" s="1">
-        <v>44888.45541160785</v>
+        <v>45000.47283428852</v>
       </c>
       <c r="J57" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="K57" t="s">
         <v>31</v>
       </c>
       <c r="M57" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
       <c r="N57" t="s">
-        <v>50</v>
+        <v>97</v>
       </c>
       <c r="P57" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="Q57" t="s">
         <v>385</v>
       </c>
       <c r="R57" t="s">
-        <v>51</v>
+        <v>386</v>
       </c>
       <c r="S57" t="b">
         <v>0</v>
       </c>
       <c r="T57" s="1">
-        <v>45163</v>
+        <v>45748</v>
       </c>
       <c r="U57" s="2" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="V57" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="W57">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" t="s">
         <v>23</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F58" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G58" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H58" s="1">
-        <v>44811</v>
+        <v>44999</v>
       </c>
       <c r="I58" s="1">
-        <v>44817.55029787577</v>
+        <v>44999.51911834141</v>
       </c>
       <c r="J58" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="K58" t="s">
         <v>31</v>
       </c>
       <c r="M58" t="s">
-        <v>391</v>
+        <v>64</v>
       </c>
       <c r="N58" t="s">
+        <v>65</v>
+      </c>
+      <c r="O58" t="s">
         <v>392</v>
       </c>
+      <c r="R58" t="s">
+        <v>66</v>
+      </c>
       <c r="S58" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T58" s="1">
+        <v>45163</v>
       </c>
       <c r="U58" s="2" t="s">
         <v>393</v>
       </c>
       <c r="V58" t="s">
         <v>394</v>
       </c>
       <c r="W58">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" t="s">
         <v>23</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>395</v>
       </c>
       <c r="F59" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="G59" t="s">
+        <v>62</v>
+      </c>
+      <c r="H59" s="1">
+        <v>44887</v>
+      </c>
+      <c r="I59" s="1">
+        <v>44888.45541160785</v>
+      </c>
+      <c r="J59" t="s">
         <v>396</v>
-      </c>
-[...7 lines deleted...]
-        <v>397</v>
       </c>
       <c r="K59" t="s">
         <v>31</v>
       </c>
       <c r="M59" t="s">
+        <v>64</v>
+      </c>
+      <c r="N59" t="s">
+        <v>65</v>
+      </c>
+      <c r="P59" t="s">
+        <v>397</v>
+      </c>
+      <c r="Q59" t="s">
         <v>398</v>
       </c>
-      <c r="N59" t="s">
+      <c r="R59" t="s">
+        <v>66</v>
+      </c>
+      <c r="S59" t="b">
+        <v>0</v>
+      </c>
+      <c r="T59" s="1">
+        <v>45163</v>
+      </c>
+      <c r="U59" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="S59" t="b">
-[...2 lines deleted...]
-      <c r="U59" s="2" t="s">
+      <c r="V59" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="W59">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" t="s">
         <v>23</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="F60" t="s">
         <v>28</v>
       </c>
       <c r="G60" t="s">
+        <v>402</v>
+      </c>
+      <c r="H60" s="1">
+        <v>44811</v>
+      </c>
+      <c r="I60" s="1">
+        <v>44817.55029787577</v>
+      </c>
+      <c r="J60" t="s">
         <v>403</v>
-      </c>
-[...7 lines deleted...]
-        <v>404</v>
       </c>
       <c r="K60" t="s">
         <v>31</v>
       </c>
       <c r="M60" t="s">
-        <v>40</v>
+        <v>404</v>
       </c>
       <c r="N60" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>333</v>
+        <v>405</v>
       </c>
       <c r="S60" t="b">
         <v>1</v>
       </c>
       <c r="U60" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="V60" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="W60">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" t="s">
         <v>23</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F61" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="G61" t="s">
-        <v>79</v>
+        <v>409</v>
       </c>
       <c r="H61" s="1">
-        <v>44698</v>
+        <v>44740</v>
       </c>
       <c r="I61" s="1">
-        <v>44701.39326370146</v>
+        <v>44741.70554657969</v>
       </c>
       <c r="J61" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="K61" t="s">
         <v>31</v>
       </c>
       <c r="M61" t="s">
-        <v>81</v>
+        <v>411</v>
       </c>
       <c r="N61" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>412</v>
       </c>
       <c r="S61" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45017</v>
+        <v>1</v>
       </c>
       <c r="U61" s="2" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="V61" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="W61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" t="s">
         <v>23</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="F62" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G62" t="s">
-        <v>47</v>
+        <v>416</v>
       </c>
       <c r="H62" s="1">
-        <v>44677</v>
+        <v>44720</v>
       </c>
       <c r="I62" s="1">
-        <v>44678.39054139721</v>
+        <v>44726.437546925</v>
       </c>
       <c r="J62" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="K62" t="s">
         <v>31</v>
       </c>
       <c r="M62" t="s">
-        <v>413</v>
+        <v>55</v>
       </c>
       <c r="N62" t="s">
-        <v>414</v>
-[...5 lines deleted...]
-        <v>379</v>
+        <v>56</v>
+      </c>
+      <c r="O62" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>345</v>
       </c>
       <c r="S62" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>44903</v>
+        <v>1</v>
       </c>
       <c r="U62" s="2" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="V62" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="W62">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" t="s">
         <v>23</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F63" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G63" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="H63" s="1">
-        <v>44629</v>
+        <v>44698</v>
       </c>
       <c r="I63" s="1">
-        <v>44630.60832868399</v>
+        <v>44701.39326370146</v>
       </c>
       <c r="J63" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="K63" t="s">
         <v>31</v>
       </c>
       <c r="M63" t="s">
-        <v>63</v>
+        <v>96</v>
       </c>
       <c r="N63" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="R63" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="S63" t="b">
         <v>0</v>
       </c>
       <c r="T63" s="1">
-        <v>45015</v>
+        <v>45017</v>
       </c>
       <c r="U63" s="2" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="V63" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="W63">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" t="s">
         <v>23</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="F64" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="G64" t="s">
-        <v>363</v>
+        <v>62</v>
       </c>
       <c r="H64" s="1">
-        <v>44629</v>
+        <v>44677</v>
       </c>
       <c r="I64" s="1">
-        <v>44630.60516664945</v>
+        <v>44678.39054139721</v>
       </c>
       <c r="J64" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="K64" t="s">
         <v>31</v>
       </c>
       <c r="M64" t="s">
-        <v>364</v>
+        <v>426</v>
       </c>
       <c r="N64" t="s">
-        <v>365</v>
+        <v>427</v>
+      </c>
+      <c r="P64" t="s">
+        <v>428</v>
       </c>
       <c r="R64" t="s">
-        <v>115</v>
+        <v>392</v>
       </c>
       <c r="S64" t="b">
         <v>0</v>
       </c>
       <c r="T64" s="1">
-        <v>45015</v>
+        <v>44903</v>
       </c>
       <c r="U64" s="2" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="V64" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="W64">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" t="s">
         <v>23</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F65" t="s">
         <v>28</v>
       </c>
       <c r="G65" t="s">
-        <v>427</v>
+        <v>77</v>
       </c>
       <c r="H65" s="1">
         <v>44629</v>
       </c>
       <c r="I65" s="1">
-        <v>44630.60147749822</v>
+        <v>44630.60832868399</v>
       </c>
       <c r="J65" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="K65" t="s">
         <v>31</v>
       </c>
       <c r="M65" t="s">
-        <v>428</v>
+        <v>78</v>
       </c>
       <c r="N65" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>79</v>
       </c>
       <c r="R65" t="s">
-        <v>431</v>
+        <v>80</v>
       </c>
       <c r="S65" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T65" s="1">
+        <v>45015</v>
       </c>
       <c r="U65" s="2" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="V65" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="W65">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" t="s">
         <v>23</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F66" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G66" t="s">
-        <v>435</v>
+        <v>376</v>
       </c>
       <c r="H66" s="1">
         <v>44629</v>
       </c>
       <c r="I66" s="1">
-        <v>44629.55779952279</v>
+        <v>44630.60516664945</v>
       </c>
       <c r="J66" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="K66" t="s">
         <v>31</v>
       </c>
       <c r="M66" t="s">
-        <v>436</v>
+        <v>377</v>
       </c>
       <c r="N66" t="s">
-        <v>437</v>
+        <v>378</v>
       </c>
       <c r="R66" t="s">
-        <v>438</v>
+        <v>130</v>
       </c>
       <c r="S66" t="b">
         <v>0</v>
       </c>
       <c r="T66" s="1">
-        <v>45659</v>
+        <v>45015</v>
       </c>
       <c r="U66" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="V66" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="W66">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" t="s">
         <v>23</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="F67" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="G67" t="s">
-        <v>47</v>
+        <v>440</v>
       </c>
       <c r="H67" s="1">
-        <v>44607</v>
+        <v>44629</v>
       </c>
       <c r="I67" s="1">
-        <v>44608.60933042001</v>
+        <v>44630.60147749822</v>
       </c>
       <c r="J67" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="K67" t="s">
         <v>31</v>
       </c>
       <c r="M67" t="s">
-        <v>413</v>
+        <v>441</v>
       </c>
       <c r="N67" t="s">
-        <v>414</v>
+        <v>442</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>443</v>
       </c>
       <c r="R67" t="s">
-        <v>384</v>
+        <v>444</v>
       </c>
       <c r="S67" t="b">
+        <v>1</v>
+      </c>
+      <c r="U67" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="V67" t="s">
+        <v>446</v>
+      </c>
+      <c r="W67">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:23">
+      <c r="A68" t="s">
+        <v>23</v>
+      </c>
+      <c r="B68" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" t="s">
+        <v>25</v>
+      </c>
+      <c r="D68" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" t="s">
+        <v>447</v>
+      </c>
+      <c r="F68" t="s">
+        <v>61</v>
+      </c>
+      <c r="G68" t="s">
+        <v>448</v>
+      </c>
+      <c r="H68" s="1">
+        <v>44629</v>
+      </c>
+      <c r="I68" s="1">
+        <v>44629.55779952279</v>
+      </c>
+      <c r="J68" t="s">
+        <v>436</v>
+      </c>
+      <c r="K68" t="s">
+        <v>31</v>
+      </c>
+      <c r="M68" t="s">
+        <v>449</v>
+      </c>
+      <c r="N68" t="s">
+        <v>450</v>
+      </c>
+      <c r="R68" t="s">
+        <v>451</v>
+      </c>
+      <c r="S68" t="b">
         <v>0</v>
       </c>
-      <c r="T67" s="1">
+      <c r="T68" s="1">
+        <v>45659</v>
+      </c>
+      <c r="U68" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="V68" t="s">
+        <v>453</v>
+      </c>
+      <c r="W68">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69" spans="1:23">
+      <c r="A69" t="s">
+        <v>23</v>
+      </c>
+      <c r="B69" t="s">
+        <v>24</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" t="s">
+        <v>454</v>
+      </c>
+      <c r="F69" t="s">
+        <v>61</v>
+      </c>
+      <c r="G69" t="s">
+        <v>62</v>
+      </c>
+      <c r="H69" s="1">
+        <v>44607</v>
+      </c>
+      <c r="I69" s="1">
+        <v>44608.60933042001</v>
+      </c>
+      <c r="J69" t="s">
+        <v>455</v>
+      </c>
+      <c r="K69" t="s">
+        <v>31</v>
+      </c>
+      <c r="M69" t="s">
+        <v>426</v>
+      </c>
+      <c r="N69" t="s">
+        <v>427</v>
+      </c>
+      <c r="R69" t="s">
+        <v>397</v>
+      </c>
+      <c r="S69" t="b">
+        <v>0</v>
+      </c>
+      <c r="T69" s="1">
         <v>44693</v>
       </c>
-      <c r="U67" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W67">
+      <c r="U69" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="V69" t="s">
+        <v>457</v>
+      </c>
+      <c r="W69">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>
     <hyperlink ref="U11" r:id="rId10"/>
     <hyperlink ref="U12" r:id="rId11"/>
     <hyperlink ref="U13" r:id="rId12"/>
     <hyperlink ref="U14" r:id="rId13"/>
     <hyperlink ref="U15" r:id="rId14"/>
     <hyperlink ref="U16" r:id="rId15"/>
     <hyperlink ref="U17" r:id="rId16"/>
     <hyperlink ref="U18" r:id="rId17"/>
     <hyperlink ref="U19" r:id="rId18"/>
     <hyperlink ref="U20" r:id="rId19"/>
     <hyperlink ref="U21" r:id="rId20"/>
@@ -5771,50 +5940,52 @@
     <hyperlink ref="U43" r:id="rId42"/>
     <hyperlink ref="U44" r:id="rId43"/>
     <hyperlink ref="U45" r:id="rId44"/>
     <hyperlink ref="U46" r:id="rId45"/>
     <hyperlink ref="U47" r:id="rId46"/>
     <hyperlink ref="U48" r:id="rId47"/>
     <hyperlink ref="U49" r:id="rId48"/>
     <hyperlink ref="U50" r:id="rId49"/>
     <hyperlink ref="U51" r:id="rId50"/>
     <hyperlink ref="U52" r:id="rId51"/>
     <hyperlink ref="U53" r:id="rId52"/>
     <hyperlink ref="U54" r:id="rId53"/>
     <hyperlink ref="U55" r:id="rId54"/>
     <hyperlink ref="U56" r:id="rId55"/>
     <hyperlink ref="U57" r:id="rId56"/>
     <hyperlink ref="U58" r:id="rId57"/>
     <hyperlink ref="U59" r:id="rId58"/>
     <hyperlink ref="U60" r:id="rId59"/>
     <hyperlink ref="U61" r:id="rId60"/>
     <hyperlink ref="U62" r:id="rId61"/>
     <hyperlink ref="U63" r:id="rId62"/>
     <hyperlink ref="U64" r:id="rId63"/>
     <hyperlink ref="U65" r:id="rId64"/>
     <hyperlink ref="U66" r:id="rId65"/>
     <hyperlink ref="U67" r:id="rId66"/>
+    <hyperlink ref="U68" r:id="rId67"/>
+    <hyperlink ref="U69" r:id="rId68"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>