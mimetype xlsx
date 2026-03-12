--- v0 (2025-12-13)
+++ v1 (2026-03-12)
@@ -1575,51 +1575,51 @@
       <c r="H7" s="1">
         <v>45826</v>
       </c>
       <c r="I7" s="1">
         <v>45855.50434554813</v>
       </c>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
         <v>32</v>
       </c>
       <c r="N7" t="s">
         <v>33</v>
       </c>
       <c r="P7" t="s">
         <v>68</v>
       </c>
       <c r="R7" t="s">
         <v>69</v>
       </c>
       <c r="S7" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1">
         <v>46013</v>
       </c>
       <c r="U7" s="2" t="s">
         <v>70</v>
       </c>
       <c r="V7" t="s">
         <v>71</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
@@ -1920,51 +1920,51 @@
       <c r="H13" s="1">
         <v>45217</v>
       </c>
       <c r="I13" s="1">
         <v>45226.33848782776</v>
       </c>
       <c r="J13" t="s">
         <v>93</v>
       </c>
       <c r="K13" t="s">
         <v>31</v>
       </c>
       <c r="M13" t="s">
         <v>47</v>
       </c>
       <c r="N13" t="s">
         <v>48</v>
       </c>
       <c r="P13" t="s">
         <v>108</v>
       </c>
       <c r="R13" t="s">
         <v>109</v>
       </c>
       <c r="S13" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T13" s="1">
         <v>46023</v>
       </c>
       <c r="U13" s="2" t="s">
         <v>110</v>
       </c>
       <c r="V13" t="s">
         <v>111</v>
       </c>
       <c r="W13">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
@@ -1982,51 +1982,51 @@
       <c r="H14" s="1">
         <v>45182</v>
       </c>
       <c r="I14" s="1">
         <v>45187.7240630592</v>
       </c>
       <c r="J14" t="s">
         <v>93</v>
       </c>
       <c r="K14" t="s">
         <v>31</v>
       </c>
       <c r="M14" t="s">
         <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>115</v>
       </c>
       <c r="P14" t="s">
         <v>116</v>
       </c>
       <c r="R14" t="s">
         <v>117</v>
       </c>
       <c r="S14" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1">
         <v>46013</v>
       </c>
       <c r="U14" s="2" t="s">
         <v>118</v>
       </c>
       <c r="V14" t="s">
         <v>119</v>
       </c>
       <c r="W14">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">