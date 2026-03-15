--- v0 (2025-12-31)
+++ v1 (2026-03-15)
@@ -1385,51 +1385,51 @@
       <c r="H11" s="1">
         <v>42705</v>
       </c>
       <c r="I11" s="1">
         <v>44650.52489316149</v>
       </c>
       <c r="J11" t="s">
         <v>91</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
       <c r="L11" s="1">
         <v>42705</v>
       </c>
       <c r="M11" t="s">
         <v>32</v>
       </c>
       <c r="N11" t="s">
         <v>33</v>
       </c>
       <c r="R11" t="s">
         <v>92</v>
       </c>
       <c r="S11" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1">
         <v>46024</v>
       </c>
       <c r="U11" s="2" t="s">
         <v>93</v>
       </c>
       <c r="V11" t="s">
         <v>94</v>
       </c>
       <c r="W11">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">