--- v0 (2026-01-25)
+++ v1 (2026-03-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="142">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -93,98 +93,116 @@
   <si>
     <t>Zrušeno k</t>
   </si>
   <si>
     <t>URL záznamu</t>
   </si>
   <si>
     <t>ID zprávy prvotního vkladu</t>
   </si>
   <si>
     <t>Verze</t>
   </si>
   <si>
     <t>OBEC KYTÍN</t>
   </si>
   <si>
     <t>00640794</t>
   </si>
   <si>
     <t>fkzaj6q</t>
   </si>
   <si>
     <t>Středočeský kraj</t>
   </si>
   <si>
+    <t>1/2026</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška obce Kytín o stanovení obecního systému odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>Běžný</t>
+  </si>
+  <si>
+    <t>systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>zákon č. 541/2020 Sb., o odpadech - § 59 odst. 4</t>
+  </si>
+  <si>
+    <t>4/2025: Obecně závazná vyhláška obce Kytín o stanovení obecního systému odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPLVWTVC4OFMXIE</t>
+  </si>
+  <si>
+    <t>1652674926</t>
+  </si>
+  <si>
     <t>5/2025</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška</t>
-[...1 lines deleted...]
-  <si>
     <t>Obecně závazná vyhláška obce KYTÍN o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>2026-01-01</t>
   </si>
   <si>
-    <t>Běžný</t>
-[...1 lines deleted...]
-  <si>
     <t>místní poplatek za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>2/2023: o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPFMMWKZ3UZ5TZM</t>
   </si>
   <si>
     <t>1623519963</t>
   </si>
   <si>
     <t>4/2025</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška obce Kytín o stanovení obecního systému odpadového hospodářství</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-02</t>
   </si>
   <si>
-    <t>systém odpadového hospodářství</t>
-[...4 lines deleted...]
-  <si>
     <t>2/2015: Obecně závazná vyhláška obce Kytín č. 2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání  a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín; 1/2016: Obecně závazná vyhláška obce Kytín č. 1/2016, kterou se mění a doplňuje vyhláška č.2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín; 3/2017: Obecně závazná vyhláška obce Kytín č. 3/2017,kterou se mění a doplňuje vyhláška č.2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín; 3/2018: Obecně závazná vyhláška obce Kytín č. 3/2018, kterou se mění a doplňuje vyhláška č.2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín</t>
   </si>
   <si>
+    <t>1/2026: Obecně závazná vyhláška obce Kytín o stanovení obecního systému odpadového hospodářství</t>
+  </si>
+  <si>
     <t>https://sbirkapp.gov.cz/detail/SPP4FBJTBM2FCZHI</t>
   </si>
   <si>
     <t>1623505512</t>
   </si>
   <si>
     <t>3/2025</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Kytín o nočním klidu</t>
   </si>
   <si>
     <t>2025-08-01</t>
   </si>
   <si>
     <t>noční klid</t>
   </si>
   <si>
     <t>zákon č. 251/2016 Sb., o některých přestupcích - § 5 odst. 7</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPSRAZOENIIOOIG</t>
   </si>
   <si>
     <t>1553425206</t>
@@ -241,53 +259,50 @@
     <t>2020-08-21</t>
   </si>
   <si>
     <t>Dle přechodného ustanovení</t>
   </si>
   <si>
     <t>2/2025: Obecně závazná vyhláška obce Kytín o stanovení podmínek pro pořádání a průběh akcí typu technoparty a o zabezpečení místních záležitostí veřejného pořádku  v souvislosti s jejich konáním</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPP5KNCL6AI6ZXJQ</t>
   </si>
   <si>
     <t>1449333255</t>
   </si>
   <si>
     <t>3/2018</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Kytín č. 3/2018, kterou se mění a doplňuje vyhláška č.2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín</t>
   </si>
   <si>
     <t>2019-01-01</t>
   </si>
   <si>
     <t>2/2015: Obecně závazná vyhláška obce Kytín č. 2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání  a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín</t>
-  </si>
-[...1 lines deleted...]
-    <t>4/2025: Obecně závazná vyhláška obce Kytín o stanovení obecního systému odpadového hospodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPZZQ2VGU6RKDZQ</t>
   </si>
   <si>
     <t>1449292421</t>
   </si>
   <si>
     <t>3/2017</t>
   </si>
   <si>
     <t>Obecně závazná vyhláška obce Kytín č. 3/2017,kterou se mění a doplňuje vyhláška č.2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín</t>
   </si>
   <si>
     <t>2018-01-01</t>
   </si>
   <si>
     <t>3/2018: Obecně závazná vyhláška obce Kytín č. 3/2018, kterou se mění a doplňuje vyhláška č.2/2015 o stanovení systému shromažďování, sběru, přepravy, třídění, využívání a odstraňování komunálních odpadů a nakládání se stavebním odpadem na území obce Kytín</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPB44VADWFSEMRE</t>
   </si>
   <si>
     <t>1449275788</t>
   </si>
@@ -772,56 +787,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFMMWKZ3UZ5TZM" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP4FBJTBM2FCZHI" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSRAZOENIIOOIG" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPCZBL3NUZRY6WG" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQNDIY7G6TOTWE" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP5KNCL6AI6ZXJQ" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZZQ2VGU6RKDZQ" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPB44VADWFSEMRE" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP773UIAKOWRA44" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNQZTLLRWO7QXS" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWTHQN2CATWVFU" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2NA67XBNFHVCC" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVBXO4NJONDXAA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTIJYCMZR753TG" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPH3JJU5U64SIV2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPZO55P6KGODDY" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPLVWTVC4OFMXIE" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPFMMWKZ3UZ5TZM" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP4FBJTBM2FCZHI" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPSRAZOENIIOOIG" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPCZBL3NUZRY6WG" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQNDIY7G6TOTWE" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP5KNCL6AI6ZXJQ" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZZQ2VGU6RKDZQ" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPB44VADWFSEMRE" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP773UIAKOWRA44" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNQZTLLRWO7QXS" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPWTHQN2CATWVFU" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP2NA67XBNFHVCC" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPVBXO4NJONDXAA" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPTIJYCMZR753TG" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPH3JJU5U64SIV2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPPZO55P6KGODDY" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W17"/>
+  <dimension ref="A1:W18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" customWidth="1"/>
     <col min="13" max="13" width="70.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="70.7109375" customWidth="1"/>
     <col min="16" max="16" width="70.7109375" customWidth="1"/>
     <col min="17" max="17" width="70.7109375" customWidth="1"/>
@@ -905,54 +920,54 @@
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="1">
-        <v>46008</v>
+        <v>46071</v>
       </c>
       <c r="I2" s="1">
-        <v>46009.59183674418</v>
+        <v>46072.47167143749</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="P2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="V2" t="s">
         <v>36</v>
       </c>
@@ -964,939 +979,1002 @@
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" s="1">
         <v>46008</v>
       </c>
       <c r="I3" s="1">
-        <v>46009.58394832865</v>
+        <v>46009.59183674418</v>
       </c>
       <c r="J3" t="s">
         <v>39</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>40</v>
       </c>
       <c r="N3" t="s">
         <v>41</v>
       </c>
       <c r="P3" t="s">
         <v>42</v>
       </c>
       <c r="S3" t="b">
         <v>1</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>43</v>
       </c>
       <c r="V3" t="s">
         <v>44</v>
       </c>
       <c r="W3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" s="1">
+        <v>46008</v>
+      </c>
+      <c r="I4" s="1">
+        <v>46009.58394832865</v>
+      </c>
+      <c r="J4" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>33</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+      <c r="R4" t="s">
         <v>48</v>
       </c>
-      <c r="N4" t="s">
+      <c r="S4" t="b">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1">
+        <v>46087</v>
+      </c>
+      <c r="U4" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="S4" t="b">
-[...2 lines deleted...]
-      <c r="U4" s="2" t="s">
+      <c r="V4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="W4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H5" s="1">
         <v>45854</v>
       </c>
       <c r="I5" s="1">
-        <v>45855.45816657337</v>
+        <v>45855.46235967891</v>
       </c>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
         <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>55</v>
       </c>
-      <c r="P5" t="s">
+      <c r="S5" t="b">
+        <v>1</v>
+      </c>
+      <c r="U5" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="S5" t="b">
-[...2 lines deleted...]
-      <c r="U5" s="2" t="s">
+      <c r="V5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="W5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H6" s="1">
         <v>45854</v>
       </c>
       <c r="I6" s="1">
-        <v>45855.45292995315</v>
+        <v>45855.45816657337</v>
       </c>
       <c r="J6" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
         <v>61</v>
       </c>
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>62</v>
       </c>
-      <c r="P6" t="s">
+      <c r="S6" t="b">
+        <v>1</v>
+      </c>
+      <c r="U6" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="S6" t="b">
-[...2 lines deleted...]
-      <c r="U6" s="2" t="s">
+      <c r="V6" t="s">
         <v>64</v>
       </c>
-      <c r="V6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W6">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F7" t="s">
         <v>28</v>
       </c>
       <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7" s="1">
+        <v>45854</v>
+      </c>
+      <c r="I7" s="1">
+        <v>45855.45292995315</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>31</v>
+      </c>
+      <c r="M7" t="s">
         <v>67</v>
       </c>
-      <c r="H7" s="1">
-[...5 lines deleted...]
-      <c r="J7" t="s">
+      <c r="N7" t="s">
         <v>68</v>
       </c>
-      <c r="K7" t="s">
+      <c r="P7" t="s">
         <v>69</v>
       </c>
-      <c r="L7" s="1">
-[...8 lines deleted...]
-      <c r="R7" t="s">
+      <c r="S7" t="b">
+        <v>1</v>
+      </c>
+      <c r="U7" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="S7" t="b">
-[...5 lines deleted...]
-      <c r="U7" s="2" t="s">
+      <c r="V7" t="s">
         <v>71</v>
       </c>
-      <c r="V7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W7">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F8" t="s">
         <v>28</v>
       </c>
       <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" s="1">
+        <v>44049</v>
+      </c>
+      <c r="I8" s="1">
+        <v>45632.57072308626</v>
+      </c>
+      <c r="J8" t="s">
         <v>74</v>
       </c>
-      <c r="H8" s="1">
-[...5 lines deleted...]
-      <c r="J8" t="s">
+      <c r="K8" t="s">
         <v>75</v>
       </c>
-      <c r="K8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L8" s="1">
-        <v>43447</v>
+        <v>44049</v>
       </c>
       <c r="M8" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="R8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="S8" t="b">
         <v>0</v>
       </c>
       <c r="T8" s="1">
-        <v>46024</v>
+        <v>45870</v>
       </c>
       <c r="U8" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="V8" t="s">
         <v>78</v>
       </c>
-      <c r="V8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W8">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
+        <v>80</v>
+      </c>
+      <c r="H9" s="1">
+        <v>43447</v>
+      </c>
+      <c r="I9" s="1">
+        <v>45632.53225735135</v>
+      </c>
+      <c r="J9" t="s">
         <v>81</v>
       </c>
-      <c r="H9" s="1">
-[...5 lines deleted...]
-      <c r="J9" t="s">
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9" s="1">
+        <v>43447</v>
+      </c>
+      <c r="M9" t="s">
+        <v>32</v>
+      </c>
+      <c r="N9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O9" t="s">
         <v>82</v>
       </c>
-      <c r="K9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="R9" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="S9" t="b">
         <v>0</v>
       </c>
       <c r="T9" s="1">
         <v>46024</v>
       </c>
       <c r="U9" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="V9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
         <v>28</v>
       </c>
       <c r="G10" t="s">
+        <v>86</v>
+      </c>
+      <c r="H10" s="1">
+        <v>43084</v>
+      </c>
+      <c r="I10" s="1">
+        <v>45632.51618064411</v>
+      </c>
+      <c r="J10" t="s">
         <v>87</v>
       </c>
-      <c r="H10" s="1">
-[...5 lines deleted...]
-      <c r="J10" t="s">
+      <c r="K10" t="s">
+        <v>75</v>
+      </c>
+      <c r="L10" s="1">
+        <v>43084</v>
+      </c>
+      <c r="M10" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" t="s">
+        <v>33</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q10" t="s">
         <v>88</v>
       </c>
-      <c r="K10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="R10" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="S10" t="b">
         <v>0</v>
       </c>
       <c r="T10" s="1">
-        <v>45870</v>
+        <v>46024</v>
       </c>
       <c r="U10" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="V10" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="W10">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
         <v>28</v>
       </c>
       <c r="G11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H11" s="1">
+        <v>42824</v>
+      </c>
+      <c r="I11" s="1">
+        <v>45632.45926530123</v>
+      </c>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" s="1">
+        <v>42824</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
         <v>95</v>
       </c>
-      <c r="H11" s="1">
-[...5 lines deleted...]
-      <c r="J11" t="s">
+      <c r="R11" t="s">
         <v>96</v>
-      </c>
-[...19 lines deleted...]
-        <v>77</v>
       </c>
       <c r="S11" t="b">
         <v>0</v>
       </c>
       <c r="T11" s="1">
-        <v>46024</v>
+        <v>45870</v>
       </c>
       <c r="U11" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="V11" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12" s="1">
+        <v>42398</v>
+      </c>
+      <c r="I12" s="1">
+        <v>45632.43751908472</v>
+      </c>
+      <c r="J12" t="s">
         <v>101</v>
       </c>
-      <c r="H12" s="1">
-[...5 lines deleted...]
-      <c r="J12" t="s">
+      <c r="K12" t="s">
+        <v>75</v>
+      </c>
+      <c r="L12" s="1">
+        <v>42398</v>
+      </c>
+      <c r="M12" t="s">
+        <v>32</v>
+      </c>
+      <c r="N12" t="s">
+        <v>33</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q12" t="s">
         <v>102</v>
       </c>
-      <c r="K12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R12" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="S12" t="b">
         <v>0</v>
       </c>
       <c r="T12" s="1">
         <v>46024</v>
       </c>
       <c r="U12" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="V12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="W12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F13" t="s">
         <v>28</v>
       </c>
       <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" s="1">
+        <v>42361</v>
+      </c>
+      <c r="I13" s="1">
+        <v>45631.60207024121</v>
+      </c>
+      <c r="J13" t="s">
         <v>107</v>
       </c>
-      <c r="H13" s="1">
-[...5 lines deleted...]
-      <c r="J13" t="s">
+      <c r="K13" t="s">
+        <v>75</v>
+      </c>
+      <c r="L13" s="1">
+        <v>42361</v>
+      </c>
+      <c r="M13" t="s">
+        <v>32</v>
+      </c>
+      <c r="N13" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q13" t="s">
         <v>108</v>
       </c>
-      <c r="K13" t="s">
-[...2 lines deleted...]
-      <c r="M13" t="s">
+      <c r="R13" t="s">
+        <v>34</v>
+      </c>
+      <c r="S13" t="b">
+        <v>0</v>
+      </c>
+      <c r="T13" s="1">
+        <v>46024</v>
+      </c>
+      <c r="U13" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="N13" t="s">
+      <c r="V13" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F14" t="s">
         <v>28</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="H14" s="1">
         <v>45273</v>
       </c>
       <c r="I14" s="1">
-        <v>45274.65633464206</v>
+        <v>45274.66168244354</v>
       </c>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="K14" t="s">
         <v>31</v>
       </c>
       <c r="M14" t="s">
-        <v>32</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="P14" t="s">
         <v>115</v>
       </c>
-      <c r="R14" t="s">
+      <c r="S14" t="b">
+        <v>1</v>
+      </c>
+      <c r="U14" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="S14" t="b">
-[...5 lines deleted...]
-      <c r="U14" s="2" t="s">
+      <c r="V14" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="W14">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F15" t="s">
         <v>28</v>
       </c>
       <c r="G15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="H15" s="1">
-        <v>45098</v>
+        <v>45273</v>
       </c>
       <c r="I15" s="1">
-        <v>45099.35546093701</v>
+        <v>45274.65633464206</v>
       </c>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="K15" t="s">
         <v>31</v>
       </c>
       <c r="M15" t="s">
+        <v>40</v>
+      </c>
+      <c r="N15" t="s">
+        <v>41</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+      <c r="R15" t="s">
         <v>121</v>
       </c>
-      <c r="N15" t="s">
+      <c r="S15" t="b">
+        <v>0</v>
+      </c>
+      <c r="T15" s="1">
+        <v>46023</v>
+      </c>
+      <c r="U15" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="S15" t="b">
-[...2 lines deleted...]
-      <c r="U15" s="2" t="s">
+      <c r="V15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="W15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F16" t="s">
         <v>28</v>
       </c>
       <c r="G16" t="s">
+        <v>125</v>
+      </c>
+      <c r="H16" s="1">
+        <v>45098</v>
+      </c>
+      <c r="I16" s="1">
+        <v>45099.35546093701</v>
+      </c>
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" t="s">
+        <v>31</v>
+      </c>
+      <c r="M16" t="s">
         <v>126</v>
       </c>
-      <c r="H16" s="1">
-[...5 lines deleted...]
-      <c r="J16" t="s">
+      <c r="N16" t="s">
         <v>127</v>
       </c>
-      <c r="K16" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S16" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1</v>
       </c>
       <c r="U16" s="2" t="s">
         <v>128</v>
       </c>
       <c r="V16" t="s">
         <v>129</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>130</v>
       </c>
       <c r="F17" t="s">
         <v>28</v>
       </c>
       <c r="G17" t="s">
         <v>131</v>
       </c>
       <c r="H17" s="1">
-        <v>44224</v>
+        <v>44516</v>
       </c>
       <c r="I17" s="1">
-        <v>44943.4609631999</v>
+        <v>44943.46569112165</v>
       </c>
       <c r="J17" t="s">
         <v>132</v>
       </c>
       <c r="K17" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="L17" s="1">
+        <v>44516</v>
+      </c>
+      <c r="M17" t="s">
+        <v>40</v>
+      </c>
+      <c r="N17" t="s">
+        <v>41</v>
+      </c>
+      <c r="R17" t="s">
+        <v>42</v>
+      </c>
+      <c r="S17" t="b">
+        <v>0</v>
+      </c>
+      <c r="T17" s="1">
+        <v>45292</v>
+      </c>
+      <c r="U17" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="V17" t="s">
+        <v>134</v>
+      </c>
+      <c r="W17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18" s="1">
         <v>44224</v>
       </c>
-      <c r="M17" t="s">
-[...14 lines deleted...]
-      <c r="W17">
+      <c r="I18" s="1">
+        <v>44943.4609631999</v>
+      </c>
+      <c r="J18" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" t="s">
+        <v>75</v>
+      </c>
+      <c r="L18" s="1">
+        <v>44224</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>139</v>
+      </c>
+      <c r="S18" t="b">
+        <v>1</v>
+      </c>
+      <c r="U18" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="V18" t="s">
+        <v>141</v>
+      </c>
+      <c r="W18">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
     <hyperlink ref="U8" r:id="rId7"/>
     <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U10" r:id="rId9"/>
     <hyperlink ref="U11" r:id="rId10"/>
     <hyperlink ref="U12" r:id="rId11"/>
     <hyperlink ref="U13" r:id="rId12"/>
     <hyperlink ref="U14" r:id="rId13"/>
     <hyperlink ref="U15" r:id="rId14"/>
     <hyperlink ref="U16" r:id="rId15"/>
     <hyperlink ref="U17" r:id="rId16"/>
+    <hyperlink ref="U18" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>