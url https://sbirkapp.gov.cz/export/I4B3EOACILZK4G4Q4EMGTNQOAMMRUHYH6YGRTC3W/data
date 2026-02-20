--- v0 (2025-12-09)
+++ v1 (2026-02-20)
@@ -1346,51 +1346,51 @@
       <c r="H11" s="1">
         <v>44412</v>
       </c>
       <c r="I11" s="1">
         <v>44916.66973002124</v>
       </c>
       <c r="J11" t="s">
         <v>97</v>
       </c>
       <c r="K11" t="s">
         <v>83</v>
       </c>
       <c r="L11" s="1">
         <v>44412</v>
       </c>
       <c r="M11" t="s">
         <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>99</v>
       </c>
       <c r="R11" t="s">
         <v>100</v>
       </c>
       <c r="S11" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1">
         <v>46023</v>
       </c>
       <c r="U11" s="2" t="s">
         <v>101</v>
       </c>
       <c r="V11" t="s">
         <v>102</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">