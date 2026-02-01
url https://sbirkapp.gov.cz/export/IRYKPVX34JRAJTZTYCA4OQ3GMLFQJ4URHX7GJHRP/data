--- v0 (2025-11-04)
+++ v1 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="163">
   <si>
     <t>Publikující</t>
   </si>
   <si>
     <t>Publikující ID OVM (IČO)</t>
   </si>
   <si>
     <t>Datová schránka publikujícího</t>
   </si>
   <si>
     <t>Kraj publikujícího</t>
   </si>
   <si>
     <t>Číslo právního předpisu</t>
   </si>
   <si>
     <t>Druh právního předpisu</t>
   </si>
   <si>
     <t>Název právního předpisu</t>
   </si>
   <si>
     <t>Datum vydání</t>
   </si>
   <si>
@@ -93,146 +93,182 @@
   <si>
     <t>Zrušeno k</t>
   </si>
   <si>
     <t>URL záznamu</t>
   </si>
   <si>
     <t>ID zprávy prvotního vkladu</t>
   </si>
   <si>
     <t>Verze</t>
   </si>
   <si>
     <t>OBEC ŠONOV</t>
   </si>
   <si>
     <t>00273112</t>
   </si>
   <si>
     <t>99bapdq</t>
   </si>
   <si>
     <t>Královéhradecký kraj</t>
   </si>
   <si>
+    <t>2/2025</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška o stanovení obecního systému odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>Běžný</t>
+  </si>
+  <si>
+    <t>systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>zákon č. 541/2020 Sb., o odpadech - § 59 odst. 4</t>
+  </si>
+  <si>
+    <t>2/2024: Stanovení obecního systému odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPK7SRP2OXBWHHS</t>
+  </si>
+  <si>
+    <t>1626743580</t>
+  </si>
+  <si>
+    <t>1/2025</t>
+  </si>
+  <si>
+    <t>Obecně závazná vyhláška o místním poplatku za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>místní poplatek za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>3/2023: o místním poplatku za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
+    <t>https://sbirkapp.gov.cz/detail/SPPHJD2QDFSAV6L6</t>
+  </si>
+  <si>
+    <t>1614313473</t>
+  </si>
+  <si>
     <t>3/2024</t>
   </si>
   <si>
     <t>Nařízení</t>
   </si>
   <si>
     <t>kterým se zrušuje nařízení č. 1/2015, o zákazu podomního a pochůzkového prodeje</t>
   </si>
   <si>
     <t>2024-11-26</t>
   </si>
   <si>
-    <t>Běžný</t>
-[...1 lines deleted...]
-  <si>
     <t>zrušovací</t>
   </si>
   <si>
     <t>ústavní zákon č. 1/1993 Sb., Ústava České republiky - čl. 79 odst. 3 - zrušovací nařízení</t>
   </si>
   <si>
     <t>01/2015: 01-2015 Nařízení o zákazu podomního a pochůzkového prodeje</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPJJT4EIFI3LHG2</t>
   </si>
   <si>
     <t>1437135967</t>
   </si>
   <si>
     <t>2/2024</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška</t>
-[...1 lines deleted...]
-  <si>
     <t>Stanovení obecního systému odpadového hospodářství</t>
   </si>
   <si>
     <t>2025-01-01</t>
   </si>
   <si>
-    <t>systém odpadového hospodářství</t>
-[...4 lines deleted...]
-  <si>
     <t>1/2024: Obecně závazná vyhláška o stanovení obecního systému odpadového hospodářství</t>
   </si>
   <si>
+    <t>1/2025: Obecně závazná vyhláška o místním poplatku za obecní systém odpadového hospodářství; 2/2025: Obecně závazná vyhláška o stanovení obecního systému odpadového hospodářství</t>
+  </si>
+  <si>
     <t>https://sbirkapp.gov.cz/detail/SPP5YGLNKCSTFOBM</t>
   </si>
   <si>
     <t>1407201055</t>
   </si>
   <si>
     <t>1/2024</t>
   </si>
   <si>
-    <t>Obecně závazná vyhláška o stanovení obecního systému odpadového hospodářství</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-05-26</t>
   </si>
   <si>
     <t>1/2019: o stanovení systému shromažďování, sběru, přepravy, třídění, využívání  a odstraňování komunálních odpadů na území obce Šonov</t>
   </si>
   <si>
-    <t>2/2024: Stanovení obecního systému odpadového hospodářství</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sbirkapp.gov.cz/detail/SPPQ5YDLFTZI3KDM</t>
   </si>
   <si>
     <t>1357240554</t>
   </si>
   <si>
     <t>3/2023</t>
   </si>
   <si>
     <t>o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>2024-01-01</t>
   </si>
   <si>
-    <t>místní poplatek za obecní systém odpadového hospodářství</t>
-[...4 lines deleted...]
-  <si>
     <t>2/2021: OZV 2-2021 na poplatek za odpady</t>
   </si>
   <si>
+    <t>1/2025: Obecně závazná vyhláška o místním poplatku za obecní systém odpadového hospodářství</t>
+  </si>
+  <si>
     <t>https://sbirkapp.gov.cz/detail/SPPICAHMAIG6L7EQ</t>
   </si>
   <si>
     <t>1260639484</t>
   </si>
   <si>
     <t>2/2023</t>
   </si>
   <si>
     <t>o místním poplatku z pobytu</t>
   </si>
   <si>
     <t>místní poplatek z pobytu</t>
   </si>
   <si>
     <t>zákon č. 565/1990 Sb., o místních poplatcích - § 14 - z pobytu</t>
   </si>
   <si>
     <t>1/2021: OZV 1-2021 poplatek z pobytu</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPBKVAT35UWXK3K</t>
   </si>
   <si>
     <t>1260636320</t>
@@ -301,53 +337,50 @@
     <t>o ochraně a údržbě zeleně na území obce Šonov</t>
   </si>
   <si>
     <t>2012-02-09</t>
   </si>
   <si>
     <t>veřejný pořádek - údržba a ochrana veřejné zeleně</t>
   </si>
   <si>
     <t>zákon č. 128/2000 Sb., o obcích - § 10 písm. c) - údržba a ochrana veřejné zeleně</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPE63Q3XLVWS3WO</t>
   </si>
   <si>
     <t>983791342</t>
   </si>
   <si>
     <t>2/2021</t>
   </si>
   <si>
     <t>OZV 2-2021 na poplatek za odpady</t>
   </si>
   <si>
     <t>2022-01-01</t>
-  </si>
-[...1 lines deleted...]
-    <t>3/2023: o místním poplatku za obecní systém odpadového hospodářství</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPRG6NF7LTX3BLC</t>
   </si>
   <si>
     <t>983789645</t>
   </si>
   <si>
     <t>2/2019</t>
   </si>
   <si>
     <t>OZV 2-2019 o místním poplatku ze psů</t>
   </si>
   <si>
     <t>2020-01-01</t>
   </si>
   <si>
     <t>1/2023: o místním poplatku ze psů</t>
   </si>
   <si>
     <t>https://sbirkapp.gov.cz/detail/SPPAW7BYXJ56JVU4</t>
   </si>
   <si>
     <t>983788858</t>
   </si>
@@ -817,56 +850,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJJT4EIFI3LHG2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP5YGLNKCSTFOBM" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQ5YDLFTZI3KDM" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPICAHMAIG6L7EQ" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPBKVAT35UWXK3K" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIICYDNHLZUKOQ" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPBOYWY73ONWPGM" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPE63Q3XLVWS3WO" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRG6NF7LTX3BLC" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPAW7BYXJ56JVU4" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNITYH6NR6K4HY" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMKQK4424E62I6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3NRKC655VXSHC" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP24VTJ7GP5WLEY" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPAUWKLAZGDAFPE" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOOOQ6NS2MSQNK" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZME2MNB35N4EC" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPK7SRP2OXBWHHS" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPHJD2QDFSAV6L6" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPJJT4EIFI3LHG2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP5YGLNKCSTFOBM" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPQ5YDLFTZI3KDM" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPICAHMAIG6L7EQ" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPBKVAT35UWXK3K" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPIICYDNHLZUKOQ" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPBOYWY73ONWPGM" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPE63Q3XLVWS3WO" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPRG6NF7LTX3BLC" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPAW7BYXJ56JVU4" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPNITYH6NR6K4HY" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPMKQK4424E62I6" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP3NRKC655VXSHC" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPP24VTJ7GP5WLEY" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPAUWKLAZGDAFPE" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPOOOQ6NS2MSQNK" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sbirkapp.gov.cz/detail/SPPZME2MNB35N4EC" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:W19"/>
+  <dimension ref="A1:W21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" customWidth="1"/>
     <col min="4" max="4" width="22.7109375" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" customWidth="1"/>
     <col min="7" max="7" width="70.7109375" customWidth="1"/>
     <col min="8" max="8" width="12.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="12.7109375" customWidth="1"/>
     <col min="11" max="11" width="28.7109375" customWidth="1"/>
     <col min="12" max="12" width="12.7109375" customWidth="1"/>
     <col min="13" max="13" width="70.7109375" customWidth="1"/>
     <col min="14" max="14" width="70.7109375" customWidth="1"/>
     <col min="15" max="15" width="3.7109375" customWidth="1"/>
     <col min="16" max="16" width="70.7109375" customWidth="1"/>
     <col min="17" max="17" width="3.7109375" customWidth="1"/>
@@ -950,1105 +983,1231 @@
       </c>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="1">
-        <v>45601</v>
+        <v>46007</v>
       </c>
       <c r="I2" s="1">
-        <v>45607.44556484911</v>
+        <v>46021.50930863111</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="K2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2" t="s">
         <v>33</v>
       </c>
       <c r="P2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="b">
         <v>1</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="V2" t="s">
         <v>36</v>
       </c>
       <c r="W2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3" t="s">
+        <v>28</v>
+      </c>
+      <c r="G3" t="s">
         <v>38</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" s="1">
+        <v>45993</v>
+      </c>
+      <c r="I3" s="1">
+        <v>45993.66652134926</v>
+      </c>
+      <c r="J3" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
         <v>41</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>42</v>
       </c>
-      <c r="P3" t="s">
+      <c r="S3" t="b">
+        <v>1</v>
+      </c>
+      <c r="U3" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="S3" t="b">
-[...2 lines deleted...]
-      <c r="U3" s="2" t="s">
+      <c r="V3" t="s">
         <v>44</v>
       </c>
-      <c r="V3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" s="1">
-        <v>45418</v>
+        <v>45601</v>
       </c>
       <c r="I4" s="1">
-        <v>45423.57421490729</v>
+        <v>45607.44556484911</v>
       </c>
       <c r="J4" t="s">
         <v>48</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="N4" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S4" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45658</v>
+        <v>1</v>
       </c>
       <c r="U4" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="V4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W4">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H5" s="1">
-        <v>45195</v>
+        <v>45538</v>
       </c>
       <c r="I5" s="1">
-        <v>45225.55909544628</v>
+        <v>45539.33959114208</v>
       </c>
       <c r="J5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="N5" t="s">
+        <v>33</v>
+      </c>
+      <c r="P5" t="s">
         <v>57</v>
       </c>
-      <c r="P5" t="s">
+      <c r="R5" t="s">
         <v>58</v>
       </c>
       <c r="S5" t="b">
-        <v>1</v>
+        <v>0</v>
+      </c>
+      <c r="T5" s="1">
+        <v>46036</v>
       </c>
       <c r="U5" s="2" t="s">
         <v>59</v>
       </c>
       <c r="V5" t="s">
         <v>60</v>
       </c>
       <c r="W5">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>61</v>
       </c>
       <c r="F6" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" s="1">
+        <v>45418</v>
+      </c>
+      <c r="I6" s="1">
+        <v>45423.57421490729</v>
+      </c>
+      <c r="J6" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N6" t="s">
+        <v>33</v>
+      </c>
+      <c r="P6" t="s">
         <v>63</v>
       </c>
-      <c r="N6" t="s">
+      <c r="R6" t="s">
+        <v>34</v>
+      </c>
+      <c r="S6" t="b">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1">
+        <v>45658</v>
+      </c>
+      <c r="U6" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="P6" t="s">
+      <c r="V6" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
       <c r="W6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F7" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="H7" s="1">
         <v>45195</v>
       </c>
       <c r="I7" s="1">
-        <v>45225.55213145505</v>
+        <v>45225.55909544628</v>
       </c>
       <c r="J7" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>31</v>
       </c>
       <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>41</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+      <c r="R7" t="s">
         <v>70</v>
       </c>
-      <c r="N7" t="s">
+      <c r="S7" t="b">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1">
+        <v>46023</v>
+      </c>
+      <c r="U7" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="P7" t="s">
+      <c r="V7" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="W7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8" s="1">
+        <v>45195</v>
+      </c>
+      <c r="I8" s="1">
+        <v>45225.55536818475</v>
+      </c>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>31</v>
+      </c>
+      <c r="M8" t="s">
         <v>75</v>
       </c>
-      <c r="F8" t="s">
+      <c r="N8" t="s">
         <v>76</v>
-      </c>
-[...25 lines deleted...]
-        <v>77</v>
       </c>
       <c r="P8" t="s">
         <v>77</v>
       </c>
-      <c r="Q8" t="s">
-[...12 lines deleted...]
-        <v>77</v>
+      <c r="S8" t="b">
+        <v>1</v>
+      </c>
+      <c r="U8" s="2" t="s">
+        <v>78</v>
       </c>
       <c r="V8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="W8">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H9" s="1">
-        <v>39630</v>
+        <v>45195</v>
       </c>
       <c r="I9" s="1">
-        <v>44565.63825440617</v>
+        <v>45225.55213145505</v>
       </c>
       <c r="J9" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="K9" t="s">
+        <v>31</v>
+      </c>
+      <c r="M9" t="s">
         <v>82</v>
       </c>
-      <c r="L9" s="1">
-[...2 lines deleted...]
-      <c r="M9" t="s">
+      <c r="N9" t="s">
         <v>83</v>
       </c>
-      <c r="N9" t="s">
+      <c r="P9" t="s">
         <v>84</v>
       </c>
       <c r="S9" t="b">
         <v>1</v>
       </c>
       <c r="U9" s="2" t="s">
         <v>85</v>
       </c>
       <c r="V9" t="s">
         <v>86</v>
       </c>
       <c r="W9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>87</v>
       </c>
       <c r="F10" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="G10" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>44565.63456389165</v>
+        <v>89</v>
+      </c>
+      <c r="H10" t="s">
+        <v>89</v>
+      </c>
+      <c r="I10" t="s">
+        <v>89</v>
       </c>
       <c r="J10" t="s">
         <v>89</v>
       </c>
       <c r="K10" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>40933</v>
+        <v>89</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
       </c>
       <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>89</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>89</v>
+      </c>
+      <c r="R10" t="s">
+        <v>89</v>
+      </c>
+      <c r="S10" t="s">
+        <v>89</v>
+      </c>
+      <c r="T10" t="s">
+        <v>89</v>
+      </c>
+      <c r="U10" t="s">
+        <v>89</v>
+      </c>
+      <c r="V10" t="s">
         <v>90</v>
-      </c>
-[...10 lines deleted...]
-        <v>93</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H11" s="1">
+        <v>39630</v>
+      </c>
+      <c r="I11" s="1">
+        <v>44565.63825440617</v>
+      </c>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
         <v>94</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="L11" s="1">
+        <v>39630</v>
+      </c>
+      <c r="M11" t="s">
         <v>95</v>
       </c>
-      <c r="H11" s="1">
-[...5 lines deleted...]
-      <c r="J11" t="s">
+      <c r="N11" t="s">
         <v>96</v>
       </c>
-      <c r="K11" t="s">
-[...11 lines deleted...]
-      <c r="R11" t="s">
+      <c r="S11" t="b">
+        <v>1</v>
+      </c>
+      <c r="U11" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="S11" t="b">
-[...5 lines deleted...]
-      <c r="U11" s="2" t="s">
+      <c r="V11" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F12" t="s">
+        <v>28</v>
+      </c>
+      <c r="G12" t="s">
         <v>100</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" s="1">
+        <v>40933</v>
+      </c>
+      <c r="I12" s="1">
+        <v>44565.63456389165</v>
+      </c>
+      <c r="J12" t="s">
         <v>101</v>
       </c>
-      <c r="H12" s="1">
-[...5 lines deleted...]
-      <c r="J12" t="s">
+      <c r="K12" t="s">
+        <v>94</v>
+      </c>
+      <c r="L12" s="1">
+        <v>40933</v>
+      </c>
+      <c r="M12" t="s">
         <v>102</v>
       </c>
-      <c r="K12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="R12" t="s">
         <v>103</v>
       </c>
       <c r="S12" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45292</v>
+        <v>1</v>
       </c>
       <c r="U12" s="2" t="s">
         <v>104</v>
       </c>
       <c r="V12" t="s">
         <v>105</v>
       </c>
       <c r="W12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>106</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G13" t="s">
         <v>107</v>
       </c>
       <c r="H13" s="1">
-        <v>41968</v>
+        <v>44523</v>
       </c>
       <c r="I13" s="1">
-        <v>44565.62822288492</v>
+        <v>44565.63246317587</v>
       </c>
       <c r="J13" t="s">
         <v>108</v>
       </c>
       <c r="K13" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="L13" s="1">
-        <v>41968</v>
+        <v>44523</v>
       </c>
       <c r="M13" t="s">
+        <v>40</v>
+      </c>
+      <c r="N13" t="s">
+        <v>41</v>
+      </c>
+      <c r="R13" t="s">
+        <v>42</v>
+      </c>
+      <c r="S13" t="b">
+        <v>0</v>
+      </c>
+      <c r="T13" s="1">
+        <v>45292</v>
+      </c>
+      <c r="U13" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="N13" t="s">
+      <c r="V13" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14" s="1">
+        <v>43802</v>
+      </c>
+      <c r="I14" s="1">
+        <v>44565.63034013694</v>
+      </c>
+      <c r="J14" t="s">
         <v>113</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="K14" t="s">
+        <v>94</v>
+      </c>
+      <c r="L14" s="1">
+        <v>43802</v>
+      </c>
+      <c r="M14" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" t="s">
+        <v>83</v>
+      </c>
+      <c r="R14" t="s">
         <v>114</v>
-      </c>
-[...22 lines deleted...]
-        <v>116</v>
       </c>
       <c r="S14" t="b">
         <v>0</v>
       </c>
       <c r="T14" s="1">
         <v>45292</v>
       </c>
       <c r="U14" s="2" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="V14" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="W14">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F15" t="s">
+        <v>28</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15" s="1">
+        <v>41968</v>
+      </c>
+      <c r="I15" s="1">
+        <v>44565.62822288492</v>
+      </c>
+      <c r="J15" t="s">
         <v>119</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="K15" t="s">
+        <v>94</v>
+      </c>
+      <c r="L15" s="1">
+        <v>41968</v>
+      </c>
+      <c r="M15" t="s">
         <v>120</v>
       </c>
-      <c r="H15" s="1">
-[...5 lines deleted...]
-      <c r="J15" t="s">
+      <c r="N15" t="s">
         <v>121</v>
       </c>
-      <c r="K15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="S15" t="b">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>45438</v>
+        <v>1</v>
       </c>
       <c r="U15" s="2" t="s">
         <v>122</v>
       </c>
       <c r="V15" t="s">
         <v>123</v>
       </c>
       <c r="W15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>124</v>
       </c>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G16" t="s">
         <v>125</v>
       </c>
       <c r="H16" s="1">
-        <v>42633</v>
+        <v>44306</v>
       </c>
       <c r="I16" s="1">
-        <v>44565.62240696309</v>
+        <v>44565.62664654961</v>
       </c>
       <c r="J16" t="s">
         <v>126</v>
       </c>
       <c r="K16" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="L16" s="1">
-        <v>42633</v>
+        <v>44306</v>
       </c>
       <c r="M16" t="s">
+        <v>75</v>
+      </c>
+      <c r="N16" t="s">
+        <v>76</v>
+      </c>
+      <c r="R16" t="s">
         <v>127</v>
       </c>
-      <c r="N16" t="s">
+      <c r="S16" t="b">
+        <v>0</v>
+      </c>
+      <c r="T16" s="1">
+        <v>45292</v>
+      </c>
+      <c r="U16" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="S16" t="b">
-[...2 lines deleted...]
-      <c r="U16" s="2" t="s">
+      <c r="V16" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F17" t="s">
         <v>28</v>
       </c>
       <c r="G17" t="s">
+        <v>131</v>
+      </c>
+      <c r="H17" s="1">
+        <v>43515</v>
+      </c>
+      <c r="I17" s="1">
+        <v>44565.62453584449</v>
+      </c>
+      <c r="J17" t="s">
         <v>132</v>
       </c>
-      <c r="H17" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="K17" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="L17" s="1">
-        <v>42052</v>
+        <v>43515</v>
       </c>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>32</v>
       </c>
       <c r="N17" t="s">
-        <v>135</v>
+        <v>33</v>
       </c>
       <c r="R17" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="S17" t="b">
         <v>0</v>
       </c>
       <c r="T17" s="1">
-        <v>45622</v>
+        <v>45438</v>
       </c>
       <c r="U17" s="2" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="V17" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="W17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" t="s">
+        <v>28</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18" s="1">
+        <v>42633</v>
+      </c>
+      <c r="I18" s="1">
+        <v>44565.62240696309</v>
+      </c>
+      <c r="J18" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" t="s">
+        <v>94</v>
+      </c>
+      <c r="L18" s="1">
+        <v>42633</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
         <v>139</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="S18" t="b">
+        <v>1</v>
+      </c>
+      <c r="U18" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="H18" s="1">
-[...5 lines deleted...]
-      <c r="J18" t="s">
+      <c r="V18" t="s">
         <v>141</v>
       </c>
-      <c r="K18" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="W18">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
+        <v>142</v>
+      </c>
+      <c r="F19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G19" t="s">
+        <v>143</v>
+      </c>
+      <c r="H19" s="1">
+        <v>42052</v>
+      </c>
+      <c r="I19" s="1">
+        <v>44565.62029963019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>94</v>
+      </c>
+      <c r="L19" s="1">
+        <v>42052</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
         <v>146</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="R19" t="s">
         <v>147</v>
       </c>
-      <c r="H19" s="1">
+      <c r="S19" t="b">
+        <v>0</v>
+      </c>
+      <c r="T19" s="1">
+        <v>45622</v>
+      </c>
+      <c r="U19" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="V19" t="s">
+        <v>149</v>
+      </c>
+      <c r="W19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" t="s">
+        <v>150</v>
+      </c>
+      <c r="F20" t="s">
+        <v>28</v>
+      </c>
+      <c r="G20" t="s">
+        <v>151</v>
+      </c>
+      <c r="H20" s="1">
+        <v>41765</v>
+      </c>
+      <c r="I20" s="1">
+        <v>44565.61713996223</v>
+      </c>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="K20" t="s">
+        <v>94</v>
+      </c>
+      <c r="L20" s="1">
+        <v>41765</v>
+      </c>
+      <c r="M20" t="s">
+        <v>153</v>
+      </c>
+      <c r="N20" t="s">
+        <v>154</v>
+      </c>
+      <c r="S20" t="b">
+        <v>1</v>
+      </c>
+      <c r="U20" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="V20" t="s">
+        <v>156</v>
+      </c>
+      <c r="W20">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" t="s">
+        <v>157</v>
+      </c>
+      <c r="F21" t="s">
+        <v>28</v>
+      </c>
+      <c r="G21" t="s">
+        <v>158</v>
+      </c>
+      <c r="H21" s="1">
         <v>40933</v>
       </c>
-      <c r="I19" s="1">
+      <c r="I21" s="1">
         <v>44565.60765737831</v>
       </c>
-      <c r="J19" t="s">
-[...5 lines deleted...]
-      <c r="L19" s="1">
+      <c r="J21" t="s">
+        <v>101</v>
+      </c>
+      <c r="K21" t="s">
+        <v>94</v>
+      </c>
+      <c r="L21" s="1">
         <v>40933</v>
       </c>
-      <c r="M19" t="s">
-[...14 lines deleted...]
-      <c r="W19">
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>160</v>
+      </c>
+      <c r="S21" t="b">
+        <v>1</v>
+      </c>
+      <c r="U21" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="V21" t="s">
+        <v>162</v>
+      </c>
+      <c r="W21">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="U2" r:id="rId1"/>
     <hyperlink ref="U3" r:id="rId2"/>
     <hyperlink ref="U4" r:id="rId3"/>
     <hyperlink ref="U5" r:id="rId4"/>
     <hyperlink ref="U6" r:id="rId5"/>
     <hyperlink ref="U7" r:id="rId6"/>
-    <hyperlink ref="U9" r:id="rId7"/>
-    <hyperlink ref="U10" r:id="rId8"/>
+    <hyperlink ref="U8" r:id="rId7"/>
+    <hyperlink ref="U9" r:id="rId8"/>
     <hyperlink ref="U11" r:id="rId9"/>
     <hyperlink ref="U12" r:id="rId10"/>
     <hyperlink ref="U13" r:id="rId11"/>
     <hyperlink ref="U14" r:id="rId12"/>
     <hyperlink ref="U15" r:id="rId13"/>
     <hyperlink ref="U16" r:id="rId14"/>
     <hyperlink ref="U17" r:id="rId15"/>
     <hyperlink ref="U18" r:id="rId16"/>
     <hyperlink ref="U19" r:id="rId17"/>
+    <hyperlink ref="U20" r:id="rId18"/>
+    <hyperlink ref="U21" r:id="rId19"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>