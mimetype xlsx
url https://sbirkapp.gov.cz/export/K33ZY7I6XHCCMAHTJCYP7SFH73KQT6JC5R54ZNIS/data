--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -1841,51 +1841,51 @@
       <c r="H14" s="1">
         <v>45238</v>
       </c>
       <c r="I14" s="1">
         <v>45257.64882306982</v>
       </c>
       <c r="J14" t="s">
         <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>31</v>
       </c>
       <c r="M14" t="s">
         <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>117</v>
       </c>
       <c r="P14" t="s">
         <v>118</v>
       </c>
       <c r="R14" t="s">
         <v>119</v>
       </c>
       <c r="S14" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1">
         <v>46021</v>
       </c>
       <c r="U14" s="2" t="s">
         <v>120</v>
       </c>
       <c r="V14" t="s">
         <v>121</v>
       </c>
       <c r="W14">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">