--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -1005,51 +1005,51 @@
       <c r="F4" t="s">
         <v>28</v>
       </c>
       <c r="G4" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="1">
         <v>45728</v>
       </c>
       <c r="I4" s="1">
         <v>45730.38438980243</v>
       </c>
       <c r="J4" t="s">
         <v>47</v>
       </c>
       <c r="K4" t="s">
         <v>31</v>
       </c>
       <c r="M4" t="s">
         <v>48</v>
       </c>
       <c r="N4" t="s">
         <v>49</v>
       </c>
       <c r="S4" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1">
         <v>46025</v>
       </c>
       <c r="U4" s="2" t="s">
         <v>50</v>
       </c>
       <c r="V4" t="s">
         <v>51</v>
       </c>
       <c r="W4">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
@@ -1120,51 +1120,51 @@
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="1">
         <v>45539</v>
       </c>
       <c r="I6" s="1">
         <v>45541.39349179957</v>
       </c>
       <c r="J6" t="s">
         <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
         <v>40</v>
       </c>
       <c r="N6" t="s">
         <v>41</v>
       </c>
       <c r="R6" t="s">
         <v>61</v>
       </c>
       <c r="S6" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1">
         <v>46023</v>
       </c>
       <c r="U6" s="2" t="s">
         <v>62</v>
       </c>
       <c r="V6" t="s">
         <v>63</v>
       </c>
       <c r="W6">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">