--- v0 (2025-12-30)
+++ v1 (2026-03-04)
@@ -1264,51 +1264,51 @@
       <c r="H9" s="1">
         <v>43796</v>
       </c>
       <c r="I9" s="1">
         <v>44980.41887553838</v>
       </c>
       <c r="J9" t="s">
         <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>69</v>
       </c>
       <c r="L9" s="1">
         <v>43796</v>
       </c>
       <c r="M9" t="s">
         <v>32</v>
       </c>
       <c r="N9" t="s">
         <v>33</v>
       </c>
       <c r="R9" t="s">
         <v>83</v>
       </c>
       <c r="S9" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1">
         <v>46023</v>
       </c>
       <c r="U9" s="2" t="s">
         <v>84</v>
       </c>
       <c r="V9" t="s">
         <v>85</v>
       </c>
       <c r="W9">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
@@ -1326,51 +1326,51 @@
       <c r="H10" s="1">
         <v>43796</v>
       </c>
       <c r="I10" s="1">
         <v>44980.41729342857</v>
       </c>
       <c r="J10" t="s">
         <v>82</v>
       </c>
       <c r="K10" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="1">
         <v>43796</v>
       </c>
       <c r="M10" t="s">
         <v>53</v>
       </c>
       <c r="N10" t="s">
         <v>54</v>
       </c>
       <c r="R10" t="s">
         <v>88</v>
       </c>
       <c r="S10" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1">
         <v>46023</v>
       </c>
       <c r="U10" s="2" t="s">
         <v>89</v>
       </c>
       <c r="V10" t="s">
         <v>90</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
@@ -1388,51 +1388,51 @@
       <c r="H11" s="1">
         <v>43796</v>
       </c>
       <c r="I11" s="1">
         <v>44980.41413792235</v>
       </c>
       <c r="J11" t="s">
         <v>82</v>
       </c>
       <c r="K11" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="1">
         <v>43796</v>
       </c>
       <c r="M11" t="s">
         <v>39</v>
       </c>
       <c r="N11" t="s">
         <v>40</v>
       </c>
       <c r="R11" t="s">
         <v>93</v>
       </c>
       <c r="S11" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1">
         <v>46023</v>
       </c>
       <c r="U11" s="2" t="s">
         <v>94</v>
       </c>
       <c r="V11" t="s">
         <v>95</v>
       </c>
       <c r="W11">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
@@ -1506,51 +1506,51 @@
       <c r="H13" s="1">
         <v>41408</v>
       </c>
       <c r="I13" s="1">
         <v>44980.40044282925</v>
       </c>
       <c r="J13" t="s">
         <v>105</v>
       </c>
       <c r="K13" t="s">
         <v>69</v>
       </c>
       <c r="L13" s="1">
         <v>41408</v>
       </c>
       <c r="M13" t="s">
         <v>46</v>
       </c>
       <c r="N13" t="s">
         <v>47</v>
       </c>
       <c r="R13" t="s">
         <v>106</v>
       </c>
       <c r="S13" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T13" s="1">
         <v>46023</v>
       </c>
       <c r="U13" s="2" t="s">
         <v>107</v>
       </c>
       <c r="V13" t="s">
         <v>108</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">