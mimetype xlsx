--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -1132,51 +1132,51 @@
       <c r="H3" s="1">
         <v>45726</v>
       </c>
       <c r="I3" s="1">
         <v>45730.46105457384</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>32</v>
       </c>
       <c r="N3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
       <c r="R3" t="s">
         <v>40</v>
       </c>
       <c r="S3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T3" s="1">
         <v>46023</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>41</v>
       </c>
       <c r="V3" t="s">
         <v>42</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
@@ -1902,51 +1902,51 @@
       <c r="H16" s="1">
         <v>43815</v>
       </c>
       <c r="I16" s="1">
         <v>45350.67005663903</v>
       </c>
       <c r="J16" t="s">
         <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>86</v>
       </c>
       <c r="L16" s="1">
         <v>43815</v>
       </c>
       <c r="M16" t="s">
         <v>128</v>
       </c>
       <c r="N16" t="s">
         <v>129</v>
       </c>
       <c r="R16" t="s">
         <v>130</v>
       </c>
       <c r="S16" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="T16" s="1">
         <v>46023</v>
       </c>
       <c r="U16" s="2" t="s">
         <v>131</v>
       </c>
       <c r="V16" t="s">
         <v>132</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">